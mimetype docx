--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -66,6233 +66,6233 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (43)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Unveiling G-Protein-Coupled Receptor Conformational Dynamics via Metadynamics Simulations and Markov State Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rita Ann Roessner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 65 (9), pp.4630-4642. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2025.01.21.634062⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extended Sampling of Macromolecular Conformations from Uniformly Distributed Points on Multidimensional Normal Mode Hyperspheres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoniel A S. Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio G S Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo M Bisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 20 (24), pp.10770-10786. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.4c01054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05127915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MDexciteR: Enhanced Sampling Molecular Dynamics by Excited Normal Modes or Principal Components Obtained from Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo R Batista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoniel Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo S Bastos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chemical Theory and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (2), pp.412-425. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jctc.2c00599⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04277555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sodium is a negative allosteric regulator of the ghrelin receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoniel A.S. Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Damian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Bisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42 (4), pp.112320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2023.112320⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04265315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allosteric modulation of ghrelin receptor signaling by lipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Damian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoniel Augusto Severo Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline M’kadmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Denoyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.3938. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-23756-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03852471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concerted conformational dynamics and water movements in the ghrelin G protein-coupled receptor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Casiraghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Damian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio Gs Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, pp.e63201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/elife.63201⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03407524v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allosteric modulation of ghrelin receptor signaling by lipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Damian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoniel Augusto Severo Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline M’kadmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Denoyelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12 (1), pp.3938. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-021-23756-y⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03407522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cryo–electron microscopy structure of the antidiuretic hormone arginine-vasopressin V2 receptor signaling complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Orcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Leyrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josephine Lai Kee Him</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 7 (21), pp.eabg5628. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abg5628⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03240488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure and dynamics of G protein-coupled receptor–bound ghrelin reveal the critical role of the octanoyl chain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliver Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartholomé Delort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Czaplicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 116 (35), pp.17525-17530. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1905105116⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Molecular Dynamics Simulations of the Allosteric Modulation of the Adenosine A2a Receptor by a Mini-G Protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacky Marie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Labesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-41980-x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crystal structure and functional domains of the Mambaquaretin-1, a vasopressin type 2 receptor peptide inhibitor for kidney cysts treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Droctové</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Justyna Ciolek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Lancien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrico Stura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Vera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Toxicon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 149, pp.91-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxicon.2017.12.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03572739v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structure and Dynamics of the Receptor-Bound Ghrelin Lipopeptide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Damian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline M'Kadmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Czaplicki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 114 (3), pp.235a. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/J.BPJ.2017.11.1308⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02405941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GHSR-D2R heteromerization modulates dopamine signaling through an effect on G protein conformation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Damian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline M’kadmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartholomé Delort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 115 (17), pp.4501-4506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1712725115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coarse-Grained Prediction of Peptide Binding to G-Protein Coupled Receptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartholomé Delort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landry Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Raussin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 57 (3), pp.562-571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jcim.6b00503⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Use of Molecular Modeling to Design Selective NTS2 Neurotensin Analogues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberto Fanelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élie Besserer-Offroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bartholomé Delort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Vivancos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 60 (8), pp.3303-3313. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jmedchem.6b01848⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural and Molecular Determinants of Membrane Binding by the HIV-1 Matrix Protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Mercredi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Bucca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Burk Loeliger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christy Gaines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansi Mehta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 428 (8), pp.1637-1655. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2016.03.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322236v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Identification of TAX2 peptide as a new unpredicted anti-cancer agent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albin Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Sick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerôme Devy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Belloy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oncotarget</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.17981-18000. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18632/oncotarget.4025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01280451v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conformational Equilibrium of CDK/Cyclin Complexes by Molecular Dynamics with Excited Normal Modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauricio g.S. Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo r. Batista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo m. Bisch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 109 (6), pp.1179-1189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2015.07.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coarse-Grained Simulations of the HIV-1 Matrix Protein Anchoring: Revisiting Its Assembly on Membrane Domains.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landry Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Chaloin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Fuchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biophysical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 106 (3), pp.577-585. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bpj.2013.12.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01105330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interaction between the elastin peptide VGVAPG and human elastin binding protein.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Blanchevoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Scandolera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 288 (2), pp.1317-1328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M112.419929⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01109325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interaction between the Elastin Peptide VGVAPG and Human Elastin Binding Protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Blanchevoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Scandolera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Baud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Maurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 288 (2), pp.1317-1328. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1074/jbc.M112.419929⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02347668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Design of thrombospondin-binding peptides exhibiting strong anti- angiogenesis and anti-tumor properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sick</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schneider</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Devy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FEBS Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 280 (S1), pp.307-307. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/febs.12340⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03574560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Conformational restriction of G-proteins Coupled Receptors (GPCRs) upon complexation to G-proteins: A putative activation mode of GPCRs?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esra Karakas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Perahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 587 (16), pp.2656-2661. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.febslet.2013.06.052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01107226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GDP release preferentially occurs on the phosphate side in heterotrimeric G-proteins.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Computational Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8 (7), pp.e1002595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pcbi.1002595⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01109342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dissociation of Membrane-Anchored Heterotrimeric G-Protein Induced by Gα Subunit Binding to GTP.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Landry Charlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 52 (11), pp.3022-3027. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ci3003717⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01109335v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chemical optimization of new ligands of the low-density lipoprotein receptor as potential vectors for central nervous system targeting.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Malcor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Payrot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Faucon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karima Abouzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 55 (5), pp.2227-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/jm2014919⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00839126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligands and signaling proteins govern the conformational landscape explored by a G protein-coupled receptor.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Mary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Damian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Alain Fehrentz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 109 (21), pp.8304-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.1119881109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00713574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Concerted Mechanism for Opening the GDP Binding Pocket and Release of the Nucleotide in Hetero-Trimeric G-Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Louet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Perahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 411, pp.296-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2011.05.034⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00771168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L-Arginine Binding to Human Inducible Nitric Oxide Synthase: An Antisymmetric Funnel Route toward Isoform-Specific Inhibitors?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 51, pp.1325-1335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ci100422v⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00770855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Activation of the Ghrelin Receptor is Described by a Privileged Collective Motion: A Model for Constitutive and Agonist-induced Activation of a Sub-class A G-Protein Coupled Receptor (GPCR)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mikadmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Perahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Berge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 395 (4), pp.769-784. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2009.09.051⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00485751v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The YSNSG cyclopeptide derived from tumstatin inhibits tumor angiogenesis by down-regulating endothelial cell migration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Thévenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ramont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Brassart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Dupont-Deshorgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 126 (5), pp.1055-1066</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00771934v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Involvement of tryptophan W276 and of two surrounding amino acid residues in the high constitutive activity of the ghrelin receptor GHS-R1a</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Goze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilbert Berge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine M\'Kadmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Gagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Pharmacology Molecular Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 643 (2-3), pp.153-161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejphar.2010.06.018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00583009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The YSNSG cyclopeptide derived from tumstatin inhibits tumor angiogenesis by down-regulating endothelial cell migration.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Thevenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ramont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Devy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Brassart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Dupont-Deshorgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Cancer Supplement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 126 (5), pp.1055-1066. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ijc.24688⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01109849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The role of aspartyl-rich pentapeptides in comparative complexation of actinide(IV) and iron(III). Part 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Jeanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Berthon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Coantic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe den Auwer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 33 (5), pp.976-985. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/B813523A⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00583012v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Collective motions in glucosamine-6-phosphate synthase: influence of ligand binding and role in ammonia channelling and opening of the fructose-6-phosphate binding site.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Maigret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Badet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Ange Badet-Denisot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 385 (2), pp.653-664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmb.2008.10.032⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00365799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expanding the borononucleotide family: synthesis of borono-analogues of dCMP, dGMP and dAMP.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony R. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kishor Mohanan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Luvino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Baraguey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organic &amp; Biomolecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 7 (21), pp.4369-4377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b912616c⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01109915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The spirocyclopropyl moiety as a methyl surrogate in the structure of L-fucosidase and L-rhamnosidase inhibitors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morwenna Pearson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Bello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Vogel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Plantier-Royon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 17 (23), pp.8020-8026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bmc.2009.10.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00439568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Human thrombospondin’s (TSP-1) C-terminal domain opens to interact with the CD-47 receptor: A molecular modeling study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Dedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Martiny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Dauchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Perahia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives of Biochemistry and Biophysics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 478 (1), pp.103-109. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.abb.2008.07.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01109933v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discovery new inhibitors of bacterial glucosamine-6P synthase (GlmS) by docking simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Richez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Maigret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Badet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioorganic and Medicinal Chemistry Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 17 (7), pp.1966-1970. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bmcl.2007.01.052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00146254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ammonia channeling in bacterial glucosamine-6-phosphate synthase (Glms): Molecular dynamics simulations and kinetic studies of protein mutants.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Mouilleron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rasha Daher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Maigret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Badet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 581 (16), pp.2981-7. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.febslet.2007.05.068⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00161331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expression and purification of active human internal His6-tagged l-glutamine: d-Fructose-6P amidotransferase I</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Richez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joachim Boetzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kinnera Koteshwar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Stevens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Protein Expression and Purification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 54 (1), pp.45-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pep.2007.01.015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02144676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structural and antitumor properties of the YSNSG cyclopeptide derived from Tumstatin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Thévenard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Ramont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Prost</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Nuzillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chemistry and Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 13, pp.1307-1315</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00134047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elastin as a matrikine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Duca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Floquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain J.P Alix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Haye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Debelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critical Reviews in Oncology/Hematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 49 (3), pp.235-244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.critrevonc.2003.09.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02330586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An intricate link between membrane lipids and GPCR signaling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damian Marjorie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michela Di Michele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Henri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Berto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Louet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Symposium on GPCR Conformational Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Daniel Huster, Université de Leipzig, Jan 2025, Leipzig (DE), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04921963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure and dynamics of GPCR-bound ghrelin reveal the critical role of the octanoyl chain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Ferré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Louet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliver Saurel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bartholomé Delort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Czaplicki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Joint 12th EBSA congress and 10th ICBP – IUPAP Biophysics congress (EBSA-IUBAP 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Biophysical Societies' Association (EBSA); International Union for Pure and Applied Biophysics (IUPAB); Sociedad de Biofísica de España, Jul 2019, Madrid, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04847921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elastin in silico.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain J.P. Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigida Bochicchio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dauchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Debelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Derreumaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Second European Symposium ELASTIN 2002</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2002, Acquafredda di Maratea, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02333204v1</w:t>
-              </w:r>
-[...5795 lines deleted...]
-                <w:t xml:space="preserve">hal-02330586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6310,103 +6310,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lipids modulate the dynamics of gpcr:β-arrestin interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoniel Gomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michela Di Michele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rita Ann Roessner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Damian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paulo M Bisch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -6432,77 +6432,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure of the antidiuretic hormone vasopressin receptor signalling complex.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Orcel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Floquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Leyrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6582,90 +6582,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nos récepteurs déroulent leur mécanique !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Louet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Landry Charlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Floquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, pp.380:26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6715,103 +6715,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure-function relationships of elastin-derived peptides: determination of a structural motif involved in the peptides-receptor(s) interactions.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Floquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Duca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Héry-Hyunh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gauthier Moroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Dauchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elastin 2002</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003</w:t>
@@ -7009,51 +7009,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921963v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Marjorie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Di Michele" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Henri" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Berto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Louet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847921v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Saurel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartholom&#233; Delort" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Czaplicki" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02333204v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain J.P. Alix" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigida Bochicchio" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dauchez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debelle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Derreumaux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922565v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Ann Roessner" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.01.21.634062" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127915v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoniel A S. Gomes" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio G S Costa" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo M Bisch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c01054" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265315v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoniel A.S. Gomes" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Damian" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Bisch" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2023.112320" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277555v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Costa" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo R Batista" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoniel Gomes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo S Bastos" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.2c00599" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407524v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Casiraghi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Gs Costa" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Renault" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.63201" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852471v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoniel Augusto Severo Gomes" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line M&#8217;kadmi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Denoyelle" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-23756-y" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407522v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240488v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bous" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Orcel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Leyrat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Lai Kee Him" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg5628" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322092v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1905105116" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322127v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Marie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Labesse" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41980-x" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322168v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pons" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1712725115" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405941v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line M'Kadmi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Saurel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.BPJ.2017.11.1308" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03572739v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Droctov&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Ciolek" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lancien" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Stura" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vera" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2017.12.021" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QDP749FC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322212v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Charlier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Raussin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.6b00503" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322191v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Fanelli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Besserer-Offroy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vivancos" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.6b01848" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322236v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mercredi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bucca" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burk Loeliger" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christy Gaines" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansi Mehta" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2016.03.005" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322259v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio&#160;g.S. Costa" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo&#160;r. Batista" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo&#160;m. Bisch" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2015.07.003" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280451v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Jeanne" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sick" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Devy" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Belloy" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.4025" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105330v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaloin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fuchs" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2013.12.019" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109325v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Blanchevoye" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Scandolera" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maurice" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.419929" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347668v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03574560v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jeanne" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sick" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schneider" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Devy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.12340" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107226v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esra Karakas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Perret" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perahia" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2013.06.052" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109342v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002595" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839126v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Malcor" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Payrot" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion David" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Faucon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Abouzid" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm2014919" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109335v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ci3003717" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713574v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mary" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alain Fehrentz" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1119881109" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770855v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hernandez" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boucher" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ci100422v" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771168v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2011.05.034" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D7PXMDR8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485751v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mikadmi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perahia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gagne" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Berge" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2009.09.051" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-95NDX085-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771934v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Th&#233;venard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ramont" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Brassart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dupont-Deshorgue" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583009v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goze" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine M\'Kadmi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2010.06.018" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVFV404X-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109849v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Thevenard" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Devy" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.24688" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583012v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jeanson" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coantic" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B813523A" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6VLVJSBN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365799v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Durand" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Maigret" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Badet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Badet-Denisot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2008.10.032" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GWTH1W6X-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109915v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony R. Martin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kishor Mohanan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Luvino" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Baraguey" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b912616c" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-D591J8PP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439568v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morwenna Pearson" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bello" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vogel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Plantier-Royon" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2009.10.010" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109933v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dedieu" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martiny" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abb.2008.07.015" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRGCXJ1M-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146254v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Durand" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Badet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2007.01.052" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XQ91CVJH-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161331v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mouilleron" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Daher" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2007.05.068" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BN92TJDN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144676v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Richez" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Boetzel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinnera Koteshwar" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Stevens" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pep.2007.01.015" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-20L39SXK-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134047v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Prost" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Nuzillard" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02330586v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duca" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain J.P Alix" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Haye" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.critrevonc.2003.09.007" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VCJSX60S-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790648v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088027v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Leyrat" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Lai-Kee-Him" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105310v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02333101v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie H&#233;ry-Hyunh" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Moroy" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922565v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Ann Roessner" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Floquet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Louet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.01.21.634062" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05127915v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoniel A S. Gomes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio G S Costa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo M Bisch" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.4c01054" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277555v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Costa" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo R Batista" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoniel Gomes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo S Bastos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jctc.2c00599" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265315v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoniel A.S. Gomes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Damian" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Bisch" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2023.112320" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03852471v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoniel Augusto Severo Gomes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line M&#8217;kadmi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Denoyelle" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-23756-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407524v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Casiraghi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Gs Costa" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Renault" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.63201" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407522v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240488v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bous" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Orcel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Leyrat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Lai Kee Him" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abg5628" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322092v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Saurel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bartholom&#233; Delort" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Czaplicki" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1905105116" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322127v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Marie" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Labesse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-41980-x" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03572739v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Droctov&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justyna Ciolek" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lancien" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Stura" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Vera" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxicon.2017.12.021" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QDP749FC-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405941v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line M'Kadmi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Saurel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.BPJ.2017.11.1308" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322168v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pons" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1712725115" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322212v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Charlier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Raussin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martinez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.6b00503" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322191v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Fanelli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lie Besserer-Offroy" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Vivancos" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jmedchem.6b01848" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322236v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Mercredi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Bucca" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Burk Loeliger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christy Gaines" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansi Mehta" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2016.03.005" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01280451v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albin Jeanne" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sick" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jer&#244;me Devy" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Belloy" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.4025" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322259v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio&#160;g.S. Costa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo&#160;r. Batista" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo&#160;m. Bisch" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2015.07.003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105330v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaloin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fuchs" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2013.12.019" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109325v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Blanchevoye" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Scandolera" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Baud" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Maurice" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M112.419929" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02347668v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03574560v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jeanne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sick" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schneider" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Devy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/febs.12340" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01107226v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esra Karakas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Perret" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Perahia" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2013.06.052" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109342v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1002595" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109335v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ci3003717" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00839126v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Malcor" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Payrot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion David" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Faucon" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Abouzid" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jm2014919" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00713574v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Mary" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Alain Fehrentz" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1119881109" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771168v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2011.05.034" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D7PXMDR8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770855v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Hernandez" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Boucher" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ci100422v" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485751v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mikadmi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perahia" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gagne" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilbert Berge" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2009.09.051" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-95NDX085-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771934v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Th&#233;venard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ramont" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Brassart" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Dupont-Deshorgue" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583009v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goze" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine M\'Kadmi" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2010.06.018" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BVFV404X-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109849v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Thevenard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Devy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijc.24688" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00583012v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jeanson" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Berthon" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Coantic" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/B813523A" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-6VLVJSBN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00365799v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Durand" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Maigret" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Badet" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Badet-Denisot" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmb.2008.10.032" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GWTH1W6X-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109915v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony R. Martin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kishor Mohanan" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Luvino" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Baraguey" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b912616c" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-D591J8PP-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439568v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morwenna Pearson" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bello" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Vogel" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Plantier-Royon" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2009.10.010" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01109933v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dedieu" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Martiny" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Dauchez" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abb.2008.07.015" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WRGCXJ1M-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00146254v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richez" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Durand" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Badet" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmcl.2007.01.052" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XQ91CVJH-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161331v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mouilleron" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Daher" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2007.05.068" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BN92TJDN-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02144676v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Richez" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Boetzel" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kinnera Koteshwar" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Stevens" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pep.2007.01.015" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-20L39SXK-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134047v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Prost" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Nuzillard" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02330586v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Duca" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain J.P Alix" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Haye" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debelle" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.critrevonc.2003.09.007" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VCJSX60S-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921963v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Marjorie" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Di Michele" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Henri" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Berto" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847921v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02333204v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain J.P. Alix" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigida Bochicchio" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Derreumaux" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790648v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03088027v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Leyrat" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Lai-Kee-Him" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01105310v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-02333101v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie H&#233;ry-Hyunh" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Moroy" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>