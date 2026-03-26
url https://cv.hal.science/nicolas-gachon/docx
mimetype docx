--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1715,165 +1715,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04524098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Politique et mémoire : du trauma au concept de justice réparatrice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gachon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les vendredis de l'IRIEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IRIEC, Dec 2022, Montpellier, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03861285v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Bernie Sanders's Democratic Socialism: Holding Utopia Accountable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gachon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaires du laboratoire EMMA (EA 741)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03581644v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03861285v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mouvements sociaux et espace public : le cas &amp;quot;Black Lives Matter</w:t>
               </w:r>
@@ -3482,178 +3482,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03429483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lawrence Aje</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Traces and Memories of Slavery in the Atlantic World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.1-12, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02819964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le complexe fédéral de la présidence de Barack Obama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gachon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La présidence de Barack Obama (2009-2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ellipses, pp.26-36, 2019, 9782340034846</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02819871v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-02819964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
@@ -4236,151 +4236,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02820093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Review of The New Deal, by Fiona Venn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gachon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1999, pp.14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02820109v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Review of Political Scandals in the USA, by Robert Williams</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gachon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1999, pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02820147v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-02820109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Review of The Triumph of Ethnic Progressivism: Urban Political Culture in Boston, 1900-1925, by James J. Connolly</w:t>
               </w:r>
@@ -4710,51 +4710,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="02F64E07"/>
+    <w:nsid w:val="D1009857"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4941,51 +4941,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-gachon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7836-2699" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059208937" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663048v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gachon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lefebvre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Michlin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435119v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.169.0009" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02843392v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944764v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02843425v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02817794v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15665/rde.v11i1.157" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02817658v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818078v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18848/1835-2030/CGP/v04i01/56726" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02817874v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ass.v7n6p29" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818495v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18848/1447-9524/CGP/v10i05/49975" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02817946v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18848/1835-2030/CGP/v02i03/56581" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819914v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02843504v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02343073v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876215v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077784v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820042v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077785v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507788v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524098v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581644v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861285v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547976v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240372v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374958v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371943v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073523v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958261v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819406v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819441v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819298v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071402v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819563v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071403v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792281v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180179v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429457v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Aje" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dessens" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Stefani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818018v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429316807" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818825v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818287v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818986v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diffusiontheses.fr/31166-these-de-gachon-nicolas.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429498v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429483v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819871v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819964v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819987v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02817569v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.4350" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273157v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400757v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819068v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077241v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820066v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820093v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820147v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820109v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820130v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876254v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319006v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-gachon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7836-2699" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/059208937" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03663048v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gachon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lefebvre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Michlin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03435119v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfea.169.0009" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02843392v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01944764v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02843425v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02817794v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15665/rde.v11i1.157" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02817658v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818078v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18848/1835-2030/CGP/v04i01/56726" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02817874v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5539/ass.v7n6p29" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818495v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18848/1447-9524/CGP/v10i05/49975" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02817946v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18848/1835-2030/CGP/v02i03/56581" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819914v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02843504v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-02343073v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876215v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077784v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820042v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077785v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04507788v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524098v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03861285v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581644v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03547976v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240372v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374958v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371943v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073523v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958261v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819406v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819441v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819298v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071402v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819563v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071403v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03792281v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03180179v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429457v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence Aje" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dessens" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Stefani" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818018v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9780429316807" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818825v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818287v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02818986v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.diffusiontheses.fr/31166-these-de-gachon-nicolas.html" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429498v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429483v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819964v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819871v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819987v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02817569v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufr.4350" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03273157v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400757v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02819068v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077241v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820066v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820093v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820109v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820147v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02820130v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876254v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04319006v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>