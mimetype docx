--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (8)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,955 +234,1089 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05467822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increasing the robustness of electrodynamic WPT systems with hybrid electromechanical transduction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultimate power bound of electrodynamic wireless power transfer devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">David Gibus</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Recoquillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-665X/ad1baa⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1045389X261427835⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04469280v1</w:t>
+                <w:t xml:space="preserve">hal-05561670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new approach to design electromagnetic transducers for wideband electrically-tuned vibration energy harvesting</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexis Brenes</w:t>
+                <w:t xml:space="preserve">Increasing the robustness of electrodynamic WPT systems with hybrid electromechanical transduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Ameye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Decroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Freychet</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1045389X221135017⟩</w:t>
+              <w:t xml:space="preserve">Smart Materials and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (2), pp.025002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-665X/ad1baa⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04281826v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04469280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-linear losses study in strongly coupled piezoelectric device for broadband energy harvesting</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Adrien Morel</w:t>
+                <w:t xml:space="preserve">A new approach to design electromagnetic transducers for wideband electrically-tuned vibration energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gallien Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Brenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Freychet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.108370⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 34 (11), pp.1314-1329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1045389X221135017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03335253v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04281826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new approach to design electromagnetic transducers for wideband electrically-tuned vibration energy harvesting</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Alexis Brenes</w:t>
+                <w:t xml:space="preserve">Non-linear losses study in strongly coupled piezoelectric device for broadband energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Badel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1045389X221135⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 165, pp.108370. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2021.108370⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04178136v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03335253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miniature electrodynamic wireless power transmission receiver using a micromachined silicon suspension</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Joseph Samman</w:t>
+                <w:t xml:space="preserve">A new approach to design electromagnetic transducers for wideband electrically-tuned vibration energy harvesting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gallien Delattre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Vigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Brenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Freychet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Microelectromechanical Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JMEMS.2020.3045350⟩</w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Material Systems and Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (11), pp.1314-1329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1045389X221135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04822389v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04178136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ, real time monitoring of surface transformation : ellipsometric microscopy imaging of electrografting at microstructured gold surfaces</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jian Shi</w:t>
+                <w:t xml:space="preserve">Miniature electrodynamic wireless power transmission receiver using a micromachined silicon suspension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miah Halim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Rendon-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Spencer Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Samman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ac3034085⟩</w:t>
+              <w:t xml:space="preserve">Journal of Microelectromechanical Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30, pp.144-155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JMEMS.2020.3045350⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00797107v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04822389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">In situ, real time monitoring of surface transformation : ellipsometric microscopy imaging of electrografting at microstructured gold surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Munteanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Roger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jian Shi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 85 (4), pp.1965-1971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ac3034085⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00797107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Multiple wavelengths reflectance microscopy to study the multi-physical behavior of MEMS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Fedala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Kanoufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Teissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 36 (4), pp.594-596. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OL.36.000594⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00567440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1192,185 +1326,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active Knee-Implant Supplied by Acoustic Waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Freychet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Tacyniak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Coupet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Wireless Power Technology Conference and Expo (WPTCE 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Rome, Italy. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/WPTCE62521.2025.11062184⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05165958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-orbit jump for electrodynamic wireless power transfer systems with non-linear dynamics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1379,1765 +1513,1765 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Morel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">JNRSE 2025 - Journées nationales de la récupération et du stockage de l’énergie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SYMME USMB, Jun 2025, Annecy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05111735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetoelectric energy harvester and its power management circuit to regulate indoor air quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramzy Rammouz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Araouzos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SSI 2024 - 2024 Smart Systems Integration Conference and Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Hambourg, Germany. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SSI63222.2024.10740512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04815428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Analysis and Design of Class-E Inductive and Capacitive Power Transfer Systems for Non-Mating Connectors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathis Côte</w:t>
+                <w:t xml:space="preserve">Wireless electrodynamic power transfer: modeling and discussion of a dual-mode receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Ameye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Recoquillé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">François Frassati</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/WPTCE59894.2024.10557288⟩</w:t>
+              <w:t xml:space="preserve">PowerMEMS 2024 - IEEE 23rd International Conference on Micro and Miniature Power Systems, Self-Powered Sensors and Energy Autonomous Devices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Tonsberg, Norway. pp.2-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS63147.2024.10814423⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04756431v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04867097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wireless electrodynamic power transfer: modeling and discussion of a dual-mode receiver</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Rémi Recoquillé</w:t>
+                <w:t xml:space="preserve">Comparative Analysis and Design of Class-E Inductive and Capacitive Power Transfer Systems for Non-Mating Connectors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathis Côte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Sterna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Périchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PowerMEMS 2024 - IEEE 23rd International Conference on Micro and Miniature Power Systems, Self-Powered Sensors and Energy Autonomous Devices</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PowerMEMS63147.2024.10814423⟩</w:t>
+              <w:t xml:space="preserve">2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Kyoto, Japan. pp.45-49, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WPTCE59894.2024.10557288⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04867097v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04756431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power limits of electrodynamic wireless power transfer using piezoelectric materials</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Michael Dosol</w:t>
+                <w:t xml:space="preserve">A low power and efficient microcontroller-based extraction circuit for HVAC applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gallardo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovic Charleux</w:t>
+                <w:t xml:space="preserve">Rammouz Ramzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Araouzos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">X ECCOMAS Thematic Conference on Smart Structures and Materials SMART 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Patras, Greece</w:t>
+              <w:t xml:space="preserve">JNRSE 2023 - Journées Nationales sur la Récupération et le Stockage de l’Energie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04139950v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04225959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ENABLING IOT WIRELESS DISTANT CHARGING: 7.9-mW INTEGRATED POWER RECEIVER AT 30 CM</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">GaN class E Wireless Power Transfer system: a new design method relying on the advanced modeling of parasitic elements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Alessandri</w:t>
+                <w:t xml:space="preserve">Nathis Cote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Sterna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Boisseau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+                <w:t xml:space="preserve">Pierre Perichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 21st International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Salt Lake City (US), France. pp.311-312, </w:t>
+              <w:t xml:space="preserve">powerMEMS - 2023 IEEE 22nd International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Abu Dhabi, Saudi Arabia. pp.30-32, </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/PowerMEMS56853.2022.10007586⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS59329.2023.10417504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03953842v1</w:t>
+                <w:t xml:space="preserve">cea-04592850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrasonic sensor for pipe joint make-up assessment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Power limits of electrodynamic wireless power transfer using piezoelectric materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gibus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esteban Cabanillas</w:t>
+                <w:t xml:space="preserve">Guillaume de Sainte Maresville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Marianne</w:t>
+                <w:t xml:space="preserve">Michael Dosol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ghislain Despesse</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Yves Burlet</w:t>
+                <w:t xml:space="preserve">Ludovic Charleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE SENSORS 2023 - The 22nd IEEE Conference on Sensors</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">X ECCOMAS Thematic Conference on Smart Structures and Materials SMART 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Patras, Greece</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-04448259v1</w:t>
+                <w:t xml:space="preserve">hal-04139950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a class E Wireless Power Transfer system</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">François Frassati</w:t>
+                <w:t xml:space="preserve">ENABLING IOT WIRELESS DISTANT CHARGING: 7.9-mW INTEGRATED POWER RECEIVER AT 30 CM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Ameye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Decroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRSE 2023 - Journées Nationales sur la Récupération et le Stockage de l’Energie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 21st International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Salt Lake City (US), France. pp.311-312, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS56853.2022.10007586⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04209584v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03953842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">0.83-cm3 240-mW electrodynamic wireless power receiver</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Alessandri</w:t>
+                <w:t xml:space="preserve">Ultrasonic sensor for pipe joint make-up assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esteban Cabanillas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Boisseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre Gasnier</w:t>
+                <w:t xml:space="preserve">Julien Marianne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghislain Despesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Burlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRSE 2023 (Journées Nationales sur la Récupération et le Stockage de l’Energie)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE SENSORS 2023 - The 22nd IEEE Conference on Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Vienne, Australia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SENSORS56945.2023.10325132⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04174279v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04448259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GaN class E Wireless Power Transfer system: a new design method relying on the advanced modeling of parasitic elements</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">Design of a class E Wireless Power Transfer system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathis Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Sterna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Perichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">powerMEMS - 2023 IEEE 22nd International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JNRSE 2023 - Journées Nationales sur la Récupération et le Stockage de l’Energie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04592850v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A low power and efficient microcontroller-based extraction circuit for HVAC applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">0.83-cm3 240-mW electrodynamic wireless power receiver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Ameye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Recoquillé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Louis Araouzos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JNRSE 2023 - Journées Nationales sur la Récupération et le Stockage de l’Energie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">JNRSE 2023 (Journées Nationales sur la Récupération et le Stockage de l’Energie)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LIP6; C2N, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04225959v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04174279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wireless Power Charging and Motion Control of a Magnetic Robot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh-Tuan Vo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 IEEE Wireless Power Transfer Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.675-679, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9853879⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04177355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and optimization of a self-resonant impedance matched coil for Wireless Power Transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathis Cote</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léo Sterna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Perichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WPW 2022 - IEEE Wireless Power Transfer Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.48-53, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9853945⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-03881953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Increasing the robustness of electrodynamic wireless power receivers with hybrid transduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Decroix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 IEEE Wireless Power Week Conference (WPW 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Bordeaux, France. pp.146-150, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/WPW54272.2022.9853971⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highly coupled hybrid transduction for lowfrequency electrodynamic wireless power transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3146,128 +3280,128 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Gibus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Exeter, United Kingdom. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658332⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid piezoelectric and electromagnetic receiver for low frequency electrodynamic wireless transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3276,1194 +3410,1194 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage (JNRSE) 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03760251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of a Magnetodynamic Receiver for Versatile Low-Frequency Wireless Power Transfer</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">A Versatile Through-Metal-Wall Acoustic Power and Data Transfer Solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Freychet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Frassati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Josselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Krakow, Poland. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.71805306097⟩</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.92321100357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04921330v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04924112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Versatile Through-Metal-Wall Acoustic Power and Data Transfer Solution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimization of a Magnetodynamic Receiver for Versatile Low-Frequency Wireless Power Transfer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Garraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Alessandri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">O. Freychet</w:t>
+                <w:t xml:space="preserve">P. Gasnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boisseau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Krakow, Poland. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.92321100357⟩</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.71805306097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-04924112v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-04921330v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and Characterization of a High-Efficiency, Cm-Scale and Low Velocity Airflow-Driven Harvester for Autonomous Wireless Sensor Nodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Alessandri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Fayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Pauliac-Vaujour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 19th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Krakow, Poland. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS49317.2019.41031600279⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04921472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface mechanics and full-field measurements for micromechanical sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Fedala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Flammier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Amiot</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">N. Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Kanoufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IUTAM Symposium on Full-Field Measurements and Identification in Solid Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00659740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surface mechanics and full-field measurements for micromechanical sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Fedala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Flammier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Amiot</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">N. Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Kanoufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Workshop on Nanomechanical Cantilever Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Banff, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00659728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous measurement of kinematic and complementary fields for MEMS structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Teissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hild</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XI International Conference and Exposition on Experimental and Applied Mechanics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Orlando, Floride, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00441940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of adsorption-induced mechanical loading on microcantilevers using full-field measurements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International Conference on Experimental Mechanics (ICEM 13)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Alexandroupolis, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00331625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure simultanée de champs cinématiques et de chargement pour l'identification du couplage électroélastique à l'échelle micrométrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Roger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Teissier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Kanoufi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CFM 2007 - 18ème Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, Grenoble, France. 6 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00331633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesure de champs de déplacement d'une micro-poutre soumise à l'adsorption de molécules - identification de paramètres mécaniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Hild</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Roger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque National Mecamat / Ecole de Mécanique des Matériaux "Approches multiéchelles en mécanique des matériaux"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, Aussois, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00019271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4473,91 +4607,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intermediate layer to improve the performances and the frequency control of acoustic power transfer systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Freychet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4566,132 +4700,132 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 IEEE 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications (PowerMEMS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, online, China. 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658366⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04176908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Piezoelectric stack to increase the transmitted power of acoustic power transfer through metal walls</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Freychet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Boisseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Frassati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4700,92 +4834,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">powerMEMS - The 20th International Conference on Micro and Nanotechnology for Power Generation and Energy Conversion Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Online, China. , 2021, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerMEMS54003.2021.9658389⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04277644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid piezoelectric and electromagnetic receiver for low frequency electrodynamic wireless transmission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Ameye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4794,98 +4928,98 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Garraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gasnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Badel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th National Days on Energy Harvesting and Storage (JNRSE) 2021, Grenoble, June 2nd</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Visio, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04185822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId128"/>
+      <w:footerReference w:type="default" r:id="rId130"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5032,51 +5166,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467822v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Ameye" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Recoquill&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garraud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2026.101553" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469280v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decroix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gibus" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad1baa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281826v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallien Delattre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vigne" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brenes" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Freychet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X221135017" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335253v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Badel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.108370" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04178136v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Vigne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X221135" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04822389v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miah Halim" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Rendon-Hernandez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer Smith" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Samman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JMEMS.2020.3045350" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797107v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Munteanu" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Garraud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Roger" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Amiot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Shi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac3034085" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567440v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fedala" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kanoufi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Teissier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.36.000594" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165958v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tacyniak" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Coupet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Frassati" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPTCE62521.2025.11062184" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111735v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04815428v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gallardo" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Rammouz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Araouzos" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSI63222.2024.10740512" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04756431v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathis C&#244;te" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Sterna" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;richon" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPTCE59894.2024.10557288" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867097v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814423" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139950v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume de Sainte Maresville" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dosol" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charleux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953842v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Alessandri" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boisseau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007586" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04448259v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Cabanillas" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marianne" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Despesse" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Burlet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS56945.2023.10325132" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209584v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathis Cote" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Perichon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04174279v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Boisseau" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04592850v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS59329.2023.10417504" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04225959v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rammouz Ramzy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04177355v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tuan Vo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853879" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03881953v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853945" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760301v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853971" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760291v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658332" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760251v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04921330v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alessandri" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gasnier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arnold" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boisseau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.71805306097" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04924112v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Freychet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frassati" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Josselin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.92321100357" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04921472v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fayer" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pauliac-Vaujour" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.41031600279" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659740v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Flammier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659728v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441940v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hild" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331625v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331633v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019271v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04176908v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658366" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04277644v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658389" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04185822v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05467822v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Ameye" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Recoquill&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Garraud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gasnier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecmx.2026.101553" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561670v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X261427835" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04469280v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decroix" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gibus" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-665X/ad1baa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281826v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gallien Delattre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Vigne" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Brenes" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Freychet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X221135017" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03335253v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Badel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2021.108370" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04178136v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Vigne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1045389X221135" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04822389v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miah Halim" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Rendon-Hernandez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Spencer Smith" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Samman" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JMEMS.2020.3045350" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00797107v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Munteanu" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Garraud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Roger" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Amiot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Shi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac3034085" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00567440v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Fedala" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kanoufi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Teissier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.36.000594" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165958v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Tacyniak" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Coupet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Frassati" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPTCE62521.2025.11062184" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05111735v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04815428v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gallardo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Rammouz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Araouzos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSI63222.2024.10740512" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867097v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814423" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04756431v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathis C&#244;te" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Sterna" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre P&#233;richon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPTCE59894.2024.10557288" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04225959v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rammouz Ramzy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04592850v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathis Cote" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Perichon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS59329.2023.10417504" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04139950v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume de Sainte Maresville" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dosol" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charleux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953842v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Alessandri" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Boisseau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS56853.2022.10007586" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04448259v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esteban Cabanillas" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marianne" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Despesse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Burlet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SENSORS56945.2023.10325132" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209584v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04174279v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Boisseau" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04177355v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh-Tuan Vo" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853879" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03881953v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853945" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760301v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WPW54272.2022.9853971" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760291v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658332" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03760251v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04924112v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Freychet" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boisseau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Frassati" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Josselin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gasnier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.92321100357" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04921330v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alessandri" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Arnold" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.71805306097" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04921472v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fayer" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Pauliac-Vaujour" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS49317.2019.41031600279" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659740v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Flammier" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00659728v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441940v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hild" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331625v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00331633v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00019271v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Hild" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04176908v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658366" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04277644v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS54003.2021.9658389" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04185822v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>