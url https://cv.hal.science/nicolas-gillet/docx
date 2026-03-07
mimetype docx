--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -684,772 +684,772 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04969979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the nature and covariates of workaholism profiles: A generalizability study across distinct types of employees</w:t>
+                <w:t xml:space="preserve">How and when does workaholism predict lower work performance and life satisfaction?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre J S Morin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Brault</w:t>
+                <w:t xml:space="preserve">Rebeca Grangeiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Noble</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Souesme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Aubouin-Bonnaventure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/apps.70017⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Organizational Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/IJOA-10-2024-4864⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05086355v1</w:t>
+                <w:t xml:space="preserve">hal-04926762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal person-centered investigation of individual employees’ team boosting behaviors</w:t>
+                <w:t xml:space="preserve">A longitudinal person-centered investigation of the multidimensional nature of employees’ perceptions of job crafting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12144-025-07444-4⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Stress Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/str0000355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04920344v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04926773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal person-centered investigation of the multidimensional nature of employees’ perceptions of job crafting</w:t>
+                <w:t xml:space="preserve">On the nature and covariates of workaholism profiles: A generalizability study across distinct types of employees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J S Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+                <w:t xml:space="preserve">Margaux Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Brault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Stress Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/str0000355⟩</w:t>
+              <w:t xml:space="preserve">Applied Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 74 (3), pp.e70017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/apps.70017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04926773v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05086355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How and when does workaholism predict lower work performance and life satisfaction?</w:t>
+                <w:t xml:space="preserve">A longitudinal person-centered investigation of individual employees’ team boosting behaviors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Julia Aubouin-Bonnaventure</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Diaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Organizational Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Current Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 44, pp.3595-3609. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/IJOA-10-2024-4864⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12144-025-07444-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04926762v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04920344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal person-centered investigation of the multidimensional nature of employees’ individual orientations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Supervisors' need-related behaviors and employees' functioning: A person-centered investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Paquette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah-Geneviève Trépanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Career Development International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/CDI-05-2024-0212⟩</w:t>
+              <w:t xml:space="preserve">German Journal of Human Resource Management: Zeitschrift für Personalforschung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/23970022251357240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05172916v1</w:t>
+                <w:t xml:space="preserve">hal-05172909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supervisors' need-related behaviors and employees' functioning: A person-centered investigation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A longitudinal person-centered investigation of the multidimensional nature of employees’ individual orientations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">German Journal of Human Resource Management: Zeitschrift für Personalforschung</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Career Development International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 30 (4), pp.365-379. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/23970022251357240⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/CDI-05-2024-0212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05172909v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05172916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nature, predictors, and outcomes of Nurses' trajectories of harmonious and obsessive passion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cheyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Colombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1890,51 +1890,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subordinates' perceptions of the need- supportive, need-thwarting, and need- indifferent behaviors used by their supervisors: A person-centered investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikos Ntoumanis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2007,51 +2007,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Employees' affective commitment to multiple work-related targets: A longitudinal person-centered investigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Vandenberghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2365,464 +2365,464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04007773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multilevel Person-Centered Perspective on the Role of Job Demands and Resources for Employees’ Job Engagement and Burnout Profiles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relationship between Empowering Leadership and Stress in a French University Hospital: A Cross-Sectional Study Combining the Measurement of Perceived Stress and Salivary Cortisol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cougot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ann-Renée Blais</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Leila Moret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Group and Organization Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/10596011221100893⟩</w:t>
+              <w:t xml:space="preserve">Journal of Nursing Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2024, pp.8839893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/2024/8839893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03781056v1</w:t>
+                <w:t xml:space="preserve">hal-04486800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal person-centered investigation of the multidimensional nature of employees’ perceptions of challenge and hindrance demands at work</w:t>
+                <w:t xml:space="preserve">A Multilevel Person-Centered Perspective on the Role of Job Demands and Resources for Employees’ Job Engagement and Burnout Profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ann-Renée Blais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anxiety, Stress and Coping</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/10615806.2024.2324252⟩</w:t>
+              <w:t xml:space="preserve">Group and Organization Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 49, pp.621-672. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/10596011221100893⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04486796v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03781056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between Empowering Leadership and Stress in a French University Hospital: A Cross-Sectional Study Combining the Measurement of Perceived Stress and Salivary Cortisol</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A longitudinal person-centered investigation of the multidimensional nature of employees’ perceptions of challenge and hindrance demands at work</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jules Gauvin</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Caillet</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphanie Austin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nursing Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 2024, pp.8839893. </w:t>
+              <w:t xml:space="preserve">Anxiety, Stress and Coping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 37, pp.558-586. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2024/8839893⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10615806.2024.2324252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04486800v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04486796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the nature, predictors, and outcomes of work passion profiles: A generalisability study across distinct types of employees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Brault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iria Verbeke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3131,715 +3131,715 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04637525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The daily dynamics of basic psychological need satisfaction at work, their determinants, and their implications: An application of Dynamic Structural Equation Modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Colleagues' norms regarding work-related messages: their differential effects among remote and onsite workers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Austin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 33, pp.294-309. </w:t>
+              <w:t xml:space="preserve">Personnel Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 53, pp.173-192. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/1359432X.2023.2276534⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/PR-01-2022-0067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04284997v1</w:t>
+                <w:t xml:space="preserve">hal-03864099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colleagues' norms regarding work-related messages: their differential effects among remote and onsite workers</w:t>
+                <w:t xml:space="preserve">A longitudinal perspective on the nature, predictors, and outcomes of work recovery profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J S Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Austin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personnel Review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 53, pp.173-192. </w:t>
+              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.551-569. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/PR-01-2022-0067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/1359432x.2024.2335593⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03864099v1</w:t>
+                <w:t xml:space="preserve">hal-04560108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal perspective on the nature, predictors, and outcomes of work recovery profiles</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A longitudinal investigation of structural empowerment profiles among healthcare employees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cougot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jules Gauvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Ollierou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.551-569. </w:t>
+              <w:t xml:space="preserve">Journal of Nursing Scholarship</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 56, pp.417-429. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/1359432x.2024.2335593⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jnu.12950⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04560108v1</w:t>
+                <w:t xml:space="preserve">hal-04349766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal investigation of structural empowerment profiles among healthcare employees</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Cougot</w:t>
+                <w:t xml:space="preserve">The daily dynamics of basic psychological need satisfaction at work, their determinants, and their implications: An application of Dynamic Structural Equation Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nursing Scholarship</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 56, pp.417-429. </w:t>
+              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33, pp.294-309. </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jnu.12950⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/1359432X.2023.2276534⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04349766v1</w:t>
+                <w:t xml:space="preserve">hal-04284997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature, predictors, and outcomes of the psychological capital trajectories observed among upcoming police officers' undergoing vocational training</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of a revised version of the transdiagnostic skills scale (T2S-R)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Vancappel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Aubouin-Bonnaventure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vocational Behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvb.2024.104058⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, pp.1290692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2024.1290692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04714055v1</w:t>
+                <w:t xml:space="preserve">hal-04486803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effects of Weekly Levels of Supervisor Support and Workload on Next Week Levels of Well-Being, Satisfaction, and Performance as Mediated by Weekend Work Recovery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cheyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Colombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3857,266 +3857,266 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Stress and Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/smi.3520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04840432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of a revised version of the transdiagnostic skills scale (T2S-R)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nature, predictors, and outcomes of the psychological capital trajectories observed among upcoming police officers' undergoing vocational training</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J S Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Huart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Vancappel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+                <w:t xml:space="preserve">Mathieu Fiolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Julia Aubouin-Bonnaventure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15, pp.1290692. </w:t>
+              <w:t xml:space="preserve">Journal of Vocational Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 155, pp.104058. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2024.1290692⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jvb.2024.104058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04486803v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04714055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A multilevel perspective on the role of job demands, job resources, and need satisfaction for employees' outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ann-Renée Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caitlin Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4215,51 +4215,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Austin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4300,1036 +4300,1036 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03649333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A person-centered perspective on work behaviors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Psychological need satisfaction across work and personal life: an empirical test of a comprehensive typology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcus Mueller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Austin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12144-022-03846-w⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1216450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03845511v1</w:t>
+                <w:t xml:space="preserve">hal-04231179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the role of harmonious and obsessive passion in work and family outcomes: A test of the quadripartite approach</w:t>
+                <w:t xml:space="preserve">On the nature, predictors, and outcomes of longitudinal work passion profiles.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Margaux Becker</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J S Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Austin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12144-022-03442-y⟩</w:t>
+              <w:t xml:space="preserve">Motivation Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9, pp.298-314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/mot0000307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03781071v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceived Support Profiles in the Workplace: A Longitudinal Perspective</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre J S Morin</w:t>
+                <w:t xml:space="preserve">Managerial predictors and motivational outcomes of workers' psychological need states profiles: A two-wave examination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florence Stinglhamber</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikos Ntoumanis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Group and Organization Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/10596011211044581⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (2), pp.216-233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1359432X.2022.2127354⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03367017v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03780889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature, Predictors, and Outcomes of Workers’ Longitudinal Workaholism Profiles</w:t>
+                <w:t xml:space="preserve">On the role of harmonious and obsessive passion in work and family outcomes: A test of the quadripartite approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Vallerand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ben Schellenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julia Aubouin Bonnaventure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Margaux Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Group and Organization Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, </w:t>
+              <w:t xml:space="preserve">Current Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42, pp.23644-23655. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/10596011231189587⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12144-022-03442-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04167486v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03781071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal psychological empowerment profiles, their determinants, and some health-related outcomes</w:t>
+                <w:t xml:space="preserve">A person-centered perspective on work behaviors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Sébastien Boudrias</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/1359432x.2023.2170227⟩</w:t>
+              <w:t xml:space="preserve">Current Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42, pp.28527-28548. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12144-022-03846-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03953642v1</w:t>
+                <w:t xml:space="preserve">hal-03845511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychological need satisfaction across work and personal life: an empirical test of a comprehensive typology</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marcus Mueller</w:t>
+                <w:t xml:space="preserve">Perceived Support Profiles in the Workplace: A Longitudinal Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtane Caesens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Austin</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Stinglhamber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2023.1216450⟩</w:t>
+              <w:t xml:space="preserve">Group and Organization Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48, pp.833-873. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/10596011211044581⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04231179v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03367017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managerial predictors and motivational outcomes of workers' psychological need states profiles: A two-wave examination</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nature, Predictors, and Outcomes of Workers’ Longitudinal Workaholism Profiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nikos Ntoumanis</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Austin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/1359432X.2022.2127354⟩</w:t>
+              <w:t xml:space="preserve">Group and Organization Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/10596011231189587⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03780889v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04167486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the nature, predictors, and outcomes of longitudinal work passion profiles.</w:t>
+                <w:t xml:space="preserve">Longitudinal psychological empowerment profiles, their determinants, and some health-related outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cougot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Tripodi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sébastien Boudrias</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Motivation Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 9, pp.298-314. </w:t>
+              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32, pp.432-449. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/mot0000307⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/1359432x.2023.2170227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04196657v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03953642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Workaholism and work engagement: An examination of their psychometric multidimensionality and relations with employees’ functioning</w:t>
               </w:r>
@@ -5605,51 +5605,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yael Blechman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Career Assessment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 31, pp.686-714. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5696,51 +5696,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictors and outcomes of nursing students' engagement trajectories at the beginning of their program</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Cheyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Colombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5947,51 +5947,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Burnout profiles: Dimensionality, replicability, and associations with predictors and outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Colombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6077,51 +6077,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supervisors’ interpersonal styles: An integrative perspective and a measure based on Self-Determination Theory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikos Ntoumanis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6188,1230 +6188,1230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03741381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal profiles of work-family interface: Their individual and organizational predictors, personal and work outcomes, and implications for onsite and remote workers</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
+                <w:t xml:space="preserve">Complementary variable- and person-centered approaches to the dimensionality of burnout among fire station workers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Sandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fernet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Austin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vocational Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 134, pp.103695. </w:t>
+              <w:t xml:space="preserve">Anxiety, Stress and Coping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35, pp.440-457. </w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jvb.2022.103695⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/10615806.2021.1959917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03556346v1</w:t>
+                <w:t xml:space="preserve">hal-03322859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A person-centered perspective on the combined effects of global and specific LMX components for employees</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+                <w:t xml:space="preserve">Nature, predictor, and outcomes of motivation trajectories during a professional training program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Sandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre J. S. Morin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Baptiste Cougot</w:t>
+                <w:t xml:space="preserve">A.J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lindsey Nadon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">C. Fernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Suarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Stress Management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 31, pp.226-244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/1359432X.2021.1950140⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03279701v1</w:t>
+                <w:t xml:space="preserve">hal-03280263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A longitudinal examination of nurses’ need satisfaction profiles: A latent transition analysis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jacques Forest</w:t>
+                <w:t xml:space="preserve">Bullying, supervisor support, relaxation, and personal and work outcomes: Testing a moderated mediation model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Colombat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Cheyroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nursing Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 30, pp.1424-1433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jonm.13330⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12144-020-00972-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02913715v1</w:t>
+                <w:t xml:space="preserve">hal-03214995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions interculturelles, épanouissement psychologique au travail et comportements de citoyenneté organisationnelle interpersonnelle : rôle médiateur de l’intelligence culturelle</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+                <w:t xml:space="preserve">Longitudinal profiles of work-family interface: Their individual and organizational predictors, personal and work outcomes, and implications for onsite and remote workers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Austin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le travail humain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/th.854.0267⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vocational Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 134, pp.103695. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jvb.2022.103695⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04196683v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03556346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature, Predictors, and Outcomes of Nurses’ Affect Profiles: A Longitudinal Examination</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gillet Nicolas</w:t>
+                <w:t xml:space="preserve">A person-centered perspective on the combined effects of global and specific LMX components for employees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J. S. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cougot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lindsey Nadon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Stress Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 29, pp.342-359. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2022, 29 (1), pp.14-30</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03715953v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03279701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How and when does personal life orientation predict well-being?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A longitudinal examination of nurses’ need satisfaction profiles: A latent transition analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Claude Fernet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Career Development Quarterly</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cdq.12304⟩</w:t>
+              <w:t xml:space="preserve">Current Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 41, pp.4837-4859. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12144-020-00972-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03780887v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nature, predictor, and outcomes of motivation trajectories during a professional training program</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nature, Predictors, and Outcomes of Nurses’ Affect Profiles: A Longitudinal Examination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M. Suarez</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtane Caesens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gillet Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Caruana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/1359432X.2021.1950140⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Stress Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29, pp.342-359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/str0000265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03280263v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03715953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Complementary variable- and person-centered approaches to the dimensionality of burnout among fire station workers</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Claude Fernet</w:t>
+                <w:t xml:space="preserve">Interactions interculturelles, épanouissement psychologique au travail et comportements de citoyenneté organisationnelle interpersonnelle : rôle médiateur de l’intelligence culturelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Mokounkolo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandrine Ceschiutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Coillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anxiety, Stress and Coping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 35, pp.440-457. </w:t>
+              <w:t xml:space="preserve">Le travail humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Vol. 85 (4), pp.267-287. </w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10615806.2021.1959917⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/th.854.0267⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03322859v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04196683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bullying, supervisor support, relaxation, and personal and work outcomes: Testing a moderated mediation model</w:t>
+                <w:t xml:space="preserve">How and when does personal life orientation predict well-being?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J. S. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Austin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fernet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nursing Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 30, pp.1424-1433. </w:t>
+              <w:t xml:space="preserve">Career Development Quarterly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 70 (240-255), </w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jonm.13330⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/cdq.12304⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03214995v1</w:t>
+                <w:t xml:space="preserve">hal-03780887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predictors and outcomes of teachers’ burnout trajectories over a seven-year period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Sandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7484,51 +7484,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complementary variable‐ and person‐centred approaches to the dimensionality of workaholism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adama Ndiaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7618,64 +7618,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Combined Effects of Destructive and Constructive Leadership on Thriving at Work and Behavioral Empowerment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léandre Alexis Chénard-Poirier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Sébastien Boudrias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7956,64 +7956,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Supervisor expectations regarding work-related messages: Their differential effects among remote and on-site workers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Austin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8112,51 +8112,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Gauvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghozlane Fleury-Bahi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8233,64 +8233,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Austin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah-Geneviève Trépanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Drouin-Rousseau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8350,64 +8350,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A person-centered perspective on the factors associated with the work recovery process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Mokounkolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Réveillère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8461,278 +8461,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03145403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychological and Relational Conditions for Job Crafting to Occur</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The Participatory Approach: A Specific French Organizational Model at the Department Level to Serve the Quality of Work Life of Healthcare Providers and the Quality of Care in Pediatric Oncology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lejeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Chênevert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Coillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stress and Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/smi.3014⟩</w:t>
+              <w:t xml:space="preserve">Cancer Management and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13, pp.2763-2771. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/CMAR.S284439⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03071744v1</w:t>
+                <w:t xml:space="preserve">hal-03182311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Participatory Approach: A Specific French Organizational Model at the Department Level to Serve the Quality of Work Life of Healthcare Providers and the Quality of Care in Pediatric Oncology</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Psychological and Relational Conditions for Job Crafting to Occur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Berjot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cougot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancer Management and Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13, pp.2763-2771. </w:t>
+              <w:t xml:space="preserve">Stress and Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (3), pp.516-527. </w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2147/CMAR.S284439⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/smi.3014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182311v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03071744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advancing the Conceptualization and Measurement of Psychological Need States: A 3 x 3 Model Based on Self-Determination Theory</w:t>
               </w:r>
@@ -8848,51 +8848,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Workaholism, presenteeism, work–family conflicts and personal and work outcomes: Testing a moderated mediation model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Austin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8982,51 +8982,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The baby and the bathwater: On the need for substantive–methodological synergy in organizational research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joeri Hofmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heiko Breitsohl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9129,77 +9129,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Austin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J S Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Management and Organization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 27, pp.1060-1082. </w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9246,51 +9246,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Longitudinal Person-Centered Perspective on Positive and Negative Affect at Work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Sandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Fernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9493,90 +9493,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the Value of Considering Specific Facets of Interactional Justice Perceptions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Coillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11, </w:t>
@@ -9627,64 +9627,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Forest and the Trees: Investigating the Globality and Specificity of Employees’ Basic Need Satisfaction at Work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Huart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Colombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9891,51 +9891,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Students’ Need Satisfaction Profiles: Similarity and Change over the Course of a University Semester</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10012,51 +10012,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Work Fatigue Profiles: Nature, Implications, and Associations With Psychological Empowerment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ann-Renée Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10064,51 +10064,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Houle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caitlin Comeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10155,90 +10155,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to increase affective organizational commitment among new French police officers. The role of trainers and organizational identification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Huart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Coillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Odry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Mokounkolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Police Practice and Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 21 (6), pp.562-575. </w:t>
@@ -10289,90 +10289,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Refining the assessment of need supportive and need thwarting interpersonal behaviors using the bifactor exploratory structural equation modeling framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">István Tóth-Király</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beáta Bőthe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lindsey Nadon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Current Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 41 (5), pp.2998-3012. </w:t>
@@ -10423,51 +10423,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A test of work motivation profile similarity across four distinct samples of employees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adama Ndiaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10566,77 +10566,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtane Caesens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon A. Houle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Stinglhamber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 69 (3), pp.686 - 714. </w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
@@ -10683,51 +10683,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Person-Centered Perspective on the Combined Effects of Global and Specific Levels of Job Engagement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jeoffrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11049,576 +11049,576 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03174104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perceived career opportunities, commitment to the supervisor, social isolation: Their effects on nurses’ well-being and turnover</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
+                <w:t xml:space="preserve">Expanding autonomy psychological need states from two (satisfaction, frustration) to three (dissatisfaction): A classroom-based intervention study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sung Hyeon Cheon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnmarshall Reeve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youngsun Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikos Ntoumanis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nursing Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jonm.12666⟩</w:t>
+              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 111 (4), pp.685-702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/edu0000306⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02397435v1</w:t>
+                <w:t xml:space="preserve">hal-03145576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of motivation and workload on firefighters' perceived health, stress, and performance</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Sandrin</w:t>
+                <w:t xml:space="preserve">Perceived career opportunities, commitment to the supervisor, social isolation: Their effects on nurses’ well-being and turnover</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Clément Depin‐rouault</w:t>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ophéline Audusseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stress and Health</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nursing Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (1), pp.207-214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jonm.12666⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/smi.2873⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03174113v1</w:t>
+                <w:t xml:space="preserve">hal-02397435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soutien organisationnel perçu, dissonance émotionnelle, épuisement professionnel : L’étude des équipes éducatives d’internat au sein de la protection de l’enfance.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sklarik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adama Ndiaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Colombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de l'Actif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 516-517, pp.177-202</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03181721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expanding autonomy psychological need states from two (satisfaction, frustration) to three (dissatisfaction): A classroom-based intervention study</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Johnmarshall Reeve</w:t>
+                <w:t xml:space="preserve">Effects of motivation and workload on firefighters' perceived health, stress, and performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Sandrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Leloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youngsun Lee</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Clément Depin‐rouault</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 111 (4), pp.685-702. </w:t>
+              <w:t xml:space="preserve">Stress and Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (4), pp.447-456. </w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/edu0000306⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/smi.2873⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03145576v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03174113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Person-Centered Representation of Basic Need Satisfaction Balance at Work</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Choisay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11838,64 +11838,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtane Caesens</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Stinglhamber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Work and Organizational Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 28 (2), pp.239-258. </w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
@@ -11981,51 +11981,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marylène Gagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Ratelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Learning and Individual Differences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 70, pp.39-52. </w:t>
             </w:r>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
@@ -12072,51 +12072,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">University students' need satisfaction trajectories: A growth mixture analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12421,1236 +12421,1236 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03175166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethical leadership, professional caregivers' well-being, and patients' perceptions of quality of care in oncology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Unraveling the Perceived Reasons Underlying Entrepreneurs' Retirement Decisions: A Person-Centered Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Bonnetain</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Grégoire Bosselut</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Oncology Nursing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejon.2018.01.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Small Business Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 56 (3), pp.513-528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jsbm.12312⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId339" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02318904v1</w:t>
+                <w:t xml:space="preserve">hal-03174195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId340" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les effets négatifs de la surcharge de travail et de l’addiction envers le travail chez les directeurs d’ESSMS.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+                <w:t xml:space="preserve">Investigating the longitudinal effects of surface acting on managers’ functioning through psychological needs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Fernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi-Joseph Lahiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Cahiers de l'Actif</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Occupational Health Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 23 (2), pp.207-222. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/ocp0000080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId340" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03181735v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Workers’ Motivational Profiles in Affective and Organizational Factors</w:t>
+                <w:t xml:space="preserve">Ethical leadership, professional caregivers' well-being, and patients' perceptions of quality of care in oncology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Robert Vallerand</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Coillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bonnetain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jocelyne Abraham</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sophie Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Happiness Studies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 19 (4), pp.1151-1174. </w:t>
+              <w:t xml:space="preserve">European Journal of Oncology Nursing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 33, pp.1-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10902-017-9867-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejon.2018.01.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03176604v1</w:t>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02318904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déterminants et conséquences du workaholisme chez des salariés français</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Role of Workers’ Motivational Profiles in Affective and Organizational Factors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Vallerand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jocelyne Abraham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Colombat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie Française</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Happiness Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19 (4), pp.1151-1174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10902-017-9867-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.psfr.2016.06.001⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-03175179v1</w:t>
+                <w:t xml:space="preserve">hal-03176604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effects of work factors on nurses’ job satisfaction, quality of care and turnover intentions in oncology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les effets négatifs de la surcharge de travail et de l’addiction envers le travail chez les directeurs d’ESSMS.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi-Joseph Lahiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advanced Nursing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Cahiers de l'Actif</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 500-503, pp.157-158</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jan.13524⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02319119v1</w:t>
+                <w:t xml:space="preserve">hal-03181735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examining the longitudinal effects of workload on ill-being through each dimension of workaholism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
+                <w:t xml:space="preserve">The effects of work factors on nurses’ job satisfaction, quality of care and turnover intentions in oncology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId328" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Gimenes</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Coillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Cougot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leila Moret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Stress Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/str0000055⟩</w:t>
+              <w:t xml:space="preserve">Journal of Advanced Nursing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 74 (5), pp.1208-1219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jan.13524⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02397406v1</w:t>
+                <w:t xml:space="preserve">hal-02319119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The short form of the Workplace Affective Commitment Multidimensional Questionnaire (WACMQ-S): A bifactor-ESEM approach among healthcare professionals</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Monique Hebert</w:t>
+                <w:t xml:space="preserve">Déterminants et conséquences du workaholisme chez des salariés français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Sandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vocational Behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jvb.2017.12.004⟩</w:t>
+              <w:t xml:space="preserve">Psychologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 63 (1), pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psfr.2016.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03175174v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03175179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the longitudinal effects of surface acting on managers’ functioning through psychological needs</w:t>
+                <w:t xml:space="preserve">Examining the longitudinal effects of workload on ill-being through each dimension of workaholism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Claude Fernet</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fadi-Joseph Lahiani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Beltou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gimenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Occupational Health Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/ocp0000080⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Stress Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 25 (2), pp.144-162. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/str0000055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02397499v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unraveling the Perceived Reasons Underlying Entrepreneurs' Retirement Decisions: A Person-Centered Perspective</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+                <w:t xml:space="preserve">The short form of the Workplace Affective Commitment Multidimensional Questionnaire (WACMQ-S): A bifactor-ESEM approach among healthcare professionals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tyrone Perreira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Houle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Small Business Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 56 (3), pp.513-528. </w:t>
+              <w:t xml:space="preserve">Journal of Vocational Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 106, pp.62-83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jsbm.12312⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jvb.2017.12.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03174195v1</w:t>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03175174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotional labour profiles: Associations with key predictors and outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Lapointe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Mokounkolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -13840,51 +13840,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the combined effects of workaholism and work engagement: A substantive-methodological synergy of variable-centered and person-centered methodologies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Sandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13957,77 +13957,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Better Understanding the Workers' Retirement Decision Attitudes: Development and Validation of a New Measure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId336" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Bosselut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Coillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Demulier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14104,51 +14104,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Beltou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Tellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14221,64 +14221,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-determination trajectories during police officers' vocational training program: A growth mixture analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Huart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Odry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14466,265 +14466,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03175184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examining the effect of affective commitment to the supervisor on nurses’ psychological health as a function of internal locus of control</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
+                <w:t xml:space="preserve">Une analyse des profils motivationnels afin de mieux comprendre l'effet des contraintes et ressources professionnelles en emploi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lara Manganelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solene Kerhardy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+                <w:t xml:space="preserve">Vincent Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Forest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nursing Management</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Humain et Organisation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 3 (1), pp.9-20</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02397744v1</w:t>
+                <w:t xml:space="preserve">hal-03181683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId385" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une analyse des profils motivationnels afin de mieux comprendre l'effet des contraintes et ressources professionnelles en emploi</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Examining the effect of affective commitment to the supervisor on nurses’ psychological health as a function of internal locus of control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lara Manganelli</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jacques Forest</w:t>
+                <w:t xml:space="preserve">Solene Kerhardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Humain et Organisation </w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Nursing Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 25 (4), pp.297-306. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jonm.12466⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId385" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03181683v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminants managériaux et organisationnels, santé psychologique au travail des soignants et qualité de prise en charge des enfants en oncologie pédiatrique</w:t>
               </w:r>
@@ -14857,64 +14857,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability, change, and implications of students’ motivation profiles: A latent transition analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johnmarshall Reeve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contemporary Educational Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 51, pp.222-239. </w:t>
             </w:r>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
@@ -15000,51 +15000,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Servane Barrault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bucourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gimenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Social Psychology of Education</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 20 (1), pp.179-193. </w:t>
@@ -15095,77 +15095,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organizational Support, Job Resources, Soldiers’ Motivational Profiles, Work Engagement, and Affect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-André Lafrenière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Huart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -15225,77 +15225,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organizational and Managerial Resources and Quality of Care in French Pediatric Oncology Nursing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Coillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15359,51 +15359,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Workaholism profiles: Associations with determinants, correlates, and outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre J.S. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Cougot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15560,177 +15560,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04109407v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de l’humour par les soignants : un lien avec la confrontation à la mort ?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Transformational leadership, work-family conflict and enrichment, and commitment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId413" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Vandenberghe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine Palliative</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.medpal.2016.04.001⟩</w:t>
+              <w:t xml:space="preserve">Le travail humain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 79 (4), pp.339-362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/th.794.0339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId411" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03657456v1</w:t>
+                <w:t xml:space="preserve">hal-02397763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manager la qualité de vie au travail des managers : Étude sur les déterminants de la santé psychologique d’encadrants du secteur sanitaire, social, et médico-social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiphaine Huyghebaert-Zouaghi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -15772,406 +15755,423 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers de l'Actif</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 484/487, pp.19-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03649421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transformational leadership, work-family conflict and enrichment, and commitment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Utilisation de l’humour par les soignants : un lien avec la confrontation à la mort ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Duquesnoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irène Léger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Dubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le travail humain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 79 (4), pp.339-362. </w:t>
+              <w:t xml:space="preserve">Médecine Palliative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 15 (6), pp.354-361. </w:t>
             </w:r>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/th.794.0339⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.medpal.2016.04.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02397763v1</w:t>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03657456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Curvilinear effects of job characteristics on ill-being in the nursing profession: a cross-sectional study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
+                <w:t xml:space="preserve">Le workaholisme et l’engagement dans les études : des mécanismes explicatifs dans les relations entre la frustration des besoins psychologiques et le mal-être des étudiants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Sandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advanced Nursing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jan.12894⟩</w:t>
+              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 22 (4), pp.317-334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.prps.2016.02.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId422" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02397774v1</w:t>
+                <w:t xml:space="preserve">hal-04109419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le workaholisme et l’engagement dans les études : des mécanismes explicatifs dans les relations entre la frustration des besoins psychologiques et le mal-être des étudiants</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">E. Sandrin</w:t>
+                <w:t xml:space="preserve">Curvilinear effects of job characteristics on ill-being in the nursing profession: a cross-sectional study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphaine Huyghebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fadi-Joseph Lahiani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pratiques Psychologiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 22 (4), pp.317-334. </w:t>
+              <w:t xml:space="preserve">Journal of Advanced Nursing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 72 (5), pp.1109-1121. </w:t>
             </w:r>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.prps.2016.02.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jan.12894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04109419v1</w:t>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caregivers’ burnout working in palliative care</w:t>
               </w:r>
@@ -16391,51 +16391,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation d’une version française de la Dutch Work Addiction Scale (DUWAS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId424" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Sandrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -17135,64 +17135,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evelyne Fouquereau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc-André K. Lafrenière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Gimenes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId382" w:history="1">
+            <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Becker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie du travail et des organisations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Psychologie du travail et des organisations, 20 (2), p.203-232. </w:t>
@@ -17707,274 +17707,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01730468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examining the motivation-performance relationship in competitive sport: A cluster-analytic approach</w:t>
+                <w:t xml:space="preserve">The Role of Autonomy Support and Motivation in the Prediction of Interest and Dropout Intentions in Sport and Education Settings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Berjot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vallerand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Amoura</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sport Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7352/IJSP.2012.43.079⟩</w:t>
+              <w:t xml:space="preserve">Basic and Applied Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 34 (3), pp.278-286. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId469" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01973533.2012.674754⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04111990v1</w:t>
+                <w:t xml:space="preserve">hal-04111997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Role of Autonomy Support and Motivation in the Prediction of Interest and Dropout Intentions in Sport and Education Settings</w:t>
+                <w:t xml:space="preserve">Examining the motivation-performance relationship in competitive sport: A cluster-analytic approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Berjot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vallerand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Amoura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Basic and Applied Social Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 34 (3), pp.278-286. </w:t>
+              <w:t xml:space="preserve">International Journal of Sport Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 43 (2), pp.79-102. </w:t>
             </w:r>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01973533.2012.674754⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7352/IJSP.2012.43.079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04111997v1</w:t>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04111990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Appraising Stigmatization and Discrimination: Construction and Validation of a Questionnaire Assessing Threat and Challenge Appraisals to Personal and Social Identity</w:t>
               </w:r>
@@ -18168,51 +18168,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French validation and adaptation of the perceived autonomy support scale for exercise settings to the sport context</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Vallerand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Paty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18532,51 +18532,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Berjot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sport Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 40 (2), pp.249-269</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -18931,51 +18931,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de la justice organisationnelle dans l’explication des crimes de nature économique (CNE) : Le cas de salariés français.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Mokounkolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19073,51 +19073,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de la justice organisationnelle dans l’explication des comportements de criminalité économique (CNE) : Examen de résultats canadiens.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Courcy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">René Mokounkolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19310,51 +19310,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Colombat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Lejeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19697,51 +19697,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BCCED992"/>
+    <w:nsid w:val="61C4315C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19928,51 +19928,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-gillet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2187-2097" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/125429940" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245207v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tane Caesens" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-025-07992-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Noble" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Souesme" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aubouin-Bonnaventure" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca da Rocha Grangeiro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmo.2025.10055" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-05057182v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chevalier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fouquereau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-025-07818-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04969979v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edyta Charzy&#324;ska" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Bu&#378;niak" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanis&#322;aw Czerwi&#324;ski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Woropay-Hordziejewicz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzanna Schneider" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2025.00005" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086355v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre J S Morin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Becker" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brault" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.70017" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920344v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Huyghebaert-Zouaghi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Diaz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-025-07444-4" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926773v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre J.S. Morin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/str0000355" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926762v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Grangeiro" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJOA-10-2024-4864" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172916v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/CDI-05-2024-0212" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172909v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Paquette" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah-Genevi&#232;ve Tr&#233;panier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23970022251357240" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790376v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cheyroux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Colombat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12587" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295686v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aubouin Bonnaventure" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01939459251374179" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246646v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Choisay" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41042-025-00251-z" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083802v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cougot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Gauvin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ollierou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Le Saout" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/JHL.S486730" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695505v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Ntoumanis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Thomas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12573" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851241v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vandenberghe" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joon Lee" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2024.104080" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702222v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Jungert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caruana" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmo.2024.25" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007773v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drouin Rousseau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fernet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Blechman" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12465" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781056v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Ren&#233;e Blais" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011221100893" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486796v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Austin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2024.2324252" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486800v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Moret" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2024/8839893" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768371v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iria Verbeke" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smi.3495" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703320v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Wojtczuk-Turek" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Turek" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Edgar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Klein" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Bosak" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/csr.2815" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637525v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaudeau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nickum" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fouquere" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chevali" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph21070882" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284997v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432X.2023.2276534" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864099v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/PR-01-2022-0067" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560108v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432x.2024.2335593" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349766v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnu.12950" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714055v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Huart" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fiolet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2024.104058" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840432v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smi.3520" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486803v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vancappel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2024.1290692" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957027v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlin Comeau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon A Houle" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2023.103846" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649333v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1866-5888/a000303" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845511v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-022-03846-w" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781071v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Vallerand" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Schellenberg" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-022-03442-y" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367017v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Stinglhamber" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011211044581" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167486v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011231189587" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953642v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tripodi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Boudrias" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432x.2023.2170227" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231179v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Mueller" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1216450" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780889v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432X.2022.2127354" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196657v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000307" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233259v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sandrin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-021-01820-6" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090478v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n T&#243;th-Kir&#225;ly" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Inhaber" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Houle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joop.12433" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917395v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10690727221148720" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196671v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2023.103917" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231175v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Js Morin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;andre-Alexis Ch&#233;nard-Poirier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhonda Craven" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Mooney" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03128962231196325" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217689v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Ndiaye" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-021-01807-3" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741381v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berjot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12423" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556346v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2022.103695" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03279701v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre J. S. Morin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsey Nadon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913715v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Forest" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-020-00972-1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196683v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Mokounkolo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Ceschiutti" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coillot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.854.0267" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715953v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillet Nicolas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/str0000265" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780887v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cdq.12304" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03280263v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J.S. Morin" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Suarez" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432X.2021.1950140" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322859v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2021.1959917" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214995v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.13330" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711445v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Sandrin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2022.103781" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256883v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12323" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161652v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;andre Alexis Ch&#233;nard-Poirier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10869-021-09734-7" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548387v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Courbalay" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Brandet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Girard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10902-021-00489-9" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621565v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/SJOP.12810" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650442v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/LODJ-01-2022-0030" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818542v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Fleury-Bahi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.13829" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322598v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drouin-Rousseau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.13433" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145403v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R&#233;veill&#232;re" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2020.1866174" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071744v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smi.3014" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182311v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lejeune" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ch&#234;nevert" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/CMAR.S284439" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008836v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1069072720978792" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214984v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lorho" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jocn.15791" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480562v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joeri Hofmans" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Breitsohl" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Ceulemans" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/iop.2021.111" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545531v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmo.2021.71" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142259v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223980.2020.1781033" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397344v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jocn.15116" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02585962v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Huyghebaert" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.00812" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142249v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223891.2019.1591426" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140828v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Armant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Durando" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17010142" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406383v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Alibran" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Barrault" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12227" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129498v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.596206" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140824v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Odry" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15614263.2019.1658582" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145414v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Be&#225;ta B&#337;the" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-020-00828-8" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142257v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joop.12322" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129517v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon A. Houle" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12196" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142256v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jeoffrion" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1059601119899182" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174110v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Depint-Rouault" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Leloup" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2019.1638683" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174104v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Le Gouge" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pierre" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Bongro" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique M&#233;plaux" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpm.12544" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397435v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;line Audusseau" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.12666" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174113v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Depin&#8208;rouault" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smi.2873" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181721v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sklarik" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benoist" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145576v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung Hyeon Cheon" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnmarshall Reeve" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngsun Lee" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000306" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174098v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1866-5888/a000228" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02441104v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyane Bach-Ngohou" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Lesot" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-019-4724-7" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145618v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432X.2019.1575364" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174109v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Litalien" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Gagn&#233;" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ratelle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lindif.2019.01.005" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397390v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Burger" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Maillot" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.learninstruc.2017.11.003" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397528v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi-Joseph Lahiani" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Dubois-Fleury" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1523422318756955" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175166v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desrumaux" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Nicolas" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph15112330" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318904v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bonnetain" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupont" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejon.2018.01.002" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H34LBRDT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181735v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176604v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Abraham" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10902-017-9867-9" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175179v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2016.06.001" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4MH7H8LJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02319119v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.13524" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397406v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beltou" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gimenes" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/str0000055" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175174v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyrone Perreira" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Hebert" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2017.12.004" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397499v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/ocp0000080" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174195v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Bosselut" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsbm.12312" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145604v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lapointe" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678373.2018.1502835" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397522v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2018.03.010" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175170v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2018.09.006" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318926v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Demulier" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.02429" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397493v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Tellier" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smi.2820" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318920v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2018.09.005" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175184v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Malola" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dose" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cbs0000073" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397744v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Becker" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Kerhardy" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.12466" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181683v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Manganelli" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laurent" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318915v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lejeune" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Coillot" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gillet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michon" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dupont" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oncohp.2017.04.004" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175208v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cedpsych.2017.08.006" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397742v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bucourt" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-017-9368-z" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175201v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Lafreni&#232;re" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mil0000179" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318876v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1043454217717238" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175206v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joop.12185" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109407v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Vallerand" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2014.01.001" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QFZ1TK8Q-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657456v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Duquesnoy" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne L&#233;ger" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Vigier" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dubourg" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2016.04.001" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649421v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397763v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.794.0339" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397774v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.12894" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1ZPMD6FD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109419v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sandrin" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2016.02.003" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9P6FJ8XS-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109412v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Ray-Landrein" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Colombat" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dubourg" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11839-016-0586-y" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397770v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223980.2016.1154811" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109416v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2016.02.007" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JN0LMGWR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397749v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2014.05.004" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397778v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-015-9505-y" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520954v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Legrain" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gernigon" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jtpe.2014-0013" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01925592v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Amoura" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Cohen" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/1421-0185/a000156" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397775v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/sjp.2015.30" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03678232v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Bigot" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; K. Lafreni&#232;re" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1420-2530(16)30038-3" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X7HFXJGM-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03184242v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emin Altintas" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-013-9379-9" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111947v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03338471v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1069072712475288" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01730468v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Michinov" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Pronost" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.12144" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8FVH7HPF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111990v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Amoura" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rosnet" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7352/IJSP.2012.43.079" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111997v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01973533.2012.674754" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111959v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Girault-Lidvan" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15283488.2012.691254" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112010v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2011.00033" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112017v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Paty" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gobanc&#233;" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2010.9671937" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112378v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paty" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.732.0141" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112361v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Scharnitzky" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/s0003503310003064" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112205v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01232356v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Paquet" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.502.0351" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876994v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.cheva.2024.01.0159" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03279751v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunault" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177145v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Courcy" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177099v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649390v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Piazza" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177593v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Krakowski" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/le_cancer___un_regard_sociologique-9782707195784" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177631v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Legrain" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03408268v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.berna.2016.01.0197" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-gillet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2187-2097" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/125429940" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245207v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tane Caesens" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gillet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-025-07992-9" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295689v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Noble" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Souesme" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aubouin-Bonnaventure" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca da Rocha Grangeiro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmo.2025.10055" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-05057182v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chevalier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fouquereau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-025-07818-8" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04969979v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edyta Charzy&#324;ska" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksandra Bu&#378;niak" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanis&#322;aw Czerwi&#324;ski" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Woropay-Hordziejewicz" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzanna Schneider" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1556/2006.2025.00005" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926762v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebeca Grangeiro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJOA-10-2024-4864" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04926773v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre J.S. Morin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Diaz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Huyghebaert-Zouaghi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/str0000355" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086355v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre J S Morin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Becker" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Brault" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.70017" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04920344v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-025-07444-4" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172909v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Paquette" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah-Genevi&#232;ve Tr&#233;panier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/23970022251357240" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05172916v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/CDI-05-2024-0212" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790376v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cheyroux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Colombat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12587" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05295686v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Aubouin Bonnaventure" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01939459251374179" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05246646v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Choisay" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s41042-025-00251-z" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05083802v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cougot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Gauvin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ollierou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Le Saout" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/JHL.S486730" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695505v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Ntoumanis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Thomas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12573" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851241v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Vandenberghe" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joon Lee" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2024.104080" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702222v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas Jungert" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Caruana" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmo.2024.25" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007773v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drouin Rousseau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Fernet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yael Blechman" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12465" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486800v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila Moret" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2024/8839893" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781056v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann-Ren&#233;e Blais" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011221100893" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486796v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Austin" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2024.2324252" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04768371v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iria Verbeke" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smi.3495" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703320v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Wojtczuk-Turek" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dariusz Turek" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Edgar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Klein" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janine Bosak" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/csr.2815" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637525v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaudeau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Nickum" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Fouquere" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Chevali" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph21070882" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864099v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/PR-01-2022-0067" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560108v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432x.2024.2335593" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349766v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jnu.12950" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284997v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432X.2023.2276534" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486803v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Vancappel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2024.1290692" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840432v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smi.3520" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04714055v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Huart" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fiolet" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2024.104058" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03957027v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caitlin Comeau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon A Houle" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2023.103846" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649333v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1866-5888/a000303" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231179v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Mueller" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2023.1216450" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196657v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000307" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780889v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432X.2022.2127354" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03781071v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Vallerand" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Schellenberg" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-022-03442-y" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845511v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-022-03846-w" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367017v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Stinglhamber" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011211044581" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167486v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10596011231189587" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953642v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Tripodi" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Boudrias" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432x.2023.2170227" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03233259v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Sandrin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-021-01820-6" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04090478v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n T&#243;th-Kir&#225;ly" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Inhaber" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Houle" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joop.12433" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03917395v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10690727221148720" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196671v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2023.103917" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04231175v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Js Morin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;andre-Alexis Ch&#233;nard-Poirier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhonda Craven" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Mooney" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03128962231196325" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217689v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Ndiaye" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-021-01807-3" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741381v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Berjot" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12423" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322859v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2021.1959917" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03280263v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.J.S. Morin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Fernet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Suarez" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432X.2021.1950140" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214995v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.13330" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03556346v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2022.103695" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03279701v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre J. S. Morin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsey Nadon" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913715v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Forest" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-020-00972-1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715953v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillet Nicolas" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/str0000265" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04196683v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Mokounkolo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandrine Ceschiutti" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Coillot" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.854.0267" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780887v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cdq.12304" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03711445v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Sandrin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tate.2022.103781" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03256883v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12323" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161652v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;andre Alexis Ch&#233;nard-Poirier" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10869-021-09734-7" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03548387v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Courbalay" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Brandet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Girard" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10902-021-00489-9" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03621565v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/SJOP.12810" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03650442v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/LODJ-01-2022-0030" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818542v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghozlane Fleury-Bahi" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.13829" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322598v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Drouin-Rousseau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.13433" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145403v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R&#233;veill&#232;re" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2020.1866174" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182311v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lejeune" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Ch&#234;nevert" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/CMAR.S284439" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071744v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smi.3014" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03008836v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1069072720978792" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03214984v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lorho" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jocn.15791" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03480562v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joeri Hofmans" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heiko Breitsohl" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Ceulemans" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/iop.2021.111" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545531v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/jmo.2021.71" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142259v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223980.2020.1781033" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397344v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jocn.15116" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02585962v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Huyghebaert" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.00812" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142249v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223891.2019.1591426" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140828v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Armant" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Durando" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17010142" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02406383v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Alibran" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Servane Barrault" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12227" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129498v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.596206" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03140824v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Odry" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15614263.2019.1658582" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145414v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Be&#225;ta B&#337;the" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-020-00828-8" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142257v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joop.12322" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03129517v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon A. Houle" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apps.12196" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142256v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Jeoffrion" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1059601119899182" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174110v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Depint-Rouault" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Leloup" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2019.1638683" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174104v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Le Gouge" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Pierre" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Bongro" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique M&#233;plaux" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpm.12544" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145576v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung Hyeon Cheon" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnmarshall Reeve" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youngsun Lee" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000306" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397435v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;line Audusseau" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.12666" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181721v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sklarik" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Benoist" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174113v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Depin&#8208;rouault" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smi.2873" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174098v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1866-5888/a000228" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02441104v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyane Bach-Ngohou" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Lesot" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-019-4724-7" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145618v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1359432X.2019.1575364" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174109v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Litalien" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryl&#232;ne Gagn&#233;" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ratelle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lindif.2019.01.005" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397390v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Burger" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Maillot" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.learninstruc.2017.11.003" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397528v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fadi-Joseph Lahiani" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Dubois-Fleury" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1523422318756955" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175166v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Desrumaux" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Nicolas" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph15112330" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03174195v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Bosselut" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jsbm.12312" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397499v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/ocp0000080" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318904v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bonnetain" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Dupont" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejon.2018.01.002" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H34LBRDT-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03176604v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Abraham" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10902-017-9867-9" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181735v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02319119v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.13524" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175179v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2016.06.001" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4MH7H8LJ-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397406v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beltou" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gimenes" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/str0000055" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175174v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyrone Perreira" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Hebert" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2017.12.004" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145604v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Lapointe" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02678373.2018.1502835" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397522v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2018.03.010" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175170v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2018.09.006" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318926v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Demulier" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2018.02429" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397493v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Tellier" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/smi.2820" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318920v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jvb.2018.09.005" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175184v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Malola" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dose" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cbs0000073" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03181683v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Manganelli" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Laurent" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397744v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Becker" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solene Kerhardy" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jonm.12466" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318915v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lejeune" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Coillot" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gillet" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michon" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dupont" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oncohp.2017.04.004" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175208v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cedpsych.2017.08.006" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397742v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bucourt" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-017-9368-z" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175201v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; Lafreni&#232;re" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mil0000179" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-02318876v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1043454217717238" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175206v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joop.12185" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109407v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.J. Vallerand" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2014.01.001" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QFZ1TK8Q-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397763v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.794.0339" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649421v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03657456v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Duquesnoy" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne L&#233;ger" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Vigier" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Dubourg" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medpal.2016.04.001" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109419v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Sandrin" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.prps.2016.02.003" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9P6FJ8XS-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397774v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.12894" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1ZPMD6FD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109412v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Le Ray-Landrein" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Colombat" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dubourg" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11839-016-0586-y" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397770v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00223980.2016.1154811" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04109416v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pto.2016.02.007" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JN0LMGWR-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397749v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2014.05.004" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397778v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-015-9505-y" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02520954v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Legrain" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gernigon" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jtpe.2014-0013" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01925592v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Amoura" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Cohen" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1024/1421-0185/a000156" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397775v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/sjp.2015.30" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03678232v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Bigot" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc-Andr&#233; K. Lafreni&#232;re" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1420-2530(16)30038-3" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-X7HFXJGM-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03184242v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emin Altintas" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11031-013-9379-9" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111947v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-03338471v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1069072712475288" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01730468v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Michinov" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Pronost" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jan.12144" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8FVH7HPF-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111997v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Amoura" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01973533.2012.674754" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111990v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rosnet" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7352/IJSP.2012.43.079" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111959v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#235;lle Girault-Lidvan" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15283488.2012.691254" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112010v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2011.00033" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112017v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Paty" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Gobanc&#233;" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1612197X.2010.9671937" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112378v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Paty" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.732.0141" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112361v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Scharnitzky" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/s0003503310003064" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04112205v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reunion.hal.science/hal-01232356v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Paquet" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/bupsy.502.0351" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04876994v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ems.cheva.2024.01.0159" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03279751v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunault" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177145v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Courcy" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177099v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649390v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Piazza" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177593v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Krakowski" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsladecouverte.fr/le_cancer___un_regard_sociologique-9782707195784" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177631v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Legrain" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03408268v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.berna.2016.01.0197" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>