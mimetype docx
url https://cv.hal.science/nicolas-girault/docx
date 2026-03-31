--- v0 (2026-03-07)
+++ v1 (2026-03-31)
@@ -407,267 +407,267 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03536544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">POISSY “ Rues du 11 novembre 1918, de la Libération et du 8 mai 1945 ” (Yvelines, Île-de-France). Évolution d’un secteur péri-urbain à Poissy du Ve au XIXe siècle</w:t>
+                <w:t xml:space="preserve">Poissy, rues du 11 novembre 1918, de la Libération et du 8 mai 1945 (Yvelines, Île-de-France), rapport de fouille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annelise Binois-Roman</w:t>
+                <w:t xml:space="preserve">Annelise Binois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Borvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Cardon</w:t>
+                <w:t xml:space="preserve">Thibault Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chantran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Service archéologique interdépartemental Yvelines - Hauts-de-Seine. 2019</w:t>
+              <w:t xml:space="preserve">[Rapport Technique] Service archéologique interdépartemental Yvelines/Hauts-de-Seine; Service régional de l'Archéologie Île-de-France. 2019, pp.1195</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03972914v1</w:t>
+                <w:t xml:space="preserve">hal-02365483v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poissy, rues du 11 novembre 1918, de la Libération et du 8 mai 1945 (Yvelines, Île-de-France), rapport de fouille</w:t>
+                <w:t xml:space="preserve">POISSY “ Rues du 11 novembre 1918, de la Libération et du 8 mai 1945 ” (Yvelines, Île-de-France). Évolution d’un secteur péri-urbain à Poissy du Ve au XIXe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annelise Binois</w:t>
+                <w:t xml:space="preserve">Annelise Binois-Roman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Borvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Cardon</w:t>
+                <w:t xml:space="preserve">T. Cardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Chantran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport Technique] Service archéologique interdépartemental Yvelines/Hauts-de-Seine; Service régional de l'Archéologie Île-de-France. 2019, pp.1195</w:t>
+              <w:t xml:space="preserve">Service archéologique interdépartemental Yvelines - Hauts-de-Seine. 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02365483v1</w:t>
+                <w:t xml:space="preserve">halshs-03972914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poissy « Chemin de Poncy » (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
               </w:r>
@@ -1089,244 +1089,244 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02365878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Essarts-le-Roi « Rue de l’Artoire » (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Villepreux « Le Prieuré » Phase 2 (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gauduchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Debout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Domenech-Jaulneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Girault</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l’Archéologie d'Île-de-France; Service archéologique départemental des Yvelines. 2016, pp.48</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Jeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l’Archéologie d'Île-de-France; Service archéologique interdépartemental Yvelines/Hauts-de-Seine. 2016, pp.132</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03871409v1</w:t>
+                <w:t xml:space="preserve">hal-03871363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Mureaux « La Motte » (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Les Essarts-le-Roi « Rue de l’Artoire » (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gauduchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Girault</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l’Archéologie d'Île-de-France; Service archéologique départemental des Yvelines. 2016, pp.48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yann Le Jeune</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-03871388v1</w:t>
+                <w:t xml:space="preserve">hal-03871409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Villepreux « Le Prieuré » Phase 2 (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
+                <w:t xml:space="preserve">Les Mureaux « La Motte » (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gauduchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Debout</w:t>
@@ -1340,87 +1340,87 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cynthia Domenech-Jaulneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Jeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Service régional de l’Archéologie d'Île-de-France; Service archéologique interdépartemental Yvelines/Hauts-de-Seine. 2016, pp.132</w:t>
+              <w:t xml:space="preserve">Service régional de l’Archéologie d'Île-de-France; Service archéologique interdépartemental Yvelines/Hauts-de-Seine. 2016, pp.174</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03871363v1</w:t>
+                <w:t xml:space="preserve">hal-03871388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poissy, Avenue Meissonier, rue de la Gare, (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
               </w:r>
@@ -1715,250 +1715,250 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02365914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Villepreux « Le Prieuré » Phase 1 (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chapet, Les Planes (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Girault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Gauduchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Service régional de l’Archéologie d'Île-de-France; Service archéologique départemental des Yvelines. 2015, pp.56</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin van den Bossche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Lallau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Service archéologique interdépartemental Yvelines/Hauts-de-Seine; Service régional de l'Archéologie Île-de-France. 2015, pp.58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03871462v1</w:t>
+                <w:t xml:space="preserve">hal-02365905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapet, Les Planes (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Villepreux « Le Prieuré » Phase 1 (Yvelines, Île-de-France). Rapport de diagnostic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Gauduchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Debout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cynthia Domenech-Jaulneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Le Jeune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Service régional de l’Archéologie d'Île-de-France; Service archéologique départemental des Yvelines. 2015, pp.56</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Lallau</w:t>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">hal-02365905v1</w:t>
+                <w:t xml:space="preserve">hal-03871462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Mureaux « Les Herbages » (Yvelines, Île-de-France). Rapport de diagnostic,</w:t>
               </w:r>
@@ -2225,51 +2225,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution d'un quartier péri-urbain du Moyen Âge à l'Epoque contemporaine à Poissy (Yvelines)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Girault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yann Le Jeune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Soulat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3234,51 +3234,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F22B31E3"/>
+    <w:nsid w:val="45DBE8A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3465,51 +3465,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-girault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4880-4951" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155012v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Desforges" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536544v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03972914v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois-Roman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cardon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chantran" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365483v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871952v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Van den Bossche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bustos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;s Corona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Debout" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Encelot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871263v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gauduchon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Broux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Domenech-Jaulneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Leroyer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871344v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365878v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin van den Bossche" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871409v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871388v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Jeune" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871363v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365873v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872096v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365914v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Soulat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871462v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365905v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lallau" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872241v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872273v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Jaulneau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Barat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365562v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365626v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365788v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365777v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365810v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365852v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Pa&#239;n" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Doridot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hunot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718012v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718022v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fluzin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718076v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Vivet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00202682v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Gar&#231;on" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colliou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aranda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dillmann" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-girault" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4880-4951" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04155012v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Girault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-David Desforges" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03536544v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365483v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Cardon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chantran" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03972914v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelise Binois-Roman" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cardon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871952v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Van den Bossche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bustos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alo&#239;s Corona" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Debout" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Encelot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871263v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Gauduchon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Broux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Domenech-Jaulneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Leroyer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871344v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365878v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin van den Bossche" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871363v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Le Jeune" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871409v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871388v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365873v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872096v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365914v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Soulat" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365905v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Lallau" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871462v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872241v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Blin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03872273v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cynthia Jaulneau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Barat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365562v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365626v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365788v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365777v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365810v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02365852v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Pa&#239;n" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Doridot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Hunot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718012v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718022v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fluzin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718076v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Vivet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00202682v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Fran&#231;oise Gar&#231;on" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Colliou" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Aranda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dillmann" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>