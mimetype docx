--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -66,1626 +66,1626 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (38)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (39)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ancient dog mitogenomes support the dual dispersal of dogs and agriculture into South America</w:t>
+                <w:t xml:space="preserve">New insights into the domestication process of south American camelids at Telarmachay (Peru) from 9,000 to 4,500 years before present (BP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Manin</w:t>
+                <w:t xml:space="preserve">Manon Le Neün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regis Debruyne</w:t>
+                <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Lin</w:t>
+                <w:t xml:space="preserve">Dimitri Neaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ophélie Lebrasseur</w:t>
+                <w:t xml:space="preserve">S Bréhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evangelos Antonios Dimopoulos</w:t>
+                <w:t xml:space="preserve">Denis Fiorillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 292 (2049), pp.20242443. </w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 376, pp.109819. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspb.2024.2443⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2026.109819⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05118132v1</w:t>
+                <w:t xml:space="preserve">hal-05547961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction : L'archéologie dans les Amériques aujourd'hui</w:t>
+                <w:t xml:space="preserve">Ancient dog mitogenomes support the dual dispersal of dogs and agriculture into South America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Alix</w:t>
+                <w:t xml:space="preserve">Aurélie Manin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+                <w:t xml:space="preserve">Regis Debruyne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Bérard</w:t>
+                <w:t xml:space="preserve">Audrey Lin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Payraud</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ophélie Lebrasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelos Antonios Dimopoulos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IdeAs : idées d'Amérique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 292 (2049), pp.20242443. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspb.2024.2443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04740178v1</w:t>
+                <w:t xml:space="preserve">hal-05118132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasijas para legitimar el poder. El caso de los cántaros &amp;quot;prisioneros&amp;quot; de la cultura mochica del Perú</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Des lamas dans le désert : adaptations environnementales, pratiques pastorales et sacrifice animal sur la côte nord du Pérou (100-1532 de n. è.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Elena Vega Obeso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Americae. European Journal of Americanist Archaeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Comptes-rendus des séances de l'Académie des inscriptions et belles-lettres</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2023 (1), pp.89-104. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/CRA.2023.1.202303⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05089121v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des lamas dans le désert : adaptations environnementales, pratiques pastorales et sacrifice animal sur la côte nord du Pérou (100-1532 de n. è.)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Introduction : L'archéologie dans les Amériques aujourd'hui</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Alix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Payraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comptes-rendus des séances de l'Académie des inscriptions et belles-lettres</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IdeAs : idées d'Amérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04855613v1</w:t>
+                <w:t xml:space="preserve">hal-04740178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can first phalanx multivariate morphometrics help document past taxonomic diversity in South American camelids?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Vasijas para legitimar el poder. El caso de los cántaros &amp;quot;prisioneros&amp;quot; de la cultura mochica del Perú</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Coat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jane Wheeler</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Belkys Gutiérrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Enrique Rengifo Chunga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Vega Obeso</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Americae. European Journal of Americanist Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9, https://americae.fr/articles/vasijas-legitimar-poder-caso-cantaros-prisioneros-cultura-mochica-peru/</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03867122v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05089121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DOCUMENTING PAST SOUTH AMERICAN CAMELID DIVERSITY AT TELARMACHAY (PUNA OF JUNÍN, PERU) USING FIRST PHALANGES MORPHOMETRICS</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">Can first phalanx multivariate morphometrics help document past taxonomic diversity in South American camelids?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Le Neün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jane C Wheeler</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Neaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Cucchi</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jane Wheeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revista de Arqueologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 36 (3), pp.26-37. </w:t>
+              <w:t xml:space="preserve">Journal of Archaeological Science: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 47, pp.103708. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24885/sab.v36i3.1039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jasrep.2022.103708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04271905v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03867122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Settlement dynamics, subsistence economies and climate change during the late Holocene at Nunura Bay (Sechura Desert, Peru): A multiproxy approach</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DOCUMENTING PAST SOUTH AMERICAN CAMELID DIVERSITY AT TELARMACHAY (PUNA OF JUNÍN, PERU) USING FIRST PHALANGES MORPHOMETRICS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Le Neün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentina Villa</w:t>
+                <w:t xml:space="preserve">Jane C Wheeler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bermeo</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Cucchi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0281545⟩</w:t>
+              <w:t xml:space="preserve">Revista de Arqueologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 36 (3), pp.26-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24885/sab.v36i3.1039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04040519v1</w:t>
+                <w:t xml:space="preserve">hal-04271905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Holocene occupation of the Andean highlands: a new radiocarbon chronology for the Telarmachay rockshelter (Central Andes, Peru)</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Settlement dynamics, subsistence economies and climate change during the late Holocene at Nunura Bay (Sechura Desert, Peru): A multiproxy approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Villa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bermeo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Tombret</w:t>
+                <w:t xml:space="preserve">Christine Lefèvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Thil</w:t>
+                <w:t xml:space="preserve">Philippe Béarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 312, pp.108146. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 18 (3), pp.e0281545. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2023.108146⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0281545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04135375v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camélidos de contextos cazadores recolectores de la Puna Seca del Desierto de Atacama (extremo norte de Chile): hacia una comprensión de las interacciones humano-animal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Holocene occupation of the Andean highlands: a new radiocarbon chronology for the Telarmachay rockshelter (Central Andes, Peru)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Le Neün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camila Castillo</w:t>
+                <w:t xml:space="preserve">Olivier Tombret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marcela Sepúlveda</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+                <w:t xml:space="preserve">François Thil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estudios Atacameños</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.22199/issn.0718-1043-2022-0036⟩</w:t>
+              <w:t xml:space="preserve">Quaternary Science Reviews</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 312, pp.108146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.quascirev.2023.108146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03952865v1</w:t>
+                <w:t xml:space="preserve">hal-04135375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huaca Amarilla, un espace funéraire andin unique dédié à l’inhumation de fœtus, de nouveau-nés, de nourrissons et de jeunes enfants du IXe au XVe siècle (Désert de Sechura, Pérou)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Camélidos de contextos cazadores recolectores de la Puna Seca del Desierto de Atacama (extremo norte de Chile): hacia una comprensión de las interacciones humano-animal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Castillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Dausse</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Marcela Sepúlveda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugenia Gayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Belkys Gutiérrez</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 34 (1), </w:t>
+              <w:t xml:space="preserve">Estudios Atacameños</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 68, pp.e5173. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/bmsap.9660⟩</w:t>
+                <w:t xml:space="preserve">⟨10.22199/issn.0718-1043-2022-0036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03789790v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03952865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Untangling the fibre ball: Proteomic characterization of South American camelid hair fibres by untargeted multivariate analysis and molecular networking</w:t>
+                <w:t xml:space="preserve">Huaca Amarilla, un espace funéraire andin unique dédié à l’inhumation de fœtus, de nouveau-nés, de nourrissons et de jeunes enfants du IXe au XVe siècle (Désert de Sechura, Pérou)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Azémard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Lucie Dausse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarissa Cagnato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jane Wheeler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+                <w:t xml:space="preserve">Belkys Gutiérrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jprot.2020.104040⟩</w:t>
+              <w:t xml:space="preserve">Bulletins et Mémoires de la Société d'anthropologie de Paris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bmsap.9660⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03209364v1</w:t>
+                <w:t xml:space="preserve">hal-03789790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eat and Die: The Last Meal of Sacrificed Chimú Camelids at Huanchaquito-Las Llamas, Peru, as Revealed by Starch Grain Analysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Untangling the fibre ball: Proteomic characterization of South American camelid hair fibres by untargeted multivariate analysis and molecular networking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Azémard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Wheeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">John Verano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Latin American Antiquity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/laq.2021.19⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 231, pp.104040. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2020.104040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03498828v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03209364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First Contributions of Charcoal Analysis to the Study of the Specialised Fishing Site of Bayovar-01 (5th–8th Centuries AD), Extreme Northern Coast of Peru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bermeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elliott Michelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkys Gutiérrez Léon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1709,5257 +1709,5391 @@
               <w:t xml:space="preserve">Environmental Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 26 (2), pp.146-158. </w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/14614103.2018.1563981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02190009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camelid Gastrointestinal Parasites from the Archaeological Site of Huanchaquito (Peru): First Results</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Eat and Die: The Last Meal of Sacrificed Chimú Camelids at Huanchaquito-Las Llamas, Peru, as Revealed by Starch Grain Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clarissa Cagnato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elliott Michelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Le Bailly</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Gabriel Prieto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Verano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Archaeology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Latin American Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 32 (3), pp.595-611. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14614103.2018.1558804⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/laq.2021.19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02190007v1</w:t>
+                <w:t xml:space="preserve">hal-03498828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herds for the Gods? Selection Criteria and Herd Management at the Mass Sacrifice Site of Huanchaquito-Las Llamas During the Chimú Period, Northern Coast of Peru</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Camelid Gastrointestinal Parasites from the Archaeological Site of Huanchaquito (Peru): First Results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Le Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Prieto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Verano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14614103.2018.1541956⟩</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14614103.2018.1558804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01968636v1</w:t>
+                <w:t xml:space="preserve">hal-02190007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Past Andean Pastoralism: A Reconsidered Diversity. Introduction to the Special Issue</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Herds for the Gods? Selection Criteria and Herd Management at the Mass Sacrifice Site of Huanchaquito-Las Llamas During the Chimú Period, Northern Coast of Peru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Prieto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Verano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14614103.2019.1619981⟩</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14614103.2018.1541956⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190010v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01968636v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Life History and Origin of the Camelids Provisioning a Mass Killing Sacrifice During the Chimú Period: Insight from Stable Isotopes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Past Andean Pastoralism: A Reconsidered Diversity. Introduction to the Special Issue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">John Verano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/14614103.2018.1498165⟩</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14614103.2019.1619981⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01968634v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enfants sacrifiés sur l’autel... d’El Niño ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Life History and Origin of the Camelids Provisioning a Mass Killing Sacrifice During the Chimú Period: Insight from Stable Isotopes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Le Neün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Prieto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Verano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour la science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14614103.2018.1498165⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03092791v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01968634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamiques socio-environnementales passées sur le littoral du Désert de Sechura (nord-Pérou) : les apports d’une approche géoarchéologique pluri-échelle</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Les enfants sacrifiés sur l’autel... d’El Niño ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Pour la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 515, pp.56-64</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03625413v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03092791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El Niño et l’archéologie andine. Les deux faces d’un phénomène hors-norme</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Dynamiques socio-environnementales passées sur le littoral du Désert de Sechura (nord-Pérou) : les apports d’une approche géoarchéologique pluri-échelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Christol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Villa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dossiers d'Archéologie. Hors-Série</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dynamiques Environnementales - Journal international des géosciences et de l’environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 46, pp.90-106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/dynenviron.2987⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03092792v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03625413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New Bioarchaeological Evidence and Radiocarbon Dates from the Lambayeque/Sicán Culture Camelids from the El Brujo Complex (Northern Coast of Peru): Implications for Funerary and Herd Management Practices</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">El Niño et l’archéologie andine. Les deux faces d’un phénomène hors-norme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Archaeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Dossiers d'Archéologie. Hors-Série</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 401, pp.62-67</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14614103.2018.1556960⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01968637v1</w:t>
+                <w:t xml:space="preserve">hal-03092792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From warless to warlike times in the Central Andes: the origins of institutional war between Moche and Casma Valleys, northern coast of Peru</w:t>
+                <w:t xml:space="preserve">New Bioarchaeological Evidence and Radiocarbon Dates from the Lambayeque/Sicán Culture Camelids from the El Brujo Complex (Northern Coast of Peru): Implications for Funerary and Herd Management Practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Chamussy</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Francisca Santana-Sagredo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régulo Franco Jordán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Americae. European Journal of Americanist Archaeology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14614103.2018.1556960⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02106894v1</w:t>
+                <w:t xml:space="preserve">hal-01968637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A mass sacrifice of children and camelids at the Huanchaquito-Las Llamas site, Moche Valley, Peru</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">From warless to warlike times in the Central Andes: the origins of institutional war between Moche and Casma Valleys, northern coast of Peru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Chamussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Americae. European Journal of Americanist Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 4, pp.7-36</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02081113v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02106894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">¿Festejando con los señores mochicas? Hacia una revaluación de los festines y comidas rituales prehispánicos en los Andes centrales</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A mass sacrifice of children and camelids at the Huanchaquito-Las Llamas site, Moche Valley, Peru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Prieto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John W Verano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walter Alva</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Douglas Kennett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Quilter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Latin American Antiquity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/laq.2018.2⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 14 (3), pp.e0211691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0211691⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01968633v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02081113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Las Salinas palaeo-lagoon in the Sechura Desert (Peru): Evolution during the last two millennia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurelien Christol</w:t>
+                <w:t xml:space="preserve">¿Festejando con los señores mochicas? Hacia una revaluación de los festines y comidas rituales prehispánicos en los Andes centrales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wuscher Patrice</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Walter Alva</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Holocene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0959683616646182⟩</w:t>
+              <w:t xml:space="preserve">Latin American Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 29 (02), pp.331-349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/laq.2018.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01333052v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01968633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude géoarchéologique multiproxy de la paléo-lagune Las Salinas dans le désert de Sechura (Pérou)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+                <w:t xml:space="preserve">The Las Salinas palaeo-lagoon in the Sechura Desert (Peru): Evolution during the last two millennia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wuscher Patrice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mogollon Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béarez Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/nda.3277⟩</w:t>
+              <w:t xml:space="preserve">The Holocene</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (1), pp.26-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0959683616646182⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01333057v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01333052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sacrificios de niños, adolescentes y camélidos jóvenes durante el Intermedio Tardío en la periferia de Chan Chan, valle de Moche, costa norte del Perú</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Etude géoarchéologique multiproxy de la paléo-lagune Las Salinas dans le désert de Sechura (Pérou)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Christol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Katia Valladares</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béarez Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wuscher Patrice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juan Vilela</w:t>
+                <w:t xml:space="preserve">Gutiérrez Belkys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arqueología y Sociedad</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Nouvelles de l'archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Environnement et sociétés, 142, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nda.3277⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01852214v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01333057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pastoralism in Northern Peru during Pre-Hispanic Times: Insights from the Mochica Period (100–800 AD) Based on Stable Isotopic Analysis of Domestic Camelids</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">The fishermen of Sechura: excavations at a specialised site from the Early Intermediate Period, extreme northern Peru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béarez Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Christol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gutiérrez Belkys</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wuscher Patrice</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 88 (340)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-01886230v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01333061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The fishermen of Sechura: excavations at a specialised site from the Early Intermediate Period, extreme northern Peru</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Pastoralism in Northern Peru during Pre-Hispanic Times: Insights from the Mochica Period (100–800 AD) Based on Stable Isotopic Analysis of Domestic Camelids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkys Gutiérrez Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Chauchat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régulo Franco Jordán</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiquity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (1), pp.e87559. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0087559⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01333061v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01886230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depósitos funerarios de anfisbenios o “serpientes de dos cabezas” en la Plataforma Uhle, Huacas de Moche, Perú</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Sacrificios de niños, adolescentes y camélidos jóvenes durante el Intermedio Tardío en la periferia de Chan Chan, valle de Moche, costa norte del Perú</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Prieto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Lefevre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Belkys Gutiérrez</w:t>
+                <w:t xml:space="preserve">Katia Valladares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juan Vilela</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anthropozoologica</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Arqueología y Sociedad</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 27, pp.255-296</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02092731v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01852214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origen geográfico de camélidos en el periodo mochica (100-800 AD) y análisis isotópico secuencial del esmalte dentario: enfoque metodológico y aportes preliminares</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Depósitos funerarios de anfisbenios o “serpientes de dos cabezas” en la Plataforma Uhle, Huacas de Moche, Perú</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvador Bailon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkys Gutiérrez</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claude Chauchat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bulletin de l'Institut Francais d'Etudes Andines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/bifea.869⟩</w:t>
+              <w:t xml:space="preserve">Anthropozoologica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 48 (2), pp.487-505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5252/az2013n2a19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01847451v1</w:t>
+                <w:t xml:space="preserve">hal-02092731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New zooarchaeological and funerary perspectives on Mochica culture (a.d. 100–800), Peru</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Métaphysique du sexe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Field Archaeology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Le Nouvel observateur. Hors-série</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 85, pp.19</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01845080v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01878657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Métaphysique du sexe</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">New zooarchaeological and funerary perspectives on Mochica culture (a.d. 100–800), Peru</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Nouvel observateur. Hors-série</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Field Archaeology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 37 (2), pp.104-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1179/0093469012Z.00000000010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01878657v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01845080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les civilisations précolombiennes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Origen geográfico de camélidos en el periodo mochica (100-800 AD) y análisis isotópico secuencial del esmalte dentario: enfoque metodológico y aportes preliminares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkys Gutiérrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Chauchat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Petit Léonard</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Bulletin de l'Institut Francais d'Etudes Andines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 42 (1), pp.25-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/bifea.869⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01878662v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01847451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les seigneurs mochica: art, mort et sacrifice</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Les civilisations précolombiennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archéologia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 476, pp.36-49</w:t>
+              <w:t xml:space="preserve">Le Petit Léonard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 149, pp.16-31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01850720v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01878662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Llama and the Deer: Dietary and Symbolic Dualism in the Central Andes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anthropozoologica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, Viandes et sociétés : les consommations ordinaires et extraordinaires, 45 (1), pp.25-45. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5252/az2010n1a2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01851693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Or des Amériques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Les seigneurs mochica: art, mort et sacrifice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archéologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 466, pp.18-27</w:t>
+              <w:t xml:space="preserve">, 2010, 476, pp.36-49</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01850721v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01850720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La plataforma Uhle en Moche; una sintesis de los descubrimientos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Chauchat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkys Gutiérrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daphné Deverly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Bernard Huchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista del Museo de Arqueología, Antropología e Historia, Universidad Nacional de Trujillo, Facultad de ciencias Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 11, pp.85-111</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00468684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Or des Amériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archéologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 466, pp.18-27</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01850721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent Holocene climatic and environmental variability and its impact on pre-Hispanic populations in the Sechura Desert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkys Gutiérrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segundo Vásquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAA 90th Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Society for American Archaeology, Apr 2025, Denver (Colorado), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05086900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palaeoproteomics of Andean Camelid Fibers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youri van den Hurk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Zirah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Association for Archaeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Association for Archaeologists, Aug 2024, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04718631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ZooMS and Palaeoproteomic Analysis on two Charismatic Taxonomic Groups: Whales (Collagen) and South American Camelids (Keratin)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youri van den Hurk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Zirah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Integrating ZooMS and Zooarchaeology (IZAZ) 2nd workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aurélie Artizzu; Annelise Binois-Roman; Giulia Gallo; Raija Heikkilä; Pauline Raymond, Nov 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05043736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Telarmachay revisité : nouvelles datations radiocarbone du plus ancien centre de domestication des camélidés andins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Le Neün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Zazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Tombret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Thil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e journée annuelle du Réseau Francophone du Radiocarbone et autres cosmonucléides : Analyses et Interprétation (REFRAIN 14C)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03956145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meat source, sacrificial item and companion: A comparative look at the genomics of dogs in pre-Hispanic Mexico and Peru, and its legacy in modern populations</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Prácticas pastorales en el desierto de Sechura en la época prehispánica a través del análisis isotópico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Fiorillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkys Gutiérrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Segundo Vásquez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th meeting of the ICAZ AGPM Working Group</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Oulu, Finland</w:t>
+              <w:t xml:space="preserve">IV meeting of the ICAZ NZWG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Recife, Brasil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03537558v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03953296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New insights in early domestication process of South American Camelids</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Reconstitutions des dynamiques socio-environnementales à l’Holocène récent dans le Désert de Sechura (Pérou) : les apports d’une approche géoarchéologique multi-site et multi-proxy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Christol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentina Villa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IV Reunión Académica del NZWG-ICAZ En homenaje a Luz Segura, Zooarqueología, sociedades tradicionales, biodiversidad y cambios climáticos: integrando perspectivas entre pasado y future</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Recife (Online), Brazil</w:t>
+              <w:t xml:space="preserve">41e Rencontres internationales d’Archéologie et d’Histoire de Nice Côte d’Azur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03812123v1</w:t>
+                <w:t xml:space="preserve">hal-03525177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domestication process of South American Camelids at Telarmachay in Peru : New insights from 3D geometric morphometrics of astragal bones</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dimitri Neaux</w:t>
+                <w:t xml:space="preserve">Meat source, sacrificial item and companion: A comparative look at the genomics of dogs in pre-Hispanic Mexico and Peru, and its legacy in modern populations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Manin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Élise Dufour</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jane Wheeler</w:t>
+                <w:t xml:space="preserve">Christophe Hitte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Debruyne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Joncour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 9th meeting of the ICAZ Archaeozoology, Genetics, Proteomics and Morphometrics (AGPM) Working Group</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, University of Oulu (online), Finland</w:t>
+              <w:t xml:space="preserve">9th meeting of the ICAZ AGPM Working Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Oulu, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03812107v1</w:t>
+                <w:t xml:space="preserve">mnhn-03537558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstitutions des dynamiques socio-environnementales à l’Holocène récent dans le Désert de Sechura (Pérou) : les apports d’une approche géoarchéologique multi-site et multi-proxy</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Domestication process of South American Camelids at Telarmachay in Peru : New insights from 3D geometric morphometrics of astragal bones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Le Neün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Neaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Wheeler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">41e Rencontres internationales d’Archéologie et d’Histoire de Nice Côte d’Azur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Nice, France</w:t>
+              <w:t xml:space="preserve">The 9th meeting of the ICAZ Archaeozoology, Genetics, Proteomics and Morphometrics (AGPM) Working Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, University of Oulu (online), Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03525177v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03812107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prácticas pastorales en el desierto de Sechura en la época prehispánica a través del análisis isotópico</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">New insights in early domestication process of South American Camelids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Le Neün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Zazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Neaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IV meeting of the ICAZ NZWG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Recife, Brasil</w:t>
+              <w:t xml:space="preserve">IV Reunión Académica del NZWG-ICAZ En homenaje a Luz Segura, Zooarqueología, sociedades tradicionales, biodiversidad y cambios climáticos: integrando perspectivas entre pasado y future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Recife (Online), Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03953296v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03812123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstitutions Des Dynamiques Socio-Environnementales à l'Holocène Récent Dans Le Secteur de Nunura (Désert de Sechura, Pérou) à Partir Du Croisement de Données Multi-Proxy Intra- et Extra-Site</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quaternaire 12</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02526713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PROJET CEPOSE - Changements Environnementaux et réponses des Populations dans le désert de SEchura à l'Holocène récent. Origine, gestion et archivage des données</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Jacques Bahain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ATELIER DOPAMINE - Les données en sciences du patrimoine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, DIM Matériaux Anciens et Patrimoniaux, May 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02611388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prácticas y lugares de crianza de los camélidos: las tierras bajas del norte del Perú</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Côte ou Sierra ? L’origine des laines préhispaniques remise en question par les analyses archéozoologiques et biogéochimiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">III Taller Arqueología e Isótopos en el sur de Sudamérica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Pica, Chile</w:t>
+              <w:t xml:space="preserve">VIIIe Colloque International sur les Textiles Amérindiens. Bruxelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03953333v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03953331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Côte ou Sierra ? L’origine des laines préhispaniques remise en question par les analyses archéozoologiques et biogéochimiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Prácticas y lugares de crianza de los camélidos: las tierras bajas del norte del Perú</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VIIIe Colloque International sur les Textiles Amérindiens. Bruxelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">III Taller Arqueología e Isótopos en el sur de Sudamérica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Pica, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03953331v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03953333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domesticación de los camélidos en Telarmachay: nuevas investigaciones zooarqueológicas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Le Neün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cucchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">El pastoralismo andino en la época prehispánica: enfoque interdisciplinario y nuevas perspectivas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nicolas Goepfert y Élise Dufour, Apr 2019, Lima, Perú</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03146230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Donde fueron criadas mis llamas? Que nos dicen los isotopos estables de la alimentación y de las prácticas de crianza en la costa norte del Perú</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">El pastoralismo andino a la época prehispánica: enfoque interdisciplinario y nuevas perspectivas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Lima, Perú</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03953319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Decorated bird bones from Bayovar-01 Site (Peru)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Béarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkys Gutiérrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segundo Vásquez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th ICAZ Bird Working Group Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Sheffield, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02402273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contributions of charcoal analysis to the study of the specialized fishing site of Bayovar-01 (5th-8th centuries AD), northern coastal Peru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bermeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elliott Michelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkys Gutiérrez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23rd Annual Meeting of the European Association of Archaeologists</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Maastricht, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03959984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayovar 1: A fish-processing camp in the Sechura Desert (Northern Peru) during pre-Hispanic times</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béarez Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Christol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th FRWG, Fishing through time, Archaeoichthyology, Biodiversity, Ecology and Human Impact on Aquatic Environments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Lisbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01333079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géoarchéologie sur le littoral du désert de Sechura (Pérou) : approche méthodologique et premiers résultats pour la dépression de Las Salinas Sur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wuscher Patrice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque du GMPCA (Archéométrie)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01333075v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subsistence economies and environmental dynamics in the Sechura Desert (extreme Northern Peru) during pre-Hispanic times: preliminary results</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Importance of correlation between C14 chronology of Bayovar-01 site and C14 chronostratigraphy of the deposits of the Las Salinas Sur coastal depression: Evidence the time of occupation, the palaeogeographic setting and the timing of environmental changes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Christol</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICAZ, 12th International Conference of Archaeozoology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2014, San Rafael, Argentina</w:t>
+              <w:t xml:space="preserve">American phases chronology, rapid changes and crises: ultimate symposium of the GDRE "Past Crises in Americas"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Royaumont, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01333071v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01333074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Importance of correlation between C14 chronology of Bayovar-01 site and C14 chronostratigraphy of the deposits of the Las Salinas Sur coastal depression: Evidence the time of occupation, the palaeogeographic setting and the timing of environmental changes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Subsistence economies and environmental dynamics in the Sechura Desert (extreme Northern Peru) during pre-Hispanic times: preliminary results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béarez Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mogollon Valentin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Christol</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American phases chronology, rapid changes and crises: ultimate symposium of the GDRE "Past Crises in Americas"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2014, Royaumont, France</w:t>
+              <w:t xml:space="preserve">ICAZ, 12th International Conference of Archaeozoology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, San Rafael, Argentina</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01333074v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01333071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Domestication of South American Camelids: new Archaeological investigations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Le Neün</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cucchi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">the World Meeting on Heritage, Sciences and Technologies and The Scientific Symposium Frontiers in Heritage Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03146224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuel Use and Management at the Specialized Fishing Site of Bayovar-01 in Northern Coastal Peru (5th–8th Centuries AD), Contributions of Charcoal Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bermeo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michelle Elliott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkys Gutiérrez León</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segundo Vásquez Sánchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">83rd Annual Meeting of the Society for American Archaeology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Washington, DC, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03978562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoarchaeological results on the Northern Peruvian coast: environmental changes and societal responses in the Sechura Desert during the last two millennia.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Carré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Wuscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vittori Cécile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Vienna, Austria. 19, Geophysical Research Abstracts</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01678585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6969,212 +7103,212 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'archéologie dans les Amériques aujourd'hui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Bérard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Payraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IdeAs : idées d'Amérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04736485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Past Andean Pastoralism: A Reconsidered Diversity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03953254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7184,368 +7318,368 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atlas de l’Amérique précolombienne. Des premiers peuplements à la Conquête</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Faugère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autrement, 2022, 978-2-7467-6019-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03789808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Las sociedades andinas frente a los cambios pasados y actuales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segundo Vásquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Christol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">IFEA, 43, 2016, Actes et mémoires, 978-9972-623-99-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01442763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Las sociedades andinas frente a los cambios pasados y actuales: dinámicas territoriales, crisis, fronteras y movilidades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segundo Vásquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Clément</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Christol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Goepfert, Nicolas and Vásquez, Segundo and Clément, Camille and Christol, Aurélien. IFEA-LabEx DynamiTe-UNT, 2016, Actes &amp; memoires de l'Institut français d'études andines ; 43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frayer la route d’un monde inversé. Sacrifice et offrandes animales dans la culture Mochica (100-800 apr. J.-C.), côte nord du Pérou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archeopress, 2011, BAR International series ; 2278, Paris monographs in American archaeology ; 28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01922126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7555,1622 +7689,1622 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La côte nord du Pérou. Un El Dorado fantasmé en péril</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Teyssandier Nicolas; François Bétard; Stéphane Bourdin; Françoise Gourmelon. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas des sites archéologiques menacés. Patrimoine à protéger</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Edition Le Cherche Midi; CNRS, pp.96-99, 2023, 9782749177052</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04386162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Au temps des Mochicas. Naissance des proto-États andins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Faugère Brigitte; Goepfert Nicolas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l’Amérique précolombienne. Des premiers peuplements à la Conquête</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Autrement, pp.60-61, 2022, 978-2-7467-6019-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03789823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lambayeque-Sicán vs Chimús. Recomposition politique de la côte nord du Pérou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Faugère Brigitte; Goepfert Nicolas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l’Amérique précolombienne. Des premiers peuplements à la Conquête</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Autrement, pp.70-71, 2022, 978-2-7467-6019-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03789845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les différentes aires culturelles des Amériques précoloniales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Faugère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Faugère Brigitte; Goepfert Nicolas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas de l'Amérique précolombienne. Du peuplement à la Conquête</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Autrement, pp.10-11, 2022, 978-2-7467-6019-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03898694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sans pieds ou avec prothèse : la place des individus amputés dans la société Mochica, côte nord du Pérou (Ier-IXe siècle de notre ère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Delattre Valérie; Sallem Ryadh. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prothèses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Inrap-Archéologie du Handicap, pp.97-102, 2021, 978-2-9534278-2-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03498838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental changes and population responses in the Sechura Desert during the late Holocene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentina. Villa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lefevre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Correa-Trigoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Béarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Tsirtsoni Zoï; Kuzucuoğlu Catherine; Nondédéo Philippe; Weller Olivier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Different times? Archaeological and environmental data from intra-site and off-site sequences. Proceedings of the XVIII UISSP World Congress (4-9 June 2018, Paris, France), volume 4, Session II-8</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Archaeopress, pp.77-93, 2020, 978-1-78969-651-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03092790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subsistence economies in margin areas with natural constraints: interactions between social dynamics, natural resource management and paleoenvironment in the Sechura Desert, Peru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béarez Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Wuscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gutierrez Belkys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gabriel Prieto; Daniel H. Sandweiss. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Maritime Communities of the Ancient Andes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University Press of Florida, pp.301-317, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02426887v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les premières sociétés agricoles américaines</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">La presencia Lambayeque/Sicán en el desierto de Sechura (extremo norte del Perú): primeros resultados de las excavaciones en Huaca Amarilla</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkys Gutiérrez Léon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Segundo Vásquez Sánchez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Une histoire des civilisations. Comment l’archéologie bouleverse nos connaissances</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Éditions La Découverte-INRAP, pp.219-224, 2018</w:t>
+              <w:t xml:space="preserve">Actas del III Ccongreso Nacional de Arqueología</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, Ministerio de Cultura, pp.28-38, 2018, 978-612-4391-06-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01968638v1</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01968643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wol van kameelachtigen: een onvermoede verscheidenheid</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Les premières sociétés agricoles américaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elliott Michelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Demoule Jean-Paul; Garcia Dominique; Scnapp Alain. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inca. Textiel en tooi uit de Andes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Ludion, pp.13-19, 2018</w:t>
+              <w:t xml:space="preserve">Une histoire des civilisations. Comment l’archéologie bouleverse nos connaissances</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Éditions La Découverte-INRAP, pp.219-224, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01968642v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01968638v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laines de camélidés : une diversité insoupçonnée</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Wol van kameelachtigen: een onvermoede verscheidenheid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inca. Textiles et Parures des Andes</w:t>
+              <w:t xml:space="preserve">Inca. Textiel en tooi uit de Andes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ludion, pp.13-19, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02134773v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01968642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camelid wools: an unsuspected diversity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Laines de camélidés : une diversité insoupçonnée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inca. Textiles and Ornaments of Andes</w:t>
+              <w:t xml:space="preserve">Inca. Textiles et Parures des Andes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ludion, pp.13-19, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01968641v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02134773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La presencia Lambayeque/Sicán en el desierto de Sechura (extremo norte del Perú): primeros resultados de las excavaciones en Huaca Amarilla</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Camelid wools: an unsuspected diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actas del III Ccongreso Nacional de Arqueología</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, pp.29-38, 2018</w:t>
+              <w:t xml:space="preserve">Inca. Textiles and Ornaments of Andes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ludion, pp.13-19, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02132468v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01968641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La presencia Lambayeque/Sicán en el desierto de Sechura (extremo norte del Perú): primeros resultados de las excavaciones en Huaca Amarilla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkys Gutiérrez León</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Segundo Vásquez Sánchez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ministerio de Cultura. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actas del III Ccongreso Nacional de Arqueología</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1, Ministerio de Cultura, pp.28-38, 2018, 978-612-4391-06-4</w:t>
+              <w:t xml:space="preserve">, pp.29-38, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01968643v1</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02132468v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La ocupacion prehispanica del desierto de Sechura (Peru): evolucion de un territorio marginal frente a los cambios medioambientales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkys Gutierrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Wuscher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Béarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Las sociedades andinas frente a los cambios pasados y actuales. Dinamicas territoriales, crisis, fronteras y movilidades</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 43, IFEA-LabEx DynamiTe-UNT, pp.171-194, 2016, Actes et mémoires, 978-9972-623-99-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01442766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Offering Llamas to the Sea: the Economic and Ideological Importance of Camelids in the Chimu Society, North Coast of Peru.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Prieto</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Capriles; José M. and Tripcevich; Nicolas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Archaeology of Andean Pastoralism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, University of New Mexico Press, pp.197-210, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01908431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subsistence economies in margin areas with natural constrains: interactions between social dynamics, resources management and paleoenvironment in the Sechura Desert, Peru</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béarez Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurelien Christol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wuscher Patrice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gutierrez Belkys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Prieto O Gabriel; Sandweiss DH. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Perspectives on Andean Maritime Communities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01333067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique de la huaquería au Pérou : un patrimoine détruit à 90%</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Chamussy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Touchard-Houlbert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Compagnon; Grégory and Le Quellec; Jean-Loïc. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Halte au pillage !</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editons Errance, pp.314-333, 2011, Collection des Hespérides, 978-2-87772-433-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01891494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -9180,946 +9314,946 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Funéraire (rites)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Moche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2016</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire des Amériques. Tome 1. Du précolombien à 1830</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975852v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sipán</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Funéraire (rites)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2016</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975833v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Funéraire (Sépultures)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Sipán</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Grégory Pereira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des Amériques. Tome 1. Du précolombien à 1830</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975856v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Funéraire (art et sculpture)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Funéraire (Sépultures)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégory Pereira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des Amériques. Tome 1. Du précolombien à 1830</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975849v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chan Chan</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Funéraire (art et sculpture)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégory Pereira</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des Amériques. Tome 1. Du précolombien à 1830</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975832v1</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975849v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nazca</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Chan Chan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des Amériques. Tome 1. Du précolombien à 1830</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975830v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paracas</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Nazca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des Amériques. Tome 1. Du précolombien à 1830</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId207" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975828v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plantes et animaux précolombiens</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Paracas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des Amériques. Tome 1. Du précolombien à 1830</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975841v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moche</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Plantes et animaux précolombiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elliott Michelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire des Amériques. Tome 1. Du précolombien à 1830</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01975834v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01975841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">DIM PAMIR Tangible Heritage - Innovation, Experimentation, and Resilience - FABRIC Project Data Reuse Charter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youri van den Hurk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Zirah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lorre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MNHN. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05323462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palaeoproteomics of Andean Camelid fibers&amp;quot; project DMP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youri van den Hurk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Séverine Zirah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MNHN. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05323485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10129,161 +10263,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Mochicas: Pratiques Rituelles et Artistiques dans la Huaca de la Luna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Fraresso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Goepfert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Wright</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yolanda Rigault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth de Pablo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01330885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId218"/>
+      <w:footerReference w:type="default" r:id="rId221"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10430,51 +10564,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118132v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Manin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Debruyne" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Lebrasseur" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Antonios Dimopoulos" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.2443" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740178v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Alix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goepfert" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B&#233;rard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Payraud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089121v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Coat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkys Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Enrique Rengifo Chunga" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vega Obeso" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-04855613v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/CRA.2023.1.202303" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867122v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Le Ne&#252;n" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dufour" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Neaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wheeler" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103708" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271905v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane C Wheeler" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24885/sab.v36i3.1039" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040519v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Villa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bermeo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lef&#232;vre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;arez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0281545" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135375v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tombret" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thil" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2023.108146" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952865v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Castillo" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Sep&#250;lveda" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Gayo" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22199/issn.0718-1043-2022-0036" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03789790v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dausse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Cagnato" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9660" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209364v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Az&#233;mard" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2020.104040" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498828v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Michelle" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Prieto" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Verano" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/laq.2021.19" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190009v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkys Guti&#233;rrez L&#233;on" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;squez S&#225;nchez Segundo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1563981" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190007v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Bailly" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dufour" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1558804" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968636v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1541956" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190010v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2019.1619981" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968634v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1498165" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092791v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625413v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dynenviron.2987" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092792v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968637v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Santana-Sagredo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gulo Franco Jord&#225;n" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1556960" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106894v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chamussy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02081113v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W Verano" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Kennett" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Quilter" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0211691" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968633v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Alva" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/laq.2018.2" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333052v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Christol" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wuscher Patrice" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogollon Valentin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;arez Philippe" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683616646182" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333057v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guti&#233;rrez Belkys" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.3277" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852214v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Valladares" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Vilela" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01886230v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chauchat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0087559" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333061v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092731v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lefevre" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/az2013n2a19" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847451v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifea.869" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845080v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/0093469012Z.00000000010" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878657v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878662v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850720v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851693v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/az2010n1a2" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850721v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00468684v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Deverly" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Huchet" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086900v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segundo V&#225;squez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718631v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri van den Hurk" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Zirah" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043736v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956145v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03537558v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Debruyne" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Joncour" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812123v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812107v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Dufour" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525177v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953296v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fiorillo" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526713v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611388v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Bahain" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953333v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953331v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146230v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953319v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402273v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959984v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333079v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333075v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333071v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333074v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146224v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978562v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Elliott" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkys Guti&#233;rrez Le&#243;n" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segundo V&#225;squez S&#225;nchez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678585v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carr&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Wuscher" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittori C&#233;cile" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736485v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953254v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03789808v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Faug&#232;re" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442763v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cl&#233;ment" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922123v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922126v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386162v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03789823v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03789845v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03898694v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498838v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092790v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina. Villa" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Correa-Trigoso" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426887v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gutierrez Belkys" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968638v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968642v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134773v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968641v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132468v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968643v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442766v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkys Gutierrez" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908431v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333067v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891494v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Touchard-Houlbert" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975852v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pereira" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975833v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975856v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975849v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975832v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975830v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975828v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975841v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975834v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323462v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lorre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323485v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01330885v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fraresso" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Wright" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Rigault" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05547961v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Le Ne&#252;n" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Dufour" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Neaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Br&#233;hard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Fiorillo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2026.109819" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118132v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Manin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Debruyne" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Lebrasseur" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelos Antonios Dimopoulos" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2024.2443" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-04855613v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Goepfert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/CRA.2023.1.202303" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04740178v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Alix" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t B&#233;rard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Payraud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089121v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Coat" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkys Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Enrique Rengifo Chunga" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Vega Obeso" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03867122v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Wheeler" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jasrep.2022.103708" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271905v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane C Wheeler" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cucchi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24885/sab.v36i3.1039" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040519v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Villa" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bermeo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Zazzo" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lef&#232;vre" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#233;arez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0281545" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135375v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tombret" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Thil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.quascirev.2023.108146" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03952865v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Castillo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcela Sep&#250;lveda" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Gayo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22199/issn.0718-1043-2022-0036" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03789790v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dausse" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarissa Cagnato" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bmsap.9660" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209364v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Az&#233;mard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2020.104040" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190009v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Michelle" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkys Guti&#233;rrez L&#233;on" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#225;squez S&#225;nchez Segundo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1563981" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498828v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Prieto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Verano" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/laq.2021.19" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190007v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Le Bailly" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dufour" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1558804" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968636v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1541956" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190010v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2019.1619981" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968634v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1498165" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092791v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625413v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dynenviron.2987" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092792v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968637v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca Santana-Sagredo" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gulo Franco Jord&#225;n" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14614103.2018.1556960" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106894v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chamussy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02081113v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W Verano" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Douglas Kennett" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Quilter" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0211691" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968633v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Alva" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/laq.2018.2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333052v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Christol" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wuscher Patrice" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mogollon Valentin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;arez Philippe" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0959683616646182" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333057v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guti&#233;rrez Belkys" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nda.3277" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333061v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01886230v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Chauchat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0087559" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01852214v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Valladares" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Vilela" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02092731v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Bailon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lefevre" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/az2013n2a19" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878657v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01845080v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1179/0093469012Z.00000000010" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847451v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/bifea.869" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01878662v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01851693v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/az2010n1a2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850720v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00468684v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233; Deverly" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Bernard Huchet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850721v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086900v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segundo V&#225;squez" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718631v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri van den Hurk" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Zirah" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043736v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03956145v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953296v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03525177v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03537558v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hitte" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Debruyne" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Joncour" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812107v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Dufour" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812123v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526713v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02611388v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Bahain" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953331v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953333v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146230v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953319v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402273v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03959984v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333079v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333075v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333074v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333071v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03146224v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03978562v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Elliott" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkys Guti&#233;rrez Le&#243;n" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Segundo V&#225;squez S&#225;nchez" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678585v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Carr&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Wuscher" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vittori C&#233;cile" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04736485v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953254v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03789808v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Faug&#232;re" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442763v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cl&#233;ment" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922123v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922126v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04386162v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03789823v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03789845v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://paris1.hal.science/hal-03898694v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498838v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092790v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina. Villa" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Correa-Trigoso" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02426887v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gutierrez Belkys" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968643v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968638v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968642v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134773v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01968641v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02132468v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01442766v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkys Gutierrez" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908431v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333067v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891494v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Touchard-Houlbert" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975834v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975852v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Pereira" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975833v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975856v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975849v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975832v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975830v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975828v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01975841v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323462v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lorre" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05323485v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01330885v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Fraresso" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Wright" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yolanda Rigault" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth de Pablo" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>