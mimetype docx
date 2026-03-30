--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2459,295 +2459,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02267572v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chromosomal microarray analysis in fetuses with an isolated congenital heart defect: A retrospective, nationwide, multicenter study in France</w:t>
+                <w:t xml:space="preserve">A Simple, Universal, and Cost-Efficient Digital PCR Method for the Targeted Analysis of Copy Number Variations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marguerite Hureaux</w:t>
+                <w:t xml:space="preserve">Kevin Cassinari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Guterman</w:t>
+                <w:t xml:space="preserve">Olivier Quenez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bérénice Hervé</w:t>
+                <w:t xml:space="preserve">Géraldine Joly-Helas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Till</w:t>
+                <w:t xml:space="preserve">Ludivine Beaussire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvie Jaillard</w:t>
+                <w:t xml:space="preserve">Nathalie Le Meur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prenatal Diagnosis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 39 (6), pp.464-470. </w:t>
+              <w:t xml:space="preserve">Clinical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 65 (9), pp.1153-1160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/pd.5449⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1373/clinchem.2019.304246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03179998v1</w:t>
+                <w:t xml:space="preserve">hal-02339190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Simple, Universal, and Cost-Efficient Digital PCR Method for the Targeted Analysis of Copy Number Variations</w:t>
+                <w:t xml:space="preserve">Chromosomal microarray analysis in fetuses with an isolated congenital heart defect: A retrospective, nationwide, multicenter study in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kevin Cassinari</w:t>
+                <w:t xml:space="preserve">Marguerite Hureaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Quenez</w:t>
+                <w:t xml:space="preserve">Sarah Guterman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Géraldine Joly-Helas</w:t>
+                <w:t xml:space="preserve">Bérénice Hervé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludivine Beaussire</w:t>
+                <w:t xml:space="preserve">Marianne Till</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Le Meur</w:t>
+                <w:t xml:space="preserve">Sylvie Jaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 65 (9), pp.1153-1160. </w:t>
+              <w:t xml:space="preserve">Prenatal Diagnosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (6), pp.464-470. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1373/clinchem.2019.304246⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/pd.5449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02339190v1</w:t>
+                <w:t xml:space="preserve">hal-03179998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recessive loss of function PIGN alleles, including an intragenic deletion with founder effect in La Réunion Island, in patients with Fryns syndrome</w:t>
               </w:r>
@@ -4887,402 +4887,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03428156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cohorte française de 41 patients porteurs d’une délétion 2q37</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Cindy Colson</w:t>
+                <w:t xml:space="preserve">Syndrome Tricho-rhino-phalangien de type I: description clinique et moléculaire chez 15 cas non apparentés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexia Bourgois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Varoona Bizaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kara Ranguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Séverine Audebert-Bellanger</w:t>
+                <w:t xml:space="preserve">Thibaud Armand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Noëlle Bonnet-Dupeyron</w:t>
+                <w:t xml:space="preserve">Stéphanie Arpin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Assises de Génétique Humaine et Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02436411v1</w:t>
+                <w:t xml:space="preserve">hal-03213023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Syndrome Tricho-rhino-phalangien de type I: description clinique et moléculaire chez 15 cas non apparentés</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Kara Ranguin</w:t>
+                <w:t xml:space="preserve">Identification by whole genome sequencing of a 140Kb inversion in GNAS locus involving NPELP1 and Xlas gene in a family presenting an autosomal dominant pseudohypoparathyroidism type 1b</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Apetrei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Molin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaud Armand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Arpin</w:t>
+                <w:t xml:space="preserve">Hervé Mittre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Decamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Assises de Génétique Humaine et Médicale</w:t>
+              <w:t xml:space="preserve">Assise de génétique Humaine et Médicale 2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03213023v1</w:t>
+                <w:t xml:space="preserve">hal-03283983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification by whole genome sequencing of a 140Kb inversion in GNAS locus involving NPELP1 and Xlas gene in a family presenting an autosomal dominant pseudohypoparathyroidism type 1b</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cohorte française de 41 patients porteurs d’une délétion 2q37</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kara Ranguin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Audebert-Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Mittre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Decamp</w:t>
+                <w:t xml:space="preserve">Marie-Noëlle Bonnet-Dupeyron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Assise de génétique Humaine et Médicale 2020</w:t>
+              <w:t xml:space="preserve">10ème Assises de Génétique Humaine et Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Tours, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03283983v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02436411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification par séquençage du génome entier d’une inversion de 140 Kb dans le locus GNAS impliquant NPELP1 et l’exon 1 du gène XLas dans une famille présentant une pseudohypoparathyroïdie de type Ib autosomique dominante (AD-PHP1b)</w:t>
               </w:r>
@@ -5307,51 +5307,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Molin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cindy Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Mittre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Decamp</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5512,277 +5512,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02436461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P608 : Déficit en cholestérol et altération de la voie Sonic Hedgehog dans la trisomie 18</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Kara Ranguin</w:t>
+                <w:t xml:space="preserve">P625 : Hydrocéphalie : manifestation rare dans le spectre phénotypique du Syndrome Simpson - Golabi - Behmel, à propos d’un cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Apetrei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Colson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Nowoczyn</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Céline Ballandonne</w:t>
+                <w:t xml:space="preserve">Florence Villedieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Gruchy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Soucy</w:t>
+                <w:t xml:space="preserve">Guillaume Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème assises de Génétique humaine et Médicale</w:t>
+              <w:t xml:space="preserve">9ème Assises de Génétique Humaine et Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02394227v1</w:t>
+                <w:t xml:space="preserve">hal-02394257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P625 : Hydrocéphalie : manifestation rare dans le spectre phénotypique du Syndrome Simpson - Golabi - Behmel, à propos d’un cas</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cindy Colson</w:t>
+                <w:t xml:space="preserve">P608 : Déficit en cholestérol et altération de la voie Sonic Hedgehog dans la trisomie 18</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kara Ranguin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Villedieu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Gruchy</w:t>
+                <w:t xml:space="preserve">Marie Nowoczyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Hélène Read</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Ballandonne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Benoist</w:t>
+                <w:t xml:space="preserve">Claire Soucy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème Assises de Génétique Humaine et Médicale</w:t>
+              <w:t xml:space="preserve">9ème assises de Génétique humaine et Médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02394257v1</w:t>
+                <w:t xml:space="preserve">hal-02394227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId225"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -5858,51 +5858,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C9F505F8"/>
+    <w:nsid w:val="53CE708A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6089,51 +6089,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-gruchy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2856-8680" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/111392853" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05234720v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Fauqueux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chaton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cleuziou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Diependa&#235;le" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bach" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.18609" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05234674v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neringa Pratuseviciute" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Lis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Weber" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gruchy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Arnaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.30284" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04703333v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Thauvin-Robinet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Garde" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Delanne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Racine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rousseau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.6623" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04965008v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Lafraoui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Heddar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Cantalloube" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Braham" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeliss Peign&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252211915" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488411v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Massier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Doco-Fenzy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Egloff" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Guillou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Le Guyader" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.63531" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04273045v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Bourgois" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varoona Bizaoui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Colson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vincent-Devulder" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Molin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.63457" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04441470v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afif Ben-Mahmoud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shotaro Kishikawa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Gupta" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Leach" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiping Shen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-40037-4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283891v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Apetrei" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Godin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bracquemart" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bonr.2021.101073" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114578v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bourdon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Contentin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cass&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Maspimby" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Oddoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22020580" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03193180v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237; Rodriguez-Palmero" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Maria Boerrigter" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#243;mez-Andr&#233;s" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Aldinger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#205;&#241;igo Marcos-Alcalde" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-020-01075-9" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03215150v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cambier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Leclercq" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22073693" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351770v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Socha" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sowi&#324;ska-Seidler" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uir&#225; Souto Melo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rt Kragesteen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Franke" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2021.08.001" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04227813v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Snanoudj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Coudray" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Paulien" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.3948" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640175v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bieth" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nectoux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girardet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mittre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0929-693X(20)30048-8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02538246v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecoquierre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;claire Brehin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Coutant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Coursimault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bazin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.23998" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343373v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamran Moradkhani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cuisset" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boisseau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pichon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lebrun" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.5518" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02267572v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Decamp" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ballandonne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2019.03.023" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03179998v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Hureaux" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guterman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Herv&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Till" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jaillard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.5449" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02339190v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Cassinari" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Quenez" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Joly-Helas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Beaussire" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Meur" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1373/clinchem.2019.304246" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392961v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Alessandri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher T Gordon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Jacquemont" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Ajeawung" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41431-017-0087-x" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02285453v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legendre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ollitrault" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangni G&#243;mez-Leduc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Bouyoucef" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hervieu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03579-y" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01295644v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Collonge-Rame" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vago" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Valduga" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leporrier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vialard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.4817" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1SNZ4P79-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02304812v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32786" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137229v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Besseau-Ayasse" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Poirsier-Violle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moncla" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.4321" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B2BEF8FF080EC5C54D985868A83849CD4A99F1D0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01021803v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bigot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jeanne Pasquier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Read" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Odent" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymgme.2014.03.009" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01707770v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leroy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Landais" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Briault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert David" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tassy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2012.230" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00520816v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Devillard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guinchat" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moreno-De-Luca" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claude Tabet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.33601" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04990761v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Faivre" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Genevieve" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Denomme-Pichon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436511v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04990744v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Thibaut" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Danguy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034765v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faezeh Vasheghani" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Yammine" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640241v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion G&#233;rard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vincent" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705480v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bachetta" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Allouche" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lemoine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705417v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Groso" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fontaine" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428156v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Louise" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fontaine Paul" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Francannet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436411v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kara Ranguin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Audebert-Bellanger" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bonnet-Dupeyron" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213023v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Armand" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Arpin" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283983v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mittre" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436425v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Apetrei" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436461v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394227v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nowoczyn" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soucy" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394257v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Villedieu" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Benoist" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-gruchy" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2856-8680" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/111392853" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05234720v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Fauqueux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Chaton" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cleuziou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;sophie Diependa&#235;le" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bach" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/epi.18609" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05234674v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neringa Pratuseviciute" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pawel Lis" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Weber" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gruchy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Arnaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.30284" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04703333v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Thauvin-Robinet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Garde" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Delanne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Racine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Rousseau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.6623" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04965008v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Im&#232;ne Lafraoui" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Heddar" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Cantalloube" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Braham" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeliss Peign&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms252211915" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488411v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Massier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Doco-Fenzy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Egloff" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Guillou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Le Guyader" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.63531" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04273045v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexia Bourgois" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varoona Bizaoui" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Colson" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vincent-Devulder" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Molin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.63457" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04441470v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afif Ben-Mahmoud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shotaro Kishikawa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vijay Gupta" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Leach" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiping Shen" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-40037-4" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283891v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Apetrei" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Godin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bracquemart" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bonr.2021.101073" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114578v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bourdon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Contentin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cass&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Maspimby" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Oddoux" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22020580" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03193180v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agust&#237; Rodriguez-Palmero" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Maria Boerrigter" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David G&#243;mez-Andr&#233;s" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimberly Aldinger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#205;&#241;igo Marcos-Alcalde" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41436-020-01075-9" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03215150v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cambier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Leclercq" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms22073693" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03351770v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Socha" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Sowi&#324;ska-Seidler" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uir&#225; Souto Melo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rt Kragesteen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Franke" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ajhg.2021.08.001" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04227813v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Snanoudj" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Coudray" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Paulien" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.3948" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640175v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bieth" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Nectoux" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Girardet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Mittre" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0929-693X(20)30048-8" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02538246v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lecoquierre" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;claire Brehin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Coutant" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Coursimault" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bazin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/humu.23998" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343373v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamran Moradkhani" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cuisset" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Boisseau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pichon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lebrun" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.5518" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02267572v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Decamp" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Ballandonne" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2019.03.023" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02339190v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Cassinari" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Quenez" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Joly-Helas" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Beaussire" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Le Meur" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1373/clinchem.2019.304246" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03179998v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marguerite Hureaux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Guterman" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;r&#233;nice Herv&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Till" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Jaillard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.5449" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02392961v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Alessandri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher T Gordon" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Jacquemont" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Ajeawung" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41431-017-0087-x" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02285453v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Legendre" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ollitrault" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tangni G&#243;mez-Leduc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Bouyoucef" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Hervieu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-03579-y" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01295644v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Agn&#232;s Collonge-Rame" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vago" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Valduga" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leporrier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vialard" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.4817" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-1SNZ4P79-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02304812v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep32786" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03137229v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Besseau-Ayasse" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Poirsier-Violle" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moncla" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.4321" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B2BEF8FF080EC5C54D985868A83849CD4A99F1D0/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01021803v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bigot" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Jeanne Pasquier" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Read" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Odent" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymgme.2014.03.009" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01707770v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Leroy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Landais" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Briault" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert David" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tassy" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ejhg.2012.230" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00520816v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Devillard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Guinchat" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Moreno-De-Luca" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claude Tabet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.a.33601" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04990761v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Faivre" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Heron" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Genevieve" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.S. Denomme-Pichon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436511v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04990744v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Thibaut" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Danguy" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034765v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faezeh Vasheghani" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Yammine" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03640241v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion G&#233;rard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Vincent" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705480v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bachetta" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Allouche" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Lemoine" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03705417v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Groso" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Fontaine" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428156v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Louise" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fontaine Paul" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Francannet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03213023v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kara Ranguin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Armand" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Arpin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03283983v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mittre" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436411v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Audebert-Bellanger" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Bonnet-Dupeyron" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436425v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Apetrei" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02436461v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394257v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Villedieu" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Benoist" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02394227v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Nowoczyn" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Soucy" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>