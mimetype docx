--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -66,4032 +66,4110 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (47)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (48)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Le rapport à la lecture des futurs enseignants de français du Québec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue de l'AQEFLS : Revue de l’Association québécoise des enseignants de français langue seconde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 38 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1122991ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05542746v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Migrants’ and refugees’ digital literacies in life and language learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linda Bradley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnes Kukulska-Hulme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ReCALL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 37 (2), pp.147-156. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S0958344025000047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05036006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital literacy practices outside language classrooms: insights of adult migrants’ language education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bédard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Fortier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer Assisted Language Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.1-22. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/09588221.2025.2482151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05012254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reviewing research methods on adult migrants’ digital literacy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Language Studies - Apples</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 8 (1), pp.67-89. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.47862/apples.137177⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04702093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les adolescents et les devoirs à la maison : représentations, pratiques, et place du numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Journal of Learning and Technology / Revue Canadienne de l'Apprentissage et de la Technologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 49 (4), pp.1-21. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21432/cjlt28423⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21432/cjlt28423⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04719930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur les traces de Richard Kern: Acknowledging the pivotal role of technologies in language education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Modern Language Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 108 (2), pp.563-566. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/modl.12931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04702077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">International students’ smartphone usage during the first Covid-19 lockdown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Magnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers: The Interdisciplinary Journal of Study Abroad</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.36366/frontiers.v35i1.620⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.36366/frontiers.v35i1.620⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03935601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Documenter les entretiens déambulés : interactions filmées et interactivité filmique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Thiburce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Lascar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française des méthodes visuelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Images interactives et nouvelles écritures (5)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03201504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Littératies numériques et travail scolaire en contexte socioéducatif malien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salifou Koné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03297038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’étudiant international : figure de l’individu mobile et connecté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 68, pp.158-169</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02972911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations et usages du traducteur en ligne par les lycéens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bourdais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Vol. 23, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/alsic.4533⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02967171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A self-tracking study of international students in France: Exploring opportunities for language and cultural learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ReCALL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (3), pp.276-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0958344019000090⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02268146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude des enjeux symboliques liés aux objets nomades connectés : vers une analyse critique du discours</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Grassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouveaux cahiers de la recherche en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Une approche sociocritique : quels apports à l’étude du numérique en éducation ?, 21 (3), pp.29-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1067707ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SHARING A MULTIMODAL CORPUS TO STUDY WEBCAM-MEDIATED LANGUAGE TEACHING</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language Learning and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (1), pp.56 - 75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01454727v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers une approche sociocritique du numérique en éducation : une structuration à l’œuvre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perine Brotcorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Fluckiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Grassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Adjectif : analyses et recherches sur les TICE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, https://adjectif.net/spip.php?article387</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01447086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A semiotic perspective on webconferencing-supported language teaching.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciara R. Wigham</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ReCALL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28 (1), pp.62-82</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01236195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une approche sociocritique des usages numériques en éducation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Collin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Gabin Ntebutse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STICEF (Sciences et Technologies de l'Information et de la Communication pour l'Éducation et la Formation)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Revue STICEF, 22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01218240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quelle transition numérique pour les étudiants internationaux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18, non paginé. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/alsic.2793⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01149394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etudiants internationaux et technologies numériques nomades : Vers un contrat didactique renégocié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salifou Koné</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Canadian Journal of Learning and Technology / Revue Canadienne de l'Apprentissage et de la Technologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40 (3), pp.1-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01224609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Impact Of The Webcam On An Online L2 Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Canadian Modern Language Review / La revue canadian des langues vivantes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 70 (3), pp.331-354. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3138/cmlr.2102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01056173v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Construction de bilans rétroactifs par des apprentis tuteurs de langue en ligne : régimes d'action et dynamiques sociocognitives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 68, pp.158-169</w:t>
+              <w:t xml:space="preserve">, 2014, Pensée enseignante et didactique des langues, 56, pp.118-135</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01121357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La professionnalité des enseignants de langue en ligne – Le cas de la Universitat Oberta de Catalunya</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Bittoun-Debruyne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de l'ASDIFLE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 25, pp.94-107</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuels de FLE et numérique : le mariage annoncé n'a pas (encore ?) eu lieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Soubrié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Français dans le monde. Recherches et applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 54, pp.131-142</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00870132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">From the development of online resources to their local appropriation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Rivens Mompean</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">JE-LKS:Journal of e-Learning and Knowledge Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9 (1), pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20368/1971-8829/800⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00854131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une approche sémio-didactique de l'activité de l'enseignant de langue en ligne: réflexions méthodologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éducation &amp; Didactique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7 (1), pp.101-116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Managing written and oral negative feedback in a synchronous online teaching situation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Bétrancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Prié</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Computer Assisted Language Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 25 (2), pp.181-197</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00854277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les usages des TIC par les lycéens - déconnexion entre usages personnels et usages scolaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">STICEF (Sciences et Technologies de l'Information et de la Communication pour l'Éducation et la Formation)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 19, pp.18</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'apprentissage des langues médiatisé par les technologies : étude d'un domaine de recherche émergent à travers les publications de la revue Alsic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 15 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/alsic.2539⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enhancing L2 learners' noticing skills through self-confrontation with their own oral production performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 31 (3), pp.87-104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00950771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teacher education research in CALL and CMC: more in demand than ever</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirjam Hauck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ReCALL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 31 (3), pp.276-292. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0958344019000090⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 23 (3), pp.187-199. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0958344011000139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Grassin</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Compétences interactionnelles des tuteurs dans des échanges vidéographiques synchrones</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Dejean-Thircuir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viorica Nicolaev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouveaux cahiers de la recherche en éducation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.7202/1067707ar⟩</w:t>
+              <w:t xml:space="preserve">Distances et savoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 8 (3), pp.377-393. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/DS.8.375-391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...110 lines deleted...]
-                <w:t xml:space="preserve">Simon Collin</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The use of the webcam for teaching a foreign language in a desktop videoconferencing environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Develotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Perine Brotcorne</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...117 lines deleted...]
-                <w:t xml:space="preserve">Ciara R. Wigham</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Vincent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ReCALL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2016, 28 (1), pp.62-82</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 22 (3), pp.293-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0958344010000170⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Jean Gabin Ntebutse</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806433v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preparatory study for the design of a desktop videoconferencing platform for synchronous language teaching.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STICEF (Sciences et Technologies de l'Information et de la Communication pour l'Éducation et la Formation)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Revue STICEF, 22</w:t>
+              <w:t xml:space="preserve">Computer Assisted Language Learning</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 23 (2), pp.171-184</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00854314v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Former par la recherche-développement : le cas des métiers de l'enseignement des langues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 18, non paginé. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/alsic.2793⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 12 (-), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/alsic.1227⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Salifou Koné</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Training future language teachers to develop online tutors' competence through reflective analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Canadian Journal of Learning and Technology / Revue Canadienne de l'Apprentissage et de la Technologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ReCALL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 21 (2), pp.166-185. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0958344009000214⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allo Berkeley? Ici Lyon... Vous nous voyez bien?&amp;quot; Etude d'un dispositif de formation en ligne synchrone franco-américain à travers les discours de ses usagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Develotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...571 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Kern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 15 (3), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/alsic.2539⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 11 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/alsic.892⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprendre et enseigner les langues en visioconférence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Develotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cathy Cohen</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolaev Viorica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les dossiers de l'ingénierie pédagogique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, hors série, pp.61-65</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00378700v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allo Berkeley ? Ici Lyon... Vous nous voyez bien ?&amp;quot; Étude d'un dispositif de formation en ligne synchrone franco-américain à travers les discours de ses usagers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Develotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rick Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 11 (2), pp.129-156</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00346486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The effects of multimodality on L2 learners: Implications for CALL resource design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sinead Mclornan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">System</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 36 (1), pp.85-93</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00356243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprendre et enseigner les langues en visioconférence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Develotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viorica Nicolaev</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Dossiers de l'Ingénierie Educative</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 63-64, pp.69-72</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00393920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tutorat de langue par visioconférence : comment former aux régulations pédagogiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samira Drissi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 5 (1), pp.185 à 217</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806442v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherche-développement et didactique des langues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 4 (1), pp.37 à 54</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00355813v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le journal de conception : un outil de construction de la compétence professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue de l'AQEFLS : Revue de l’Association québécoise des enseignants de français langue seconde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 26 (2), pp.124-140</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00355862v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le brouillon : aide mémorielle et trace de la compréhension de l'oral</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 31 (3), pp.87-104</w:t>
+              <w:t xml:space="preserve">, 2006, 25 (2), pp.61-76</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00355816v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La production de l'écrit dans un dispositif multimédia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mirjam Hauck</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Nwosu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ReCALL</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 25 (3), pp.29-41</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00355861v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation du potentiel d'apprentissage d'une tâche médiatisée.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Assisted Language Learning</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 23 (2), pp.171-184</w:t>
+              <w:t xml:space="preserve">ASp - La revue du GERAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 47-48, pp.121-138</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...67 lines deleted...]
-                <w:t xml:space="preserve">Viorica Nicolaev</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00376914v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évaluation du potentiel d'apprentissage d'une tâche médiatisée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Distances et savoirs</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ASp - La revue du GERAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 47-48, pp.121-138</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...139 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00355871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La survie sociale d'une innovation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 12 (-), </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2004, 07 (1), pp.71-83</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...1126 lines deleted...]
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">edutice-00001463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4101,736 +4179,736 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multimodal Language Pedagogy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ciara R. Wigham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Palgrave Encyclopedia of Computer-Assisted Language Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Switzerland, pp.1-6, 2025, 978-3-031-51447-0. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-51447-0_27-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05002564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apports de l’analyse de discours à une approche critique du numérique en éducation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Ollivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Simon Collin; Julie Denouël; Nicolas Guichon; Elisabeth Schneider. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le numérique en éducation et formation – Approches critiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses des MINES - TRANSVALOR, pp.117-143, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03873902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opérer une translation du point de vue sur les outils numériques : des travaux de Monique Linard à ceux du collectif Kairos.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Raison et Passions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Activité humaine &amp; numérique. Hommage aux travaux d’une exploratrice</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 978 2 917645 69 7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02103036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Se construire une présence pédagogique en ligne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Didier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enseigner l'oral en ligne - Une approche multimodale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, , pp.29-58, 2017, 978-2-278-08733-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01577843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multimodality and CALL</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Farr, F &amp; Murray, L. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Routledge Handbook of Language Learning and Technology.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.509-521, 2016, 0415837871</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01303401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysing multimodal resources in pedagogical online exchanges: Methodological issues and challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Caws, Catherine, and Hamel, Marie-Josée. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Language-Learner Computer Interactions: Theory, methodology and CALL applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Benjamins, pp.187 - 213, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1075/lsse.2.09coh⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01471092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Influence de certaines caractéristiques des tâches d'apprentissage sur la production orale en L2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viorica Nicolaev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interagir et apprendre en ligne.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Grenoble : Ellug, pp.61-76, 2011, Didaskein, 9782843101885</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00806429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuels de langue et passage au numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Pugibet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Getliffe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Viselthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joséphine Rémon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Manuels scolaire, regards croisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRDP de Basse-Normandie, pp.79-89, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00648549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4840,347 +4918,347 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le numérique en éducation et formation. Approches critiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Collin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Denouël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Élisabeth Schneider</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presse des Mines</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Granjon Fabien</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presse des Mines</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Granjon Fabien</w:t>
+                <w:t xml:space="preserve">hal-02169400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enseigner à l’oral en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Tellier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 9782278087334</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...59 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 9782278087334</w:t>
+                <w:t xml:space="preserve">hal-01664512v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vers l'intégration des TIC dans l'enseignement des langues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Didier, pp.256, 2012, Langues et didactique, Beacco, Chiss, Castellotti, 978-2-278-07212-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Didier, pp.256, 2012, Langues et didactique, Beacco, Chiss, Castellotti, 978-2-278-07212-5</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langues et TICE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ophrys, pp.173, 2006, Autoformation et Enseignement Multimédia, Françoise Demaizière</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00376645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5190,466 +5268,466 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La présence redoublée et dédoublée de l’enseignante en situation comodale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Roussel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03448748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La gestion de la caméra document et le guidage de l'attention aux contenus d'apprentissage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03448755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ozil interagit avec l'interface et le contenu du parcours immersif A la Part-Dieu dans le projet VISITEURS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Doulfaquar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Lascar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Thiburce</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03448510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISMAEL corpus - clip 1-extract from the interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01372540v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISMAEL project Clip 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">medihal-01373699v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ISMAEL project Clip 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vidéo</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">medihal-01373705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5659,2769 +5737,2769 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« No pics, no dial ! » - La place de l'image dans les échanges de drague en ligne des étudiants internationaux gays.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Carteron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque Interactions multimodales par écran (IMPEC 2020)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02981754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">International students’ usage of digital tools during their first months abroad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CHAI seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Sydney, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103034v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards designing an application to support international students’ transition to a new academic context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CRLI Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Sydney, Australia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporal sequencing in webcam-mediated language teaching.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ciara R. Wigham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">pproaches to Multimodal and Digital Environments : From theories to practices (A-MoDE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02317779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Portrait de l’apprenant de langue en acteur social et connecté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Josée Hamel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CHAI seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Sydney, Australia</w:t>
+              <w:t xml:space="preserve">Colloque international sur la didactique des langues secondes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Victoria, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Punctum pédagogique et saillance dans les interactions didactiques – une approche multimodale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CRLI Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Sydney, Australia</w:t>
+              <w:t xml:space="preserve">La multimodalité dans l’enseignement-apprentissage des langues : quels enjeux ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103039v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etudiants migrants, outils nomades, identités en mouvement.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Échanger pour Apprendre en Ligne (EPAL)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01879323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tout corps plongé dans un contexte étranger ... - Réflexions sur les séjours en immersion à l’ère numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les immersions linguistiques appuyées et augmentées par le numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Lorraine, Dec 2018, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02103033v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">International students’ geographies of learning during their study abroad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUROCALL</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2018, Jyväskylä, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02103040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tracer les usages numériques des étudiants internationaux : enjeux sociocritiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Josée Hamel</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tou S Zoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koné Salifou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international sur la didactique des langues secondes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Victoria, Canada</w:t>
+              <w:t xml:space="preserve">Colloque du CRIFPE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRIFPE, May 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533434v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The digital transition of international students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salifou Koné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Grassin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La multimodalité dans l’enseignement-apprentissage des langues : quels enjeux ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Canadian Association of Applied Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Canadian Association of Applied Linguistics, May 2017, Toronto, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533410v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discours croisés sur les objets nomades connectés en contexte universitaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Grassin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Échanger pour Apprendre en Ligne (EPAL)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Une approche sociocritique du numérique en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Sherbrooke, May 2017, Sherbrooke, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...90 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01533398v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de traces d’usage numérique - fondements et méthodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de recherche du CRIFPE-UQ</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">We've got rhythm&amp;quot; - Exploring tempo in online interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ciara R Wigham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EuroCALL2017 CALL in a climate of change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Southampton, United Kingdom. pp.23 - 23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01577886v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">It’s about time: examining closings in webcam-mediated pedagogical interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Duthoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...271 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference Eurocall</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Limassol, Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01841506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The use of teaching gestures in an online multimodal environment: the case of incomprehension sequences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Holt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Tellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gesture and Speech in Interaction 4th Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gaëlle FERRÉ; Mark TUTTON, Sep 2015, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01215770v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sharing a corpus of online pedagogical interactions: The ISMAEL Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Holt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque EUROCALL : Critical CALL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Padoue, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01488951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une analyse multimodale des interactions didactiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Interagir pour apprendre les langues aujourd'hui</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ACEDLE, Jan 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01121349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">In and out the frame: teacher gestures during desktop videoconferencing interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciara R. Wigham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Holt</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">colloque EUROCALL : Critical CALL</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Padoue, Italy</w:t>
+              <w:t xml:space="preserve">CALICO 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Athens, Ohio, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">edutice-00990665v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le potentiel des outils de CMO sur le développement des compétences écrites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gesture and Speech in Interaction 4th Edition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Gaëlle FERRÉ; Mark TUTTON, Sep 2015, Nantes, France</w:t>
+              <w:t xml:space="preserve">colloque franco-marocain "Pédagogie et didactique du français"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Normale Supérieure de Tétouan, May 2014, Tétouan, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121353v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evaluer pour mieux s’évaluer : la fabrication de bilans rétroactifs multimodaux dans l’enseignement du FLE à distance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Riviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque International RIFEFF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, Hanoi, Vietnam</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01371004v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les étudiants internationaux et le numérique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque franco-espagnol d'analyse de discours et d'enseignement des langues sur objectifs spécifiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad Politécnica de Valencia, Sep 2014, Valencia, Espagne</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A semiotic approach to analyzing technology-mediated language teaching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EUROCALL's Teacher education SIG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Nice, May 2014, Nice, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étudier les usages numériques des étudiants internationaux : enjeux méthodologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TIC en éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRIFPE, May 2014, Montréal, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Creating and sharing a language learning and teaching corpus of multimodal interactions: ethical challenges and methodological implications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Blin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciara R. Wigham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Thouësny</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ANTWERP CALL 2014: Research Challenges in CALL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Antwerp, Jul 2014, Antwerp, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01121348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Researching nonverbal dimensions in synchronous videoconferenced-based interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Cohen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CALICO (Computer Assisted Language Instruction Consortium)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, University of Athens, Ohio, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01079071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution de la place et de la fonction de l'écrit dans le dispositif Le français en (première) ligne (2002 - 2012)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Marquillo-Larruy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Develotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Mangenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Trévisiol-Okamura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">WRAB 2014 : Writing Research Across Borders Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Nanterre La Défense, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01439317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...19 lines deleted...]
-                <w:t xml:space="preserve">Ciara R. Wigham</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cet obscur objet de l'interaction médiatisée : la webcam dans un échange pédagogique en ligne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...629 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPAL (Echanger pour Apprendre en Ligne)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Université Stendhal, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01082055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the use of a Trace-Based Synchronous Tool for distant language tutoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Betrancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Prié</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Computer-Supported Collaborative Learning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Hong Kong, China. pp.478-485</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00806428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractériser des tâches d’apprentissage et évaluer leur impact sur la production orale en L2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viorica Nicolaev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPAL - Echanger Pour Apprendre en Ligne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02017635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Récits de soi en formation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Récits de soi en formation - L'écriture réflexive dans la formation didactique des enseignants.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Tours, France. pp.136-145</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00355869v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allo Berkeley? Ici Lyon… Vous nous voyez bien?&amp;quot; Etude d'un dispositif d'enseignement-apprentissage en ligne synchrone franco-américain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Develotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EPAL - Echanger Pour Apprendre en Ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02063753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'identité professionnelle en construction des futurs formateurs de langue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le journal de conception, un révélateur de l'identité professionnelle en construction des futurs formateurs de langue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Arras, France. pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00355870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...88 lines deleted...]
-                <w:t xml:space="preserve">Christine Develotte</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Institutionnalisation et dissémination d'une innovation à l'université</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...94 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Rivens Mompean</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Institutionnalisation et dissémination d'une innovation à l'université</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2006, Montpellier, France. pp.1-13</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00355866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8431,130 +8509,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Troisièmes journées scientifiques JS-PUN 2013, Atelier : Langue, langage et pédagogie numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elke Nissen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Parpette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciara R. Wigham</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">edutice-00779386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8564,91 +8642,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apprentissage des langues médiatisé par les technologies : contribution à l'épistémologie de la didactique des langues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Université du Havre, 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00806418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8658,111 +8736,111 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les défis de la formation à distance synchrone : vers une alphabétisation médiatique des enseignants de langue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Develotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24e congrès de l’Association Internationale de Pédagogie Universitaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Montréal, Canada. , 2007, Actes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01510475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8772,114 +8850,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compréhension de l'anglais oral et TICE -Les conditions d'un apprentissage signifiant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Guichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Université de Nantes, 2004. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00870131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId194"/>
+      <w:footerReference w:type="default" r:id="rId196"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9026,51 +9104,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036006v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Bradley" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guichon" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Kukulska-Hulme" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344025000047" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012254v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;dard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fortier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09588221.2025.2482151" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702093v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47862/apples.137177" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719930v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Schneider" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21432/cjlt28423" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702077v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/modl.12931" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935601v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Magnat" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36366/frontiers.v35i1.620" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201504v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Thiburce" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lascar" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297038v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salifou Kon&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02967171v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourdais" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.4533" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972911v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268146v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344019000090" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536404v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Grassin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1067707ar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454727v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447086v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Collin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perine Brotcorne" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fluckiger" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01236195v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara R. Wigham" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218240v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gabin Ntebutse" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01149394v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.2793" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224609v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121347v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bittoun-Debruyne" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056173v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Cohen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cmlr.2102" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121357v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rivi&#232;re" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870132v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Soubri&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854131v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Rivens Mompean" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20368/1971-8829/800" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806399v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854277v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille B&#233;trancourt" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pri&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806411v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806407v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.2539" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950771v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806415v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Hauck" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344011000139" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854314v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806435v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dejean-Thircuir" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viorica Nicolaev" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/DS.8.375-391" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806433v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Develotte" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vincent" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344010000170" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806437v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.1227" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806436v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344009000214" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806442v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Drissi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806440v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kern" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.892" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00378700v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolaev Viorica" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00346486v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick Kern" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356243v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinead Mclornan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00393920v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355862v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355813v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355816v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355861v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nwosu" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376914v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355871v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00001463v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002564v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-51447-0_27-1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873902v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ollivier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103036v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577843v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471092v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lsse.2.09coh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303401v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806429v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00648549v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pugibet" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Getliffe" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Viselthier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine R&#233;mon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169400v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Denou&#235;l" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/le-numerique-en-education-et-formation/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664512v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tellier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdidier.com/fr/sous-collection/enseigner-loral-en-ligne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806408v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376645v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03448748v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roussel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03448510v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Doulfaquar" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03448755v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01372540v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01373699v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01373705v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981754v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carteron" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317779v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103034v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103035v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103040v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103038v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#233;e Hamel" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103039v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879323v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103033v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533443v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01577886v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara R Wigham" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533434v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tou S Zoum" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kon&#233; Salifou" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533398v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533410v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841506v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Duthoit" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121349v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488951v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Holt" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215770v2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439317v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Marquillo-Larruy" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mangenot" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Tr&#233;visiol-Okamura" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00990665v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121353v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371004v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Riviere" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121350v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121352v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121354v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121348v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Blin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Thou&#235;sny" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079071v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082055v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806428v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Betrancourt" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017635v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355870v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355869v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063753v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355866v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00779386v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Nissen" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Parpette" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00806418v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01510475v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00870131v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542746v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guichon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1122991ar" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036006v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Bradley" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Kukulska-Hulme" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344025000047" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012254v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent B&#233;dard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Fortier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09588221.2025.2482151" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702093v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.47862/apples.137177" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719930v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lisabeth Schneider" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21432/cjlt28423" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702077v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/modl.12931" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03935601v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Magnat" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36366/frontiers.v35i1.620" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03201504v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Thiburce" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Lascar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03297038v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salifou Kon&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02972911v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02967171v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourdais" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.4533" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268146v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344019000090" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02536404v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Grassin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1067707ar" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454727v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01447086v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Collin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perine Brotcorne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Fluckiger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01236195v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara R. Wigham" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218240v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gabin Ntebutse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01149394v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.2793" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01224609v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01056173v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Cohen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cmlr.2102" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01121357v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Rivi&#232;re" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121347v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bittoun-Debruyne" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870132v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Soubri&#233;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854131v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Rivens Mompean" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20368/1971-8829/800" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806399v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854277v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille B&#233;trancourt" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pri&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806411v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806407v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.2539" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00950771v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806415v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Hauck" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344011000139" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806435v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Dejean-Thircuir" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viorica Nicolaev" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/DS.8.375-391" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806433v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Develotte" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vincent" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344010000170" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00854314v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806437v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.1227" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806436v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0958344009000214" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806440v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kern" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.892" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00378700v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolaev Viorica" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00346486v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rick Kern" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00356243v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinead Mclornan" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00393920v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806442v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samira Drissi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355813v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355862v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355816v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355861v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nwosu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376914v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355871v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00001463v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05002564v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-51447-0_27-1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03873902v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Ollivier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103036v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577843v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303401v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471092v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lsse.2.09coh" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806429v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00648549v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Pugibet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Getliffe" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Viselthier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine R&#233;mon" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169400v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Denou&#235;l" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pressesdesmines.com/produit/le-numerique-en-education-et-formation/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664512v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Tellier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdidier.com/fr/sous-collection/enseigner-loral-en-ligne" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806408v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376645v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03448748v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Roussel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03448755v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/hal-03448510v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Doulfaquar" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01372540v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01373699v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/medihal-01373705v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02981754v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Carteron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103034v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103035v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317779v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103038v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jos&#233;e Hamel" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103039v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01879323v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103033v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02103040v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533434v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tou S Zoum" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kon&#233; Salifou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533410v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533398v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533443v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01577886v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara R Wigham" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01841506v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Duthoit" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01215770v2" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Holt" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01488951v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121349v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00990665v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121353v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01371004v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Riviere" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121350v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121352v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121354v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121348v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Blin" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Thou&#235;sny" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079071v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01439317v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Marquillo-Larruy" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Mangenot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Tr&#233;visiol-Okamura" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082055v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806428v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Betrancourt" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02017635v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355869v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063753v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355870v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00355866v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edutice.hal.science/edutice-00779386v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Nissen" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Parpette" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00806418v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01510475v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00870131v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>