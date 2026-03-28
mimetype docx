--- v0 (2026-03-03)
+++ v1 (2026-03-28)
@@ -1,52 +1,2836 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Guilliot </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Présentation d'Habilitation à Diriger des Recherches La structuration de la phrase : enjeux syntaxiques, sémantiques, prosodiques, et cognitifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'information grammaticale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 167, pp.35-37. </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2143/IG.167.0.3288990⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03252346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Logic of Pronominal Resumption. By ASH ASUDEH, New York: Oxford University Press Inc (Oxford Studies in Theoretical Linguistics),</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (compte-rendu de lecture)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667752v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A top-down analysis for Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingua</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 116 (11), http://www.sciencedirect.com/science/journal/00243841. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.lingua.2004.10.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (19)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microvariation syntaxique des langues romanes et régionales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Département d'Etudes Françaises à l'Université de Toronto (UofT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Marie Brousseau, Apr 2024, Toronto ( CA ), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negation, Polarity, Negative Concord in Romance languages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Studies and Linguistics Seminar at Louisiana State University (LSU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jeffrey Leichmann, Feb 2022, New Orleans (LA), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La notion de Modèle en Grammaire Générative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du Laboratoire MoDyCo "Epistémologie des Sciences du Langage"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concordance Négative en Gallo : qui n’y comprend (pas) rien ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Becerra-Zita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international SyMiLa : la microvariation syntaxique dans les langues romanes de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to share with coordination: interactions between syntax, prosody, and linear order</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research Colloquium of the Linguistics Department</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Konstanz, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structuralisme et Grammaire Générative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7ème Atelier d'été du CerLICO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction and Sharing: a dynamic perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier international Order and Directionality in Grammar, inclus dans 43rd IGG (Incontro di Grammatica Generativa)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Pavie, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negative Concord in Gallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Becerra-Zita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5èmes RALFe (Rencontres d'Automne de Linguistique Formelle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to deal with microvariation : the case of Negation in Gallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier international MiMoGa sur la Microvariation Morpho-syntaxique Galloromane</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2016, Zurich, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02122691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comments on &amp;quot;Small Clauses and Copular Constructions : the view from Hebrew&amp;quot; by Ur Shlonsky</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier international Topics in Syntax and Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction in Sharing Constructions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Becerra-Zita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes RALFe (Rencontres d'Automne de Linguistique Formelle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02172369v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On covariation and competition : how resumptives covary and distribute</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouman Malkawi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier international sur la Syntaxe et la Sémantique des Pronoms Résomptifs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2012, Jérusalem, Israel</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01026361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Syntax & Psycho-Syntax</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamida Demirdache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consortium Workshop on Theoretical and Experimental Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2011, NIAS Institue, Wassenaar, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01055191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Some Questions (and Answers) about Cleft Sentences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magda Oiry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">41e LSRL - Colloque de Linguistique sur les Langues Romanes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Ottawa, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01026382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction : a variable(-free) phenomenon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Workshop of the European Research Net in Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2009, Vitoria-Gasteiz, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To Reconstruct or Not to Reconstruct: that is the question</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">What Syntax feeds Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Maribel Romero, Aug 2008, Hambourg, Germany. http://www.illc.uva.nl/ESSLLI2008/WhatSyntaxFeedsSemantics.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00435681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction : the island's puzzle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32nd Incontro di Grammatica Generativa (IGG32)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Florence, Italy. http://www.unilibro.it/find_buy/Scheda/libreria/autore-non_specificato/sku-12429987/proceedings_of_t</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Resumption determines Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouman Malkawi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th West Coast Conference on Formal Linguistics (WCCFL25)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Seattle, United States. pp.168-176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Binding and Last Resort Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Semantic Approaches to Binding Theory</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2004, Nancy, France. http://www.linguistics.ucla.edu/people/schlenker/ESSLLI04.html</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux théoriques en Syntaxe: interfaces, cognition, et linéarité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presses Universitaires de Rennes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Collection Rivages Linguistiques, 224 p., 2023, 978-2-7535-9327-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04624785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution des corrélations cumulatives : entre coordination et subordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mathieu Goux; Pascale Mounier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La corrélation en diachronie longue (1450-1800). Phrase, texte et discours</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Honoré Champion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Linguistique Historique, 978-2-7453-5945-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04624823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Concordance Négative en Gallo : qui n'y comprend (pas) rien ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Becerra-Zita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean Sibille. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Microvariation Syntaxique dans les Langues Romanes de France : actes du colloque Symila, Toulouse, 11 et 12 juin 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lambert-Lucas, pp.33-46, 2020, 978-2-35935-213-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03253796v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negative Concord and Sentential Negation in Gallo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Becerra-Zita</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romance Languages and Linguistic Theory 2016 : selected papers from Going Romance 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Benjamins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.53-71, 2019, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/rllt.15.03gui⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01667785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gallo language</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">State of the Art Report on Grammatical Diversity of Regional Languages</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petite histoire de sommets vides: on n'a pas toujours le schwa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Tifrit. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phonologie, Morphologie, Syntaxe: mélanges offerts à Jean-Pierre Angoujard</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp. 121-142, 2013, Rivages Linguistiques</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01026419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Weak versus Strong Resumption: covarying differently</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouman Malkawi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">A. Rouveret. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Resumptive Pronouns at the Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5, John Benjamins, pp.395-423, 2011, Language Faculty And Beyond, 9789027208224. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/lfab.5.11gui⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01030784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstructing functional relatives...or not</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">O. Bonami et P. Cabredo-Hofherr. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Empirical issues in Syntax and Semantics 8</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, , pp. 97-121, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01026409v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Movement fails to Reconstruct</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouman Malkawi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">José M. Brucart; Anna Gavarró; Jaume Solà. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Merging Features</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxford University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.157-174, 2009, Oxford Scholarship Online, 9780199553266. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199553266.003.0009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction &amp; Islandhood in Jordanian Arabic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouman Malkawi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">M. Mughazy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives on Arabic Linguistics XX</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, John Benjamins, http://www.benjamins.com/cgi-bin/t_bookview.cgi?bookid=CILT%20290, 2007, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1075/cilt.290.09mal⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconstruction without movement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Guilliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouman Malkawi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luis Eguren &amp; Olga Fernández-Soriano. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coreference, Modality &amp; Focus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Benjamins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00437099v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId57"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:body>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:spacing w:after="20"/>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
+            <w10:wrap type="tight" anchorx="margin"/>
+            <v:imagedata r:id="rId7" o:title=""/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nicolas Guilliot </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="600"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="600"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="400"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Publications</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation d'Habilitation à Diriger des Recherches La structuration de la phrase : enjeux syntaxiques, sémantiques, prosodiques, et cognitifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'information grammaticale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 167, pp.35-37. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/IG.167.0.3288990⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03252346v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Logic of Pronominal Resumption. By ASH ASUDEH, New York: Oxford University Press Inc (Oxford Studies in Theoretical Linguistics),</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667752v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A top-down analysis for Reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lingua</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 116 (11), http://www.sciencedirect.com/science/journal/00243841. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lingua.2004.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microvariation syntaxique des langues romanes et régionales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Département d'Etudes Françaises à l'Université de Toronto (UofT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Marie Brousseau, Apr 2024, Toronto ( CA ), Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Negation, Polarity, Negative Concord in Romance languages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">French Studies and Linguistics Seminar at Louisiana State University (LSU)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jeffrey Leichmann, Feb 2022, New Orleans (LA), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811077v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La notion de Modèle en Grammaire Générative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire du Laboratoire MoDyCo "Epistémologie des Sciences du Langage"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04811114v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concordance Négative en Gallo : qui n’y comprend (pas) rien ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Becerra-Zita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international SyMiLa : la microvariation syntaxique dans les langues romanes de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to share with coordination: interactions between syntax, prosody, and linear order</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Research Colloquium of the Linguistics Department</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2019, Konstanz, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02122733v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Structuralisme et Grammaire Générative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7ème Atelier d'été du CerLICO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstruction and Sharing: a dynamic perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier international Order and Directionality in Grammar, inclus dans 43rd IGG (Incontro di Grammatica Generativa)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Pavie, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Negative Concord in Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Becerra-Zita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5èmes RALFe (Rencontres d'Automne de Linguistique Formelle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172352v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to deal with microvariation : the case of Negation in Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier international MiMoGa sur la Microvariation Morpho-syntaxique Galloromane</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Zurich, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02122691v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comments on &amp;quot;Small Clauses and Copular Constructions : the view from Hebrew&amp;quot; by Ur Shlonsky</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier international Topics in Syntax and Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172349v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstruction in Sharing Constructions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Becerra-Zita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3èmes RALFe (Rencontres d'Automne de Linguistique Formelle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172369v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On covariation and competition : how resumptives covary and distribute</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouman Malkawi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Atelier international sur la Syntaxe et la Sémantique des Pronoms Résomptifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Jérusalem, Israel</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01026361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Some Questions (and Answers) about Cleft Sentences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magda Oiry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">41e LSRL - Colloque de Linguistique sur les Langues Romanes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Ottawa, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01026382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Syntax &amp; Psycho-Syntax</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamida Demirdache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Consortium Workshop on Theoretical and Experimental Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, NIAS Institue, Wassenaar, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01055191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstruction : a variable(-free) phenomenon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd Workshop of the European Research Net in Linguistics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Vitoria-Gasteiz, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">To Reconstruct or Not to Reconstruct: that is the question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What Syntax feeds Semantics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Maribel Romero, Aug 2008, Hambourg, Germany. http://www.illc.uva.nl/ESSLLI2008/WhatSyntaxFeedsSemantics.html</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00435681v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstruction : the island's puzzle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">32nd Incontro di Grammatica Generativa (IGG32)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Florence, Italy. http://www.unilibro.it/find_buy/Scheda/libreria/autore-non_specificato/sku-12429987/proceedings_of_t</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When Resumption determines Reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouman Malkawi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25th West Coast Conference on Formal Linguistics (WCCFL25)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2006, Seattle, United States. pp.168-176</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Binding and Last Resort Reconstruction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Semantic Approaches to Binding Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2004, Nancy, France. http://www.linguistics.ucla.edu/people/schlenker/ESSLLI04.html</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enjeux théoriques en Syntaxe: interfaces, cognition, et linéarité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Collection Rivages Linguistiques, 224 p., 2023, 978-2-7535-9327-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04624785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolution des corrélations cumulatives : entre coordination et subordination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mathieu Goux; Pascale Mounier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La corrélation en diachronie longue (1450-1800). Phrase, texte et discours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Honoré Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Linguistique Historique, 978-2-7453-5945-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04624823v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Concordance Négative en Gallo : qui n'y comprend (pas) rien ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Becerra-Zita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean Sibille. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Microvariation Syntaxique dans les Langues Romanes de France : actes du colloque Symila, Toulouse, 11 et 12 juin 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lambert-Lucas, pp.33-46, 2020, 978-2-35935-213-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03253796v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Negative Concord and Sentential Negation in Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Becerra-Zita</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Romance Languages and Linguistic Theory 2016 : selected papers from Going Romance 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Benjamins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.53-71, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/rllt.15.03gui⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01667785v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gallo language</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">State of the Art Report on Grammatical Diversity of Regional Languages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02052755v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petite histoire de sommets vides: on n'a pas toujours le schwa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Tifrit. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phonologie, Morphologie, Syntaxe: mélanges offerts à Jean-Pierre Angoujard</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp. 121-142, 2013, Rivages Linguistiques</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01026419v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstructing functional relatives...or not</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">O. Bonami et P. Cabredo-Hofherr. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Empirical issues in Syntax and Semantics 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, , pp. 97-121, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01026409v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weak versus Strong Resumption: covarying differently</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouman Malkawi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Rouveret. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Resumptive Pronouns at the Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 5, John Benjamins, pp.395-423, 2011, Language Faculty And Beyond, 9789027208224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/lfab.5.11gui⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01030784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">When Movement fails to Reconstruct</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouman Malkawi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">José M. Brucart; Anna Gavarró; Jaume Solà. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Merging Features</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oxford University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.157-174, 2009, Oxford Scholarship Online, 9780199553266. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780199553266.003.0009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstruction &amp; Islandhood in Jordanian Arabic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouman Malkawi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Mughazy. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Perspectives on Arabic Linguistics XX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, John Benjamins, http://www.benjamins.com/cgi-bin/t_bookview.cgi?bookid=CILT%20290, 2007, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1075/cilt.290.09mal⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437097v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reconstruction without movement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Guilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouman Malkawi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Luis Eguren &amp; Olga Fernández-Soriano. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Coreference, Modality &amp; Focus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Benjamins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00437099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:sectPr>
+      <w:footerReference w:type="default" r:id="rId57"/>
+      <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:num="1" w:space="720"/>
+      <w:pgNumType w:start="1"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +2970,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252346v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilliot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.167.0.3288990" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667752v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437089v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2004.10.002" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811101v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811077v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811114v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667732v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Becerra-Zita" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122733v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172345v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172357v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172352v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122691v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172349v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172369v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026361v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouman Malkawi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055191v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Demirdache" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026382v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Oiry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437134v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435681v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437127v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437101v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437118v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624785v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9671/enjeux-theoriques-en-syntaxe-interfaces-cognition-et-linearite" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624823v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/editions-honore-champion/12912-book-08535945-9782745359452.html#/6-support-livre_papier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253796v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667785v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamins.com/catalog/rllt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/rllt.15.03gui" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052755v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026419v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01030784v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lfab.5.11gui" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026409v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437100v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/book/12723/chapter-abstract/162812217?redirectedFrom=fulltext" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199553266.003.0009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437097v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cilt.290.09mal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437099v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.benjamins.nl/cgi-bin/t_bookview.cgi?bookid=LA%20111" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03252346v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Guilliot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.167.0.3288990" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667752v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437089v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lingua.2004.10.002" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811101v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811077v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811114v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667732v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Becerra-Zita" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122733v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172345v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172357v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172352v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122691v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172349v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172369v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026361v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nouman Malkawi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026382v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magda Oiry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01055191v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamida Demirdache" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437134v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00435681v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437127v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437101v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437118v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624785v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pur-editions.fr/product/9671/enjeux-theoriques-en-syntaxe-interfaces-cognition-et-linearite" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04624823v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/editions-honore-champion/12912-book-08535945-9782745359452.html#/6-support-livre_papier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253796v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01667785v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://benjamins.com/catalog/rllt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/rllt.15.03gui" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052755v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026419v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01026409v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01030784v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/lfab.5.11gui" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437100v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://academic.oup.com/book/12723/chapter-abstract/162812217?redirectedFrom=fulltext" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199553266.003.0009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437097v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1075/cilt.290.09mal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00437099v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.benjamins.nl/cgi-bin/t_bookview.cgi?bookid=LA%20111" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>