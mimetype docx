--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -132,3487 +132,3487 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Rapport (23)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Centre Val-de Loire, Indre-et-Loire, Amboise, 3 rue Rouget de Lisle. Amboise, oppidum des Châtelliers : du sanctuaire gaulois au sanctuaire antique (100 av. – 70 ap. J.-C.). Rapport de fouille archéologique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Marie Laruaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boislève</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Braguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laureline Cinçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France; SADIL/CD37. 2025, 2 vol. (521 p. ; 995 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05210799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Amboise, ZA La Boitardière ouest, rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Couderc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Bébien-Dabek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Braguier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre-Île-de-France. 2025, 1 vol. (124 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05160071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fontgombault, l’Abbaye. Rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pouyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Bouillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2025, pp.97</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04961138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinq-Mars-la-Pile, Le château ; tour orientale et tourelle d’escalier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Yvernault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre - Île-de-France. 2023, 1 vol. (94 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint-Benoît-du-Sault (Indre). Aménagement du centre ancien, phase 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Yvernault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marielle Delémont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Véquaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap, SRA Centre - Val de Loire. 2023, pp.216</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05190247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montrichard Val-de-Cher, Château</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre - Île-de-France. 2023, 1 vol. (145 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cimetière juif médiéval de Châteauroux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jesset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Kacki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Livet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maison des Sciences de l'Homme d'Aquitaine. 2022, 2 vol. (260 p. et np)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04397037v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reuilly, 11 rue de la République</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Yvernault</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre - Île-de-France. 2022, 1 vol. (127 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amboise, Château royal, Montée de l'Emir Abd El-Kader</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre - Île-de-France. 2022, 1 vol. (83 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cluis, Forteresse de Cluis-Dessous, Cinquième campagne de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorine Mataouchek</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre - Île-de-France. 2022, 1 vol. (69 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint-Marcel (Indre), 5 rue du Carroir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Pouyet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap - Centre ïle-de-France. 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03954327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romorantin-Lanthenay. 36, rue Joseph Gaveau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorine Mataouchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Perrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Schemmama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap, SRA Centre - Val de Loire. 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03589027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betz-le-Château, Château</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaël Roy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorothée Lusson</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre - Île-de-France. 2020, 1 vol. (217 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504999v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villaines-les-Rochers, Église Saint-André</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Lozahic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre - Île-de-France. 2019, 1 vol. (107 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04504784v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fouille du cimetière juif médiéval de Châteauroux. Rapport préliminaire de fouille programmée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Munos Matthieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Jesset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Maison des Sciences de l'Homme d'Aquitaine. 2019, 162 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03331090v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Centre-Val de Loire, Loir-et-Cher, Pontlevoy, Boulevard des Tilleuls, Chevrière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Jouanneau-Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Fourré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiona Kildea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap CIF; SRA Centre - Val de Loire. 2018, 218 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02495836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vendôme, Loir-et-Cher, quartier Rochambeau, Bâtiment Régence. Rapport de diagnostic archéologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Coffineau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] INRAP CIF. 2018, 157 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03331076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Selles-sur-Cher, Le château. Tranchée dans la cour d'honneur à proximité du pavillon de Béthune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre - Île-de-France. 2016, 1 vol. (38 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04506026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Montargis, le Château : Mur nord de terrasse des jardins Renaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Bryant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap Centre - Île-de-France. 2016, 1 vol. (63 p.)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04505638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etrechet, Indre, ZAC d'Ozans, phase 2, tranche 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Munos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Fourré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2013, pp.366</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01812653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etrechet, Indre, ZAC d'Ozans, phase 1, tranche 3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Munos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Jouanneau-Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Holzem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Froquet-Uzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2010, pp.212</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01809783v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etrechet, Indre, ZAC d'Ozans, phase 1 tranche 1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Munos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Pichon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinçon Laureline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2010, pp.366</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01807521v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etrechet, Indre, ZAC d'Ozans, phase 1, tranche 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Munos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Landreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Di Napoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Couvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Inrap. 2010, pp.336</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01809610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le quartier du Fort à Saint-Benoît-du-Sault (Indre), résultats du diagnostic d’archéologie préventive de novembre 2020. Première partie : les questions d’urbanisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Chimier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Yvernault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Delémont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Holzem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Véquaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l’Académie du Centre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2025, pp.13-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05205523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deux aires de forges de La Tène moyenne et finale à Andrézieux-Bouthéon « ZAIN Opéra Parc - tranche 2 »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Georges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Dransart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Bigot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Giry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Holzem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin de l'Association française pour l'étude de l'âge du Fer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 36, pp.33-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02102625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ozans : quand l’archéologue du XXIe siècle part à la découverte de 200 000 ans de passé berrichon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Munos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Cherdo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Raudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Gardère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de l’Académie du Centre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Histoire et patrimoine de l'Indre, 134, pp.44-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01252824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Résultats de la campagne de fouille de 2009 sur le site des Roches d'Abilly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro F. Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luca Antonio Dimuccio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin des amis du Musée de préhistoire du Grand-Pressigny</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 61, pp.79-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00584959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">REPRISE DES FOUILLES SUR LE SITE DES ROCHES D'ABILLY : PREMIERS RÉSULTATS ET PERSPECTIVES DES CAMPAGNES DE 2007 ET 2008</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bertrand Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miguel Almeida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Candela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Fontana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin des amis du Musée de préhistoire du Grand-Pressigny</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 60, pp.67-75</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02547913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rapport (23)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Centre-Val de Loire, Indre-et-Loire, Amboise, ZA La Boitardière ouest, rapport de diagnostic archéologique</w:t>
-[...139 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le jeu de paume de Biziou à Chinon et sa charpente d'origine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Marie Laruaz</w:t>
-[...128 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Christophe Perrault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bernard-Tambour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Holzem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap - Centre Île-de-France. 2025, pp.97</w:t>
-[...2024 lines deleted...]
-                <w:t xml:space="preserve">hal-01809610v1</w:t>
+              <w:t xml:space="preserve">Jean-Yves Dufour. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archéologie et histoire des jeux de paume en France. De Versailles à la Marseillaise (XVIe-XVIIIe siècle)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS Éditions; Inrap, pp.210-239, 2024, Recherches archéologiques 26, 978-2-271-15160-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05099767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Archéologie et histoire des jeux de paume en France. De Versailles à la Marseillaise (XVI&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;-XVIII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle)</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Blois médiévale et moderne : l’hôtel de Boulogne, 13 bis rue des Ponts Chartrains et 14 rue de Boulogne (Loir-et-Cher, Centre-Val de Loire)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Jouquand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvia Jouanneau-Bigot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorine Mataouchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Champault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gardère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Inrap. , pp.3 vol., 2024, Documents d’archéologie préventive 43, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34692/9kg5-9746⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Arveiller</w:t>
-[...68 lines deleted...]
-                <w:t xml:space="preserve">hal-04653286v1</w:t>
+                <w:t xml:space="preserve">hal-04440795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blois médiévale et moderne : l’hôtel de Boulogne, 13 bis rue des Ponts Chartrains et 14 rue de Boulogne (Loir-et-Cher, Centre-Val de Loire)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Archéologie et histoire des jeux de paume en France. De Versailles à la Marseillaise (XVI&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt;-XVIII&amp;lt;sup&amp;gt;e&amp;lt;/sup&amp;gt; siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Jouquand</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Victorine Mataouchek</w:t>
+                <w:t xml:space="preserve">Clément Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Champault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Gardère</w:t>
+                <w:t xml:space="preserve">Véronique Arveiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Bach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Bernard-Tambour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Inrap. , pp.3 vol., 2024, Documents d’archéologie préventive 43, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Inrap. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CNRS Éditions</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Recherches archéologiques 26, 419 p., 2024, 978-2-271-15160-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04440795v1</w:t>
-[...143 lines deleted...]
-                <w:t xml:space="preserve">hal-05099767v1</w:t>
+                <w:t xml:space="preserve">hal-04653286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3630,64 +3630,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évolution structurelle et fonctionnelle d'un souterrain à Betz-le-Château dans l'Indre-et-Loire (France), du Moyen Âge à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaël Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Holzem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18ème Congrès International de Spéléologie﻿ – UIS 2022 - Savoie Mont Blanc 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Union Internationale de Spéléologie, Karstologia Mémoires 22, Explorations &amp; History, Jul 2022, Le Bourget-du-Lac, France. pp.215-218</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3712,51 +3712,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution du site de « la Croix de Bagneux »à Mareuil-sur-Cher (Loir-et-Cher, France) à l’approche palethnologique des groupes humains du Paléolithique supérieur ancien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fiona Kildea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3869,90 +3869,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le diagnostic archéologique : un outil fondamental pour l’histoire d’un terroir. ZAC Ozans – Etrechet (Indre), 2009-2017</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Munos Matthieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francesca Di Napoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Holzem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Inrap. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le diagnostic comme outil de recherche : 2e séminaire scientifique et technique de l'Inrap</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2017, Caen, France. , Le diagnostic comme outil de recherche. Actes du 2e séminaire scientifique et technique de l'Inrap, 28-29 sept. 2017, Caen, 2017, </w:t>
@@ -4080,51 +4080,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8097C8A9"/>
+    <w:nsid w:val="27AFE823"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4311,51 +4311,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-holzem" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-0962-5611" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05205523v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzem" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte V&#233;quaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02102625v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Georges" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dransart" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bigot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Giry" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252824v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Munos" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fouillet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Raudin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00584959v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubry" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Almeida" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Candela" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro F. Cunha" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Antonio Dimuccio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547913v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Walter" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fontana" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160071v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile B&#233;bien-Dabek" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouillon" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210799v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Laruaz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961138v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504435v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190247v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504366v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504716v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397037v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04506053v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04505631v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorine Mataouchek" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954327v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589027v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perrault" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Schemmama" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504999v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504784v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pichon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lozahic" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331090v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munos Matthieu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331076v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495836v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Jouanneau-Bigot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04506026v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04505638v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bryant" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01812653v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01809783v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01807521v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin&#231;on Laureline" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01809610v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landreau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04653286v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dufour" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Alix" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Arveiller" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bach" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bernard-Tambour" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra-26-archeologie-et-histoire-des-jeux-de-paume-en-france/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04440795v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jouquand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Champault" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/9kg5-9746" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05099767v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985498v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876594v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Sellami" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03128195v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/v0aj-n039" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-holzem" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0000-0962-5611" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210799v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Couderc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marie Laruaz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boisl&#232;ve" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Braguier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Cin&#231;on" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05160071v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile B&#233;bien-Dabek" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bouillon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gard&#232;re" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04961138v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pouyet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Holzem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504435v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Yvernault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190247v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Chimier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Del&#233;mont" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte V&#233;quaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504366v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Millet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397037v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blanchard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Jesset" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Kacki" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Livet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504716v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04506053v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04505631v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorine Mataouchek" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03954327v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03589027v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Perrault" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Schemmama" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504999v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;l Roy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Lusson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04504784v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Pichon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Lozahic" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331090v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Munos Matthieu" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02495836v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Jouanneau-Bigot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Fourr&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiona Kildea" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331076v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Coffineau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04506026v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04505638v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Bryant" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01812653v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Munos" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Napoli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01809783v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Froquet-Uzel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01807521v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cin&#231;on Laureline" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-01809610v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Landreau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Couvin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05205523v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02102625v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Georges" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dransart" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bigot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Giry" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252824v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fouillet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cherdo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Raudin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00584959v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubry" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Almeida" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Candela" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro F. Cunha" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Antonio Dimuccio" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547913v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Walter" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fontana" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-05099767v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bernard-Tambour" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Dufour" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04440795v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Jouquand" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Champault" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/9kg5-9746" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-04653286v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Alix" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Arveiller" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Bach" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/ra-26-archeologie-et-histoire-des-jeux-de-paume-en-france/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985498v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-02876594v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Souffi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Griselin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Sellami" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inrap.hal.science/hal-03128195v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34692/v0aj-n039" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>