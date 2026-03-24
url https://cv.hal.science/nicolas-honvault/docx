--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -344,598 +344,598 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beneficial effects of conservation agriculture on earthworm and Collembola communities in Northern France</w:t>
+                <w:t xml:space="preserve">Mixing ratio and Nitrogen fertilization drive synergistic effects between biochar and compost</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+                <w:t xml:space="preserve">Manhattan Lebrun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Vedere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cornelia Rumpel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Chauvat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Soil</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11104-023-05916-9⟩</w:t>
+              <w:t xml:space="preserve">Nutrient Cycling in Agroecosystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 128, pp.429-446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10705-023-10320-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04027974v1</w:t>
+                <w:t xml:space="preserve">hal-04440991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixing ratio and Nitrogen fertilization drive synergistic effects between biochar and compost</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Manhattan Lebrun</w:t>
+                <w:t xml:space="preserve">Influence of cover crop residue traits on phosphorus availability and subsequent uptake by plants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Vedere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Honvault</w:t>
+                <w:t xml:space="preserve">Timothy Mclaren</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cornelia Rumpel</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emmanuel Frossard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrient Cycling in Agroecosystems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 128, pp.429-446. </w:t>
+              <w:t xml:space="preserve">, 2024, 128, pp.131-148. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10705-023-10320-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10705-023-10333-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04440991v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04444243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of cover crop residue traits on phosphorus availability and subsequent uptake by plants</w:t>
+                <w:t xml:space="preserve">Additive effects of basalt enhanced weathering and biochar co-application on carbon sequestration, soil nutrient status and plant performance in a mesocosm experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy Mclaren</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">David Houben</w:t>
+                <w:t xml:space="preserve">Marie-Laure Tiouchichine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Frossard</w:t>
+                <w:t xml:space="preserve">Joana Sauze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Piel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Landais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrient Cycling in Agroecosystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10705-023-10333-6⟩</w:t>
+              <w:t xml:space="preserve">Applied Geochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 169, pp.106054. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2024.106054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04444243v1</w:t>
+                <w:t xml:space="preserve">hal-04731683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Additive effects of basalt enhanced weathering and biochar co-application on carbon sequestration, soil nutrient status and plant performance in a mesocosm experiment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Beneficial effects of conservation agriculture on earthworm and Collembola communities in Northern France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Maïmiti Dulaurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Houben</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Clément Piel</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel-Pierre Faucon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Landais</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Matthieu Chauvat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Geochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 169, pp.106054. </w:t>
+              <w:t xml:space="preserve">Plant and Soil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 503 (155-165), pp.155-165. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apgeochem.2024.106054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11104-023-05916-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04731683v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04027974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The older, the better: Ageing improves the efficiency of biochar-compost mixture to alleviate drought stress in plant and soil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Védère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manhattan Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Biron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1038,64 +1038,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manhattan Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Vedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1159,51 +1159,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biochar and compost addition increases soil organic carbon content and substitutes P and K fertilizer in three French cropping systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manhattan Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Védère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1293,51 +1293,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does soil water status influence the fate of soil organic matter? A review of processes across scales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Védère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manhattan Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1978,64 +1978,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of Fresh and Aged Amendments on Alleviating Water-Stress Impacts on Plant Growth and Soil Microbial Functioning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Vedere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manhattan Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Biron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2116,51 +2116,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment le statut hydrique du sol influence le devenir des matières organiques du sol ? Une revue des processus à des échelles variées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Védère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manhattan Lebrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Honvault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2732,51 +2732,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04395291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus-acquisition strategies of different crop species in soils amended with sewage sludge</w:t>
+                <w:t xml:space="preserve">Phosphorus-acquisition strategies of rapeseed, barley and wheat in soils amended with sewage sludge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
@@ -2811,97 +2811,97 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Lambers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Symposium Phosphorus in Soils and Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Leuven, Belgium</w:t>
+              <w:t xml:space="preserve">Journées Condorcet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04395314v1</w:t>
+                <w:t xml:space="preserve">hal-04395449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorus-acquisition strategies of rapeseed, barley and wheat in soils amended with sewage sludge</w:t>
+                <w:t xml:space="preserve">Phosphorus-acquisition strategies of different crop species in soils amended with sewage sludge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Nobile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Houben</w:t>
@@ -2936,73 +2936,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Lambers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Condorcet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">6th International Symposium Phosphorus in Soils and Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Leuven, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04395449v1</w:t>
+                <w:t xml:space="preserve">hal-04395314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La contamination des sols agricoles par le bisphénol A : une préoccupation de sécurité alimentaire ?</w:t>
               </w:r>
@@ -3453,51 +3453,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F31B77B4"/>
+    <w:nsid w:val="6BBC7163"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3684,51 +3684,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-honvault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7855-7712" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04945959v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Honvault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issifou Amadou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-13367-1.00006-5" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04027974v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ma&#239;miti Dulaurent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chauvat" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-023-05916-9" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440991v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manhattan Lebrun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vedere" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Rumpel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10705-023-10320-x" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444243v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Mclaren" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Frossard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10705-023-10333-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731683v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tiouchichine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Sauze" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Piel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Landais" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2024.106054" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831829v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte V&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Biron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Planchais" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bordenave-Jacquemin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.158920" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03810055v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nobile" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2022.104684" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03930088v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Aubertin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00848-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831825v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Girardin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2022.104214" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03786142v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel&#8208;pierre Faucon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcbb.12993" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286269v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Meglouli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laruelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13823" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860461v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Lambers" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04584-3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898111v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yacoumas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meglouli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tisserant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-019-4383-7" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375747v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bordenave Jacquemin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04590283v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395008v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395037v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Yacoumas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fontaine" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04560157v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395291v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Michel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395314v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395449v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395557v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Yacoumas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395344v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395329v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-honvault" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7855-7712" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04945959v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Honvault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issifou Amadou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-13367-1.00006-5" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440991v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manhattan Lebrun" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Vedere" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Rumpel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10705-023-10320-x" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444243v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Mclaren" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Frossard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10705-023-10333-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731683v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tiouchichine" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Sauze" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Piel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Landais" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeochem.2024.106054" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04027974v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Ma&#239;miti Dulaurent" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chauvat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-023-05916-9" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831829v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte V&#233;d&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Biron" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Planchais" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bordenave-Jacquemin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.158920" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03810055v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Nobile" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsoil.2022.104684" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03930088v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Aubertin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00848-7" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831825v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Girardin" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.earscirev.2022.104214" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03786142v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel&#8208;pierre Faucon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcbb.12993" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286269v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hac&#232;ne Meglouli" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Laruelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1365-2435.13823" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860461v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans Lambers" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-020-04584-3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02898111v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yacoumas" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Meglouli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Tisserant" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11270-019-4383-7" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04375747v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bordenave Jacquemin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04590283v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395008v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395037v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Yacoumas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fontaine" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04560157v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395291v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Michel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395449v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395314v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395557v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Yacoumas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395344v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04395329v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>