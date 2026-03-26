--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1289,692 +1289,692 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-01635451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymer-Decorated Carbon Nanotubes as Transducers for Label-Free Photonic Biosensors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Enhanced light emission from Carbon Nanotubes integrated in silicon micro-resonator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Noury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Villemin</w:t>
+                <w:t xml:space="preserve">Xavier Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edmond Gravel</w:t>
+                <w:t xml:space="preserve">Laurent Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Izard</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/chem.201503741⟩</w:t>
+              <w:t xml:space="preserve">Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26, pp.345201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0957-4484/26/34/345201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01636799v1</w:t>
+                <w:t xml:space="preserve">hal-01207099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced light emission from Carbon Nanotubes integrated in silicon micro-resonator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Noury</w:t>
+                <w:t xml:space="preserve">Near-Field Fano-Imaging of TE and TM Modes in Silicon Microrings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico La China</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesca Intonti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niccolo Caselli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Le Roux</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Francesco Lotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Sarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0957-4484/26/34/345201⟩</w:t>
+              <w:t xml:space="preserve">ACS photonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 2 (12), pp.1712-1718. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsphotonics.5b00327⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01207099v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01284360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Near-Field Fano-Imaging of TE and TM Modes in Silicon Microrings</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polymer-Decorated Carbon Nanotubes as Transducers for Label-Free Photonic Biosensors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesca Intonti</w:t>
+                <w:t xml:space="preserve">Elise Villemin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niccolo Caselli</w:t>
+                <w:t xml:space="preserve">Edmond Gravel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Izard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Lotti</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Francesco Sarti</w:t>
+                <w:t xml:space="preserve">Arianna Filoramo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS photonics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry - A European Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 21 (51), pp.18649-18653. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/chem.201503741⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsphotonics.5b00327⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01284360v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01636799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electroabsorption study of index-defined semiconducting carbon nanotubes</w:t>
+                <w:t xml:space="preserve">Dispersion engineering of wide slot photonic crystal waveguides by Bragg-like corrugation of the slot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Izard</w:t>
+                <w:t xml:space="preserve">Charles Caer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Gaufrès</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Xavier Le Roux</w:t>
+                <w:t xml:space="preserve">van Khanh Do</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Kazaoui</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Y. Murakami</w:t>
+                <w:t xml:space="preserve">Delphine Marris-Morini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Izard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjap/2011110034⟩</w:t>
+              <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 23 (18), pp.1298-1300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LPT.2011.2158996⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00723603v1</w:t>
+                <w:t xml:space="preserve">hal-03720304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dispersion engineering of wide slot photonic crystal waveguides by Bragg-like corrugation of the slot</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electroabsorption study of index-defined semiconducting carbon nanotubes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Izard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Caer</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">E. Gaufrès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">van Khanh Do</w:t>
+                <w:t xml:space="preserve">S. Kazaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Marris-Morini</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Izard</w:t>
+                <w:t xml:space="preserve">Y. Murakami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 23 (18), pp.1298-1300. </w:t>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 55 (2), pp.20401. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/LPT.2011.2158996⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2011110034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03720304v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00723603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical microcavity with semiconducting single-wall carbon nanotubes</w:t>
               </w:r>
@@ -1986,77 +1986,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gaufrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Izard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Kazaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Marris-Morini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 18 (6), pp.5740-5745. </w:t>
@@ -2254,77 +2254,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Gaufrès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Izard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saïd Kazaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Marris-Morini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 34 (24), pp.3845-3847. </w:t>
@@ -2789,51 +2789,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Separation of Semiconducting from Metallic Carbon Nanotubes by Selective Functionalization with Azomethine Ylides.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Menard-Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Izard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Doris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2897,51 +2897,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optical limiting with soluble two-photon absorbing quadrupoles : Structure-property relationships</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Charlot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Izard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Mongin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4326,614 +4326,614 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid integration of carbon nanotubes into silicon slot photonic structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coupling of semiconductor carbon nanotubes emission with silicon photonic micro ring resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Sarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niccolo Caselli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico La China</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elena Durán Valdeiglesias</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Weiwei Zhang</w:t>
+                <w:t xml:space="preserve">Francesco Biccari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thihong Cam Hoang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">A. Noury</w:t>
+                <w:t xml:space="preserve">Ughetta Torrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Silicon Photonics XI</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2211317⟩</w:t>
+              <w:t xml:space="preserve">Silicon Photonics and Photonic Integrated Circuits V</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Bruxelles, Belgium. pp.98910P-98910P-8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2234979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01338659v1</w:t>
+                <w:t xml:space="preserve">cea-01318402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling of semiconductor carbon nanotubes emission with silicon photonic micro ring resonators</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">s-SWNT coupling with active silicon photonics devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Izard</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Silicon Photonics and Photonic Integrated Circuits V</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICONO/LAT 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Minsk, Belarus</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-01318402v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01929340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">s-SWNT coupling with active silicon photonics devices</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Coupling of semiconductor carbon nanotubes emission with silicon photonic microring resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Sarti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Niccolò Caselli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico La China</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Biccari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ughetta Torrini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICONO/LAT 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Minsk, Belarus</w:t>
+              <w:t xml:space="preserve">E-MRS 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01929340v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02346343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupling of semiconductor carbon nanotubes emission with silicon photonic microring resonators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Francesco Sarti</w:t>
+                <w:t xml:space="preserve">Integration of carbon nanotubes in silicon resonators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Durán-Valdeiglesias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Noury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Alonso-Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niccolò Caselli</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ughetta Torrini</w:t>
+                <w:t xml:space="preserve">H C Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Lille, France</w:t>
+              <w:t xml:space="preserve">IEEE 15th International Conference on Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Rome, Italy. pp.148-151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02346343v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-01635441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of carbon nanotubes in silicon resonators</w:t>
+                <w:t xml:space="preserve">Hybrid integration of carbon nanotubes into silicon slot photonic structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Durán-Valdeiglesias</w:t>
+                <w:t xml:space="preserve">Elena Durán Valdeiglesias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weiwei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">W Zhang</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId164" w:history="1">
+                <w:t xml:space="preserve">Thihong Cam Hoang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alonso-Ramos C.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Noury</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">H C Hoang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 15th International Conference on Nanotechnology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Silicon Photonics XI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, San Francisco, United States. pp.97520D-97520D-7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2211317⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">cea-01635441v1</w:t>
+                <w:t xml:space="preserve">cea-01338659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanocomposite thin films for surface protection in electrical contact applications</w:t>
               </w:r>
@@ -5070,51 +5070,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alessandro Benedetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Alamarguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Izard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chenevier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5208,51 +5208,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Viel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Izard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chenevier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5593,51 +5593,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Riehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Izard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Vivien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Anglaret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6738,51 +6738,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374846v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Pashayev" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lhermerout" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roblin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alibert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Jelinek" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5NR01939G" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301530v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Badon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-B Marceau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Allard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fossard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Loiseau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2mh01239a" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229381v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Baux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hermet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Campidelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rousseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c02962" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03426915v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chambard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Moreno-L&#243;pez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuta Sato" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazu Suenaga" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2021.09.072" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228703v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Izard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Felbacq" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2021.119849" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818935v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Almadori" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Delport" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Orcin-Chaix" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carolina Lopes Selvati" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2019.04.041" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925245v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bepete" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Torres-Canas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Derre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Sbardelotto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b04341" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504984v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Ma&#353;l&#237;k" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Tahir" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/aa5687" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01635451v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Duran-Valdeiglesias" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiwei Zhang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Noury" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alonso-Ramos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Hong Cam Hoang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tnano.2016.2556225" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01636799v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Villemin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Gravel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Filoramo" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vivien" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201503741" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DWXQNNCC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207099v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/34/345201" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284360v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico La China" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Intonti" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Caselli" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Lotti" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Sarti" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.5b00327" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723603v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Izard" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaufr&#232;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kazaoui" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Murakami" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2011110034" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720304v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Caer" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Khanh Do" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Marris-Morini" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2011.2158996" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529091v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gaufr&#232;s" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Kazaoui" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.18.005740" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01022834v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie No&#235;l" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alamarguy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Houz&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Benedetto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCAPT.2008.2011915" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441052v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.003845" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444351v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Hata" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiya Okazaki" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Saito" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2939560" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255760v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Louarn" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kapche" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bethoux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Happy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dambrine" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2743402" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01056610v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chenevier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2007.04.022" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SD6FSVDV-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129931v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Menard-Moyon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Doris" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mioskowski" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322840v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Charlot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mongin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Riehl" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanchard-Desce" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005793v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Billaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Riehl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Anglaret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005824v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.71.195417" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003923v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia M&#233;nard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Doris" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mioskowski" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2004.05.001" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815625v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Aznar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jousselme" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753993v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Alibert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807960v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerii Kotok" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dieudonne-George" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Flaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Oliviero" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815703v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Alencar" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815673v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Izard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03563863v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suenaga Kazu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/ma2021-0112611mtgabs" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938592v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Drummond" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain P&#233;nicaud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929315v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01338659v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Dur&#225;n Valdeiglesias" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thihong Cam Hoang" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alonso-Ramos C." TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Noury" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2211317" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01318402v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Biccari" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ughetta Torrini" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2234979" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929340v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02346343v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Caselli" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01635441v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dur&#225;n-Valdeiglesias" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Zhang" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alonso-Ramos" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H C Hoang" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00320371v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Viel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00320332v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chenevier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00320326v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005794v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005795v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003925v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1628025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005798v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930046v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gaufr&#232;s" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.L. Tang" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alvarez" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Martel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930018v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gagnon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paillet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929969v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930195v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;s&#233;bastien Lauret" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407586v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406977v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Badon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allard" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fossard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loiseau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cognet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00007769v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374846v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Pashayev" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Lhermerout" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Roblin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alibert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Jelinek" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5NR01939G" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301530v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Badon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J-B Marceau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Allard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Fossard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Loiseau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d2mh01239a" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04229381v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domitille Baux" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hermet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Campidelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Bantignies" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Rousseau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.3c02962" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03426915v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Chambard" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Moreno-L&#243;pez" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuta Sato" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kazu Suenaga" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2021.09.072" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228703v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Izard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Felbacq" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.saa.2021.119849" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04818935v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Almadori" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raud Delport" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Orcin-Chaix" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Carolina Lopes Selvati" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2019.04.041" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925245v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Bepete" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Torres-Canas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Derre" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Sbardelotto" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsnano.8b04341" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504984v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Blanc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Ma&#353;l&#237;k" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Said Tahir" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2053-1591/aa5687" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01635451v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Duran-Valdeiglesias" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weiwei Zhang" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Noury" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Alonso-Ramos" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Hong Cam Hoang" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tnano.2016.2556225" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207099v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vivien" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-4484/26/34/345201" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01284360v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico La China" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Intonti" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccolo Caselli" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Lotti" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Sarti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsphotonics.5b00327" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01636799v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Villemin" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmond Gravel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arianna Filoramo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201503741" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DWXQNNCC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720304v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Caer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=van Khanh Do" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Marris-Morini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2011.2158996" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723603v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Izard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gaufr&#232;s" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Kazaoui" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Murakami" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2011110034" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00529091v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Gaufr&#232;s" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Kazaoui" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.18.005740" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01022834v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie No&#235;l" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Alamarguy" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Houz&#233;" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandro Benedetto" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Viel" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCAPT.2008.2011915" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441052v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.34.003845" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00444351v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenji Hata" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toshiya Okazaki" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takeshi Saito" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2939560" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00255760v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Louarn" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Kapche" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Bethoux" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Happy" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Dambrine" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.2743402" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01056610v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Chenevier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2007.04.022" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SD6FSVDV-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00129931v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Menard-Moyon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Doris" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mioskowski" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00322840v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Charlot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Mongin" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Riehl" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Blanchard-Desce" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005793v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Billaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Riehl" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Anglaret" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005824v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.71.195417" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003923v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia M&#233;nard" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Doris" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mioskowski" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cplett.2004.05.001" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815625v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Aznar" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Jousselme" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753993v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Alibert" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04807960v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerii Kotok" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dieudonne-George" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Flaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Oliviero" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815703v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Alencar" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815673v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Izard" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03563863v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suenaga Kazu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/ma2021-0112611mtgabs" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938592v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Drummond" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain P&#233;nicaud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929315v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01318402v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Biccari" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ughetta Torrini" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2234979" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929340v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02346343v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Niccol&#242; Caselli" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01635441v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dur&#225;n-Valdeiglesias" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Zhang" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Noury" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alonso-Ramos" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H C Hoang" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01338659v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Dur&#225;n Valdeiglesias" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thihong Cam Hoang" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alonso-Ramos C." TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2211317" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00320371v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Viel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00320332v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chenevier" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00320326v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005794v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005795v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003925v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.1628025" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00005798v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930046v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;tienne Gaufr&#232;s" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.L. Tang" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alvarez" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Martel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930018v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gagnon" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Paillet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michel" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929969v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Martel" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930195v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;s&#233;bastien Lauret" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407586v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03406977v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Badon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Allard" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Fossard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Loiseau" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cognet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00007769v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>