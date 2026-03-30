--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -649,189 +649,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03839871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profile, risk practices and needs of people who inject morphine sulfate: Results from the ANRS-AERLI study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Perrine Roux</w:t>
+                <w:t xml:space="preserve">Impact of an educational intervention on risks associated with drug injection, and on psychosocial factors (PSF) involved in initiating and maintaining new health behaviors over time</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Khatmi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Dany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salim Mezaache</w:t>
+                <w:t xml:space="preserve">Khadim Ndiaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laélia Briand-Madrid</w:t>
+                <w:t xml:space="preserve">Patrizia Carrieri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Debrus</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Khatmi</w:t>
+                <w:t xml:space="preserve">Daniela Rojas Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Drug Policy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 59, pp.3 - 9. </w:t>
+              <w:t xml:space="preserve">Addictive Behaviors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 87, pp.222-230. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.drugpo.2018.06.013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.addbeh.2018.07.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01873278v1</w:t>
+                <w:t xml:space="preserve">inserm-02093755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘Similar but different’: Social representations of health according to gender for French youth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Anastasie Aim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -899,191 +887,203 @@
               <w:t xml:space="preserve">Journal of Health Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, pp.135910531878189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/1359105318781894⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02527754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of an educational intervention on risks associated with drug injection, and on psychosocial factors (PSF) involved in initiating and maintaining new health behaviors over time</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Profile, risk practices and needs of people who inject morphine sulfate: Results from the ANRS-AERLI study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perrine Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salim Mezaache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laélia Briand-Madrid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Debrus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Khatmi</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Daniela Rojas Castro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Addictive Behaviors</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Drug Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 59, pp.3 - 9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.drugpo.2018.06.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.addbeh.2018.07.007⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">inserm-02093755v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01873278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId42"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1159,51 +1159,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8469FB91"/>
+    <w:nsid w:val="9EF6C9CF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1390,51 +1390,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-khatmi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7809-783X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05471359v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Garbolino" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie dos Santos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ombline Pimond" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Sayag" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Khatmi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-025-01209-9" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130083v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dany" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Roux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-025-01254-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04997569v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Spire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Proti&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssmqr.2025.100542" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03839871v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anastasie Aim" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Lelaurain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fonte" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Bovina" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359105318781894" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873278v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Mezaache" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#233;lia Briand-Madrid" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Debrus" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drugpo.2018.06.013" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7C3XD451-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02527754v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02093755v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Ndiaye" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Carrieri" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Rojas Castro" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2018.07.007" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-khatmi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7809-783X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05471359v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serena Garbolino" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie dos Santos" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ombline Pimond" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Sayag" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Khatmi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-025-01209-9" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130083v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dany" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Roux" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12954-025-01254-4" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04997569v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Spire" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christel Proti&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssmqr.2025.100542" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03839871v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anastasie Aim" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Lelaurain" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Fonte" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inna Bovina" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1359105318781894" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02093755v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadim Ndiaye" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Carrieri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Rojas Castro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2018.07.007" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02527754v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873278v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Mezaache" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#233;lia Briand-Madrid" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Debrus" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.drugpo.2018.06.013" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7C3XD451-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>