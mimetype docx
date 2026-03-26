--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1836,796 +1836,796 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03776333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic data from leaves of twenty-four sunflower genotypes under water deficit</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genome-wide and comparative phylogenetic analysis of senescence-associated NAC transcription factors in sunflower (Helianthus annuus)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Langlade</w:t>
+                <w:t xml:space="preserve">Sofia A Bengoa Luoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Cenci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Moschen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salvador Nicosia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura M Radonic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/ocl/2020074⟩</w:t>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12864-021-08199-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03139476v1</w:t>
+                <w:t xml:space="preserve">hal-03510369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New challenges for sunflower ideotyping in changing environments and more ecological cropping systems</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Leaf metabolomic data of eight sunflower lines and their sixteen hybrids under water deficit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Berton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Bernillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Duruflé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Flandin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 28, pp.1-23. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/ocl/2021016⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 28, 42 - 6 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2021029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03238316v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genome-wide and comparative phylogenetic analysis of senescence-associated NAC transcription factors in sunflower (Helianthus annuus)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laura M Radonic</w:t>
+                <w:t xml:space="preserve">Proteomic data from leaves of twenty-four sunflower genotypes under water deficit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Balliau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Harold Duruflé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12864-021-08199-5⟩</w:t>
+              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2020074⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-03510369v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03139476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leaf metabolomic data of eight sunflower lines and their sixteen hybrids under water deficit</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Harold Duruflé</w:t>
+                <w:t xml:space="preserve">New challenges for sunflower ideotyping in changing environments and more ecological cropping systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Debaeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Casadebaig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amélie Flandin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas B Langlade</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 28, 42 - 6 p. </w:t>
+              <w:t xml:space="preserve">, 2021, 28, pp.1-23. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/ocl/2021029⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2021016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03321074v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03238316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gene banks for wild and cultivated sunflower genetic resources</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">SUNFLO, un modèle au service de l'amélioration des tournesols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Alvarez</w:t>
+                <w:t xml:space="preserve">Xavier Pinochet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Debaeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Casadebaig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karin Baumann</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Emmannelle Mestries</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas B. Langlade</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Perspectives Agricoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 480, pp.55-57</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779279v1</w:t>
+                <w:t xml:space="preserve">hal-02952590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SUNFLO, un modèle au service de l'amélioration des tournesols</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gene banks for wild and cultivated sunflower genetic resources</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sreten Terzić</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Boniface</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Marek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Pinochet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pierre Casadebaig</w:t>
+                <w:t xml:space="preserve">Daniel Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmannelle Mestries</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Karin Baumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Perspectives Agricoles</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27, pp.9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2020004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02952590v1</w:t>
+                <w:t xml:space="preserve">hal-04779279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Données transcriptomiques de feuilles de huit lignées de tournesol et de leurs 16 hybrides soumis à un stress hydrique</w:t>
               </w:r>
@@ -3015,351 +3015,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02548885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heliaphen, an outdoor high-throughput phenotyping platform for genetic studies and crop modeling</w:t>
+                <w:t xml:space="preserve">Sunflower pan-genome analysis shows that hybridization altered gene content and disease resistance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florie Gosseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Blanchet</w:t>
+                <w:t xml:space="preserve">Sariel Hubner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Vares</w:t>
+                <w:t xml:space="preserve">Natalia Bercovich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Todesco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Burger</w:t>
+                <w:t xml:space="preserve">Jennifer R. Mandel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Campergue</w:t>
+                <w:t xml:space="preserve">Jens Odenheimer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 9, pp.1-19. </w:t>
+              <w:t xml:space="preserve">Nature Plants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 5 (1), pp.54-62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpls.2018.01908⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41477-018-0329-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02628782v1</w:t>
+                <w:t xml:space="preserve">hal-02626456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sunflower pan-genome analysis shows that hybridization altered gene content and disease resistance</w:t>
+                <w:t xml:space="preserve">Heliaphen, an outdoor high-throughput phenotyping platform for genetic studies and crop modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sariel Hubner</w:t>
+                <w:t xml:space="preserve">Florie Gosseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natalia Bercovich</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marco Todesco</w:t>
+                <w:t xml:space="preserve">Didier Vares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer R. Mandel</w:t>
+                <w:t xml:space="preserve">Philippe Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jens Odenheimer</w:t>
+                <w:t xml:space="preserve">Didier Campergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Plants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 5 (1), pp.54-62. </w:t>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.1-19. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41477-018-0329-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2018.01908⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02626456v1</w:t>
+                <w:t xml:space="preserve">hal-02628782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring gene networks in two sunflower lines with contrasting leaf senescence phenotype using a system biology approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastian Moschen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Marino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salvador Nicosia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janet Higgins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3423,51 +3423,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Metabolomic characterization of sunflower leaf allows discriminating genotype groups or stress levels with a minimal set of metabolic markers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Urrutia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4087,589 +4087,589 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01870580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Different genetic architectures underlie crop responses to the same pathogen: the {&amp;lt;em&amp;gt;Helianthus annuus * Phoma macdonaldii}&amp;lt;/em&amp;gt; interaction case for black stem disease and premature ripening</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sunflower crop and climate change: vulnerability, adaptation, and mitigation potential from case-studies in Europe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Debaeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Casadebaig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Bordat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gwenaëlle Marchand</w:t>
+                <w:t xml:space="preserve">Francis Flénet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlade</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Plant Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12870-017-1116-1⟩</w:t>
+              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 24 (1), 15 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/ocl/2016052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02619317v1</w:t>
+                <w:t xml:space="preserve">hal-01605844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Protocol For: Extraction of high-molecular-weight genomic DNA for long-read sequencing of single molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mayjonade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Mayjonade</w:t>
+                <w:t xml:space="preserve">Nicolas Pouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 62 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2144/000114503⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01603946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The sunflower genome provides insights into oil metabolism, flowering and Asterid evolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Different genetic architectures underlie crop responses to the same pathogen: the {&amp;lt;em&amp;gt;Helianthus annuus * Phoma macdonaldii}&amp;lt;/em&amp;gt; interaction case for black stem disease and premature ripening</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Bordat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pouilly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Badouin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">S Evan Staton</w:t>
+                <w:t xml:space="preserve">Stephane Munos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature22380⟩</w:t>
+              <w:t xml:space="preserve">BMC Plant Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17 (1), pp.167-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12870-017-1116-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01603287v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02619317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sunflower crop and climate change: vulnerability, adaptation, and mitigation potential from case-studies in Europe</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Casadebaig</w:t>
+                <w:t xml:space="preserve">The sunflower genome provides insights into oil metabolism, flowering and Asterid evolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Badouin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Grassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Flénet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S Evan Staton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCL Oilseeds and fats crops and lipids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 24 (1), 15 p. </w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 546 (7656), pp.148-152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/ocl/2016052⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nature22380⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01605844v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01603287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Molecular diversity of sunflower populations maintained as genetic resources is affected by multiplication processes and breeding for major traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Boniface</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4874,351 +4874,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04779355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic Prediction of Sunflower Hybrids Oil Content</w:t>
+                <w:t xml:space="preserve">Genetic control of plasticity of oil yield for combined abiotic stresses using a joint approach of crop modelling and genome‐wide association</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fanny Bonnafous</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Casadebaig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléna Cadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Boniface</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Bret-Mestries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpls.2017.01633⟩</w:t>
+              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 40 (10), pp.2276-2291. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/pce.12961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02624895v1</w:t>
+                <w:t xml:space="preserve">hal-04779348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic control of plasticity of oil yield for combined abiotic stresses using a joint approach of crop modeling and genome-wide association</w:t>
+                <w:t xml:space="preserve">Genomic Prediction of Sunflower Hybrids Oil Content</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Eléna Cadic</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Bonnafous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Boniface</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Bret-Mestries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2017.01633⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/pce.12961⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01608380v1</w:t>
+                <w:t xml:space="preserve">hal-02624895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic control of plasticity of oil yield for combined abiotic stresses using a joint approach of crop modelling and genome‐wide association</w:t>
+                <w:t xml:space="preserve">Genetic control of plasticity of oil yield for combined abiotic stresses using a joint approach of crop modeling and genome-wide association</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Casadebaig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eléna Cadic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5227,158 +5227,158 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Claude Boniface</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 40 (10), pp.2276-2291. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/pce.12961⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04779348v1</w:t>
+                <w:t xml:space="preserve">hal-01608380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extraction of high-molecular-weight genomic DNA for long-read sequencing of single molecules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mayjonade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Donnadieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baptiste Mayjonade</w:t>
+                <w:t xml:space="preserve">Nicolas Pouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Marande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 61 (4), pp.203-205. </w:t>
@@ -5416,51 +5416,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fortune telling: metabolic markers of plant performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Urrutia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5710,51 +5710,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Meimoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernest Mordret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas B. Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Balzergue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5818,51 +5818,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bridging physiological and evolutionary time-scales in a gene regulatory network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Marchand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vân Anh Huynh-Thu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5870,51 +5870,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolan C Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Arribat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Vares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Phytologist</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 203 (2), pp.685-696. </w:t>
@@ -6112,51 +6112,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Afifuddin Adiredjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Navaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Munos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6214,307 +6214,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02640496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A biomarker based on gene expression indicates plant water status in controlled and natural environments.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claude Boniface</w:t>
+                <w:t xml:space="preserve">Combined linkage and association mapping of flowering time in Sunflower (Helianthus annuus L.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléna Cadic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Coque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felicity F. Vear</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Grezes-Besset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Pauquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/pce.12127⟩</w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 126 (5), pp.1337-1356. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00122-013-2056-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02643216v1</w:t>
+                <w:t xml:space="preserve">hal-02650134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combined linkage and association mapping of flowering time in Sunflower (Helianthus annuus L.)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Pauquet</w:t>
+                <w:t xml:space="preserve">A biomarker based on gene expression indicates plant water status in controlled and natural environments.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle Marchand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Mayjonade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Vares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Boniface</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Plant, Cell and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 36 (12), pp.2175-2189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/pce.12127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00122-013-2056-2⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-02650134v1</w:t>
+                <w:t xml:space="preserve">hal-02643216v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The genetic basis for natural variation in heteroblasty in Antirrhinum.</w:t>
               </w:r>
@@ -6762,465 +6762,465 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02644423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic analysis of phytosterol content in sunflower seeds</w:t>
+                <w:t xml:space="preserve">Consensus mapping of major resistance genes and independent QTL for quantitative resistance to sunflower downy mildew</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Othmane O. Merah</w:t>
+                <w:t xml:space="preserve">Patrick P. Vincourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Falah As-Sadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine A. Bordat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Pouilly</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Gouzy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 125 (8), pp.1589-1601. </w:t>
+              <w:t xml:space="preserve">, 2012, 125 (5), pp.909-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00122-012-1937-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00122-012-1882-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02643477v1</w:t>
+                <w:t xml:space="preserve">hal-02643614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consensus mapping of major resistance genes and independent QTL for quantitative resistance to sunflower downy mildew</w:t>
+                <w:t xml:space="preserve">Genetic dissection of tocopherol and phytosterol in recombinant inbred lines of sunflower through quantitative trait locus analysis and the candidate gene approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick P. Vincourt</w:t>
+                <w:t xml:space="preserve">P. Haddadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Falah As-Sadi</w:t>
+                <w:t xml:space="preserve">A. Ebrahimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine A. Bordat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jerome Gouzy</w:t>
+                <w:t xml:space="preserve">B. Yazdi-Samadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00122-012-1882-y⟩</w:t>
+              <w:t xml:space="preserve">Molecular Breeding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 29 (3), pp.717 - 729. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11032-011-9585-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02643614v1</w:t>
+                <w:t xml:space="preserve">hal-02645597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic dissection of tocopherol and phytosterol in recombinant inbred lines of sunflower through quantitative trait locus analysis and the candidate gene approach</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Genetic analysis of phytosterol content in sunflower seeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Ebrahimi</w:t>
+                <w:t xml:space="preserve">Othmane O. Merah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Yazdi-Samadi</w:t>
+                <w:t xml:space="preserve">Marion M. Alignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monique Berger</w:t>
+                <w:t xml:space="preserve">Jane Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Breeding</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 29 (3), pp.717 - 729. </w:t>
+              <w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 125 (8), pp.1589-1601. </w:t>
             </w:r>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11032-011-9585-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00122-012-1937-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02645597v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02643477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ecophysiologie et génétique de la tolérance à la sécheresse chez le tournesol</w:t>
               </w:r>
@@ -7366,51 +7366,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeremie Bazin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick P. Vincourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Arribat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7794,51 +7794,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad Reza Naghavi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">African Journal of Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 9 (40), pp.6768-6782</w:t>
@@ -8014,51 +8014,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolutionary Paths Underlying Flower Color Variation in Antirrhinum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabel C. Whibley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas B. Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Andalo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8298,51 +8298,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Günter Neumann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Massonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas B. Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Dinkelaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8559,51 +8559,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotypic traits of sunflower varieties vary according to the composition of cover crops</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Souques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas B. Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Debaeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8835,51 +8835,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8960,51 +8960,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Chaubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9085,51 +9085,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Chaubet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9296,51 +9296,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heliaphen, an outdour high throughput phenotyping platform designed to integrate genetics and crop modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florie Gosseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Casadebaig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9443,51 +9443,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Duruflé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Balliau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9536,402 +9536,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03509356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HELIAPHEN: a high-throughput phenotyping platform to characterize plant responses to water stress from seedling stage to seed set</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Blanchet</w:t>
+                <w:t xml:space="preserve">3D plant phenotyping in sunflower using architecture-based organ segmentation from 3D point clouds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">William Gélard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Burger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Casadebaig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Céline Colombet</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Debaeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19. International Sunflower Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Edirne, Turkey</w:t>
+              <w:t xml:space="preserve">5th International Workshop on Image Analysis Methods for the Plant Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02739205v1</w:t>
+                <w:t xml:space="preserve">hal-01380234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Breeding for sunflower hybrids adapted to climate change: the SUNRISE collaborative and multi-disciplinary project</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HELIAPHEN: a high-throughput phenotyping platform to characterize plant responses to water stress from seedling stage to seed set</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Casadebaig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Burger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Vares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Sophie Lubrano-Lavadera</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Brigitte Mangin</w:t>
+                <w:t xml:space="preserve">Céline Colombet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19. International Sunflower Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2016, Edirne, Turkey. 746 p</w:t>
+              <w:t xml:space="preserve">, May 2016, Edirne, Turkey</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02740085v1</w:t>
+                <w:t xml:space="preserve">hal-02739205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D plant phenotyping in sunflower using architecture-based organ segmentation from 3D point clouds</w:t>
+                <w:t xml:space="preserve">Breeding for sunflower hybrids adapted to climate change: the SUNRISE collaborative and multi-disciplinary project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Gélard</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Langlade</w:t>
+                <w:t xml:space="preserve">Anne-Sophie Lubrano-Lavadera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Coque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Munos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Debaeke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Mangin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Workshop on Image Analysis Methods for the Plant Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Angers, France</w:t>
+              <w:t xml:space="preserve">19. International Sunflower Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Edirne, Turkey. 746 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01380234v1</w:t>
+                <w:t xml:space="preserve">hal-02740085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunflower and climate change in Europe : crop vulnerability, adaptation, and mitigation potential</w:t>
               </w:r>
@@ -10025,90 +10025,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sunflower nested core collections for association studies and phenomics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Coque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Mesnildrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Romestant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Grezes-Besset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Félicity Vear</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10937,51 +10937,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Moing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Urrutia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Zhendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11723,64 +11723,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Duruflé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melisande Blein-Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas B. Langlade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -12194,51 +12194,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A physiological and molecular approach to study organic acid exudation and development of cluster roots in white lupin (Lupinus albus L.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas B. Langlade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. Université de Neuchatel, 2002. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -12297,51 +12297,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration des contraintes environnementales et évolutives dans les réseaux de régulations génétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas B. Langlade</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences du Vivant [q-bio]. Institut National polytechnique de Toulouse, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12682,51 +12682,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612113v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Louis Leconte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moroldo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Bindea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14941" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04815559v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Souques" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard Langlade" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labadie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Deschamps" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2024.109692" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486878v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2024.127139" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04468891v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Durufl&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10104-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04559360v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pubert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Boniface" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legendre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Chabaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carr&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04594-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04147221v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garrett Janzen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Dittmar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langlade" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Donovan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24119351" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198273v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaichi Huang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Jahani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gouzy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2205783119" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04161450v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Chaubet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Duhnen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13071110" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04907638v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Catrice" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srinidhi Holalu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreten Terzi&#263;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Todesco" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Creux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2023012" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617020v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Landr&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mestries" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-022-04072-5" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03953577v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joon Seon Lee" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Mandel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marek" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jare.2022.04.008" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747756v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vancostenoble" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailly" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2022.104939" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776333v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pomi&#232;s" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Brouard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Carr&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btac445" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03139476v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020074" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238316v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B Langlade" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2021016" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510369v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia A Bengoa Luoni" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Cenci" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Moschen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Nicosia" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M Radonic" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-08199-5" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321074v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fernandez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Flandin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2021029" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779279v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alvarez" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Baumann" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020004" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952590v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pinochet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmannelle Mestries" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B. Langlade" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02974900v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gody" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020044" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912579v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Penouilh-Suzette" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pomies" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bonnafous" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020027" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02548885v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Saux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maharajah Ponnaiah" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Zanchetta" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.13731" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628782v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Gosseau" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vares" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Burger" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Campergue" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01908" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626456v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sariel Hubner" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bercovich" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer R. Mandel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Odenheimer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0329-0" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623435v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Marino" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Higgins" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Alseekh" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-019-2021-6" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02487236v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Urrutia" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1515-4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625452v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.10.045" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628425v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Fi&#233;vet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-017-3003-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01884703v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Xia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gilard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Perreau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19082464" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870580v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afifuddin Latif Adiredjo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lamaze" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grieu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2229-4473.1000368" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619317v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bordat" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Marchand" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pouilly" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Munos" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-017-1116-1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603946v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mayjonade" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000114503" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605844v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Fl&#233;net" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2016052" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779364v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mangin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vincourt" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-017-2872-x" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779355v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bret-Mestries" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01633" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624895v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608380v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Cadic" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12961" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779348v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608743v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000114460" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637624v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Giauffret" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Tardieu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-016-1099-1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537946v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat El-Maarouf-Bouteau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasar Sajjad" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Bazin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona M. Cristescu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12371" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01367425v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Meimoun" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Mordret" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Arribat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086442" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639466v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#226;n Anh Huynh-Thu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolan C Kane" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12818" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537951v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Layat" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leymarie" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Caius" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13002" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640496v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afifuddin Adiredjo" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Navaud" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0101218" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643216v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12127" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650134v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Coque" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicity F. Vear" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Grezes-Besset" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pauquet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-013-2056-2" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L44V4402-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647324v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Manuela R Costa" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suxin Yang" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Critchley" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianzhong Feng" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Wilson" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2012.04347.x" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644423v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rengel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maury" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Martin-Magniette" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Hourlier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0045249" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643477v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane O. Merah" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion M. Alignan" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Roche" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-012-1937-0" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MZX0WM81-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643614v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Vincourt" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falah As-Sadi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine A. Bordat" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-012-1882-y" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RD86XRTV-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645597v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Haddadi" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ebrahimi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yazdi-Samadi" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Berger" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11032-011-9585-7" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1HN8ZQBQ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648681v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Sarrafi" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/skwf-hy79" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652604v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.111.086694" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652111v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. C. Kane" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gill" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. King" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. E. Bowers" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Berges" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/B11-032" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521642v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dubois" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raymond" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Maene" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009288" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655774v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parham Haddadi Haddadi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahman Yazdi-Samadi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Reza Naghavi" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666041v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bensmihen" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hanna" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Micol" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Bangham" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2976/1.2836738" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113096v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel C. Whibley" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andalo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew I. Hanna" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109839v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Massonneau" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien L&#233;on" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Smutny" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Vogt" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s004250100529" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2D0688C4980FB7A2DC6A585A4150CF30BF0DEBE9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04727613v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Neumann" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dinkelaker" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hengeler" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/anbo.2000.1135" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803408v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746480v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02956660v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mestries Emmanuelle" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarron Julien" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509300v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509317v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391988v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chaubet" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733671v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784961v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509356v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739205v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Colombet" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740085v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lubrano-Lavadera" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380234v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William G&#233;lard" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741886v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Flenet" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527727v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mesnildrey" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Romestant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licity Vear" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478207v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Gani" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tison" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902066v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Buitink" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746502v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02956666v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gosseau Florie" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prune P&#233;got-Espagnet" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511745v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734486v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744241v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Moing" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Zhendre" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lamari" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207458v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03538042v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Seassau" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Dechamp-Guillaume" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05426010v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.occitanie-ouest.cnrs.fr/fr/petit-illustre-regards-croises-de-chercheures" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839909v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Manifacier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Verdier" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chagnon" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Cheddadi" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03333890v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02544815v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637072v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fety Nambinina Andrianasolo" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Debaeke" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406181v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tr&#233;pos" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Picheny" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161368v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04727577v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04727262v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798282v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Touzard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Derrien" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Delzon" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04612113v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Louis Leconte" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Moroldo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Blanchet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Bindea" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrere" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.14941" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04815559v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Souques" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard Langlade" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Debaeke" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Labadie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Deschamps" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2024.109692" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04486878v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Casadebaig" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2024.127139" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04468891v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Durufl&#233;" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-024-10104-9" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04559360v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Pubert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Boniface" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Legendre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Chabaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carr&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-024-04594-0" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04147221v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Garrett Janzen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Dittmar" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langlade" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Donovan" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24119351" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198273v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaichi Huang" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Jahani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Gouzy" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2205783119" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04161450v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Balliau" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Chaubet" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Duhnen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biom13071110" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04907638v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Catrice" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Srinidhi Holalu" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sreten Terzi&#263;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Todesco" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Creux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2023012" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03617020v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gauffreteau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lia Landr&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Mestries" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-022-04072-5" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03953577v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joon Seon Lee" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Mandel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Marek" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jare.2022.04.008" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03747756v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Vancostenoble" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bailly" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envexpbot.2022.104939" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03776333v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pomi&#232;s" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Brouard" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Maign&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Carr&#233;" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btac445" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03510369v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia A Bengoa Luoni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Cenci" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Moschen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador Nicosia" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura M Radonic" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12864-021-08199-5" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03321074v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fernandez" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Flandin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2021029" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03139476v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020074" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238316v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B Langlade" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2021016" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952590v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pinochet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmannelle Mestries" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B. Langlade" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779279v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Alvarez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karin Baumann" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020004" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02974900v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Gody" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Legrand" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020044" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02912579v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Penouilh-Suzette" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pomies" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Bonnafous" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2020027" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02548885v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Saux" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maharajah Ponnaiah" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Zanchetta" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.13731" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02626456v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sariel Hubner" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Bercovich" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer R. Mandel" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Odenheimer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41477-018-0329-0" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628782v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florie Gosseau" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vares" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Burger" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Campergue" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.01908" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623435v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Marino" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Higgins" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saleh Alseekh" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-019-2021-6" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02487236v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Urrutia" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-019-1515-4" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625452v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2018.10.045" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628425v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislain Fi&#233;vet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-017-3003-4" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01884703v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qiong Xia" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gilard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Perreau" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19082464" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870580v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afifuddin Latif Adiredjo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lamaze" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Grieu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4172/2229-4473.1000368" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605844v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Fl&#233;net" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2016052" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603946v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mayjonade" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gouzy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Donnadieu" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pouilly" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Marande" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000114503" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02619317v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Bordat" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Marchand" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Munos" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12870-017-1116-1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01603287v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Badouin" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Grassa" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Evan Staton" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature22380" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779364v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Mangin" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Vincourt" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-017-2872-x" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779355v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Bret-Mestries" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2017.01633" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779348v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Cadic" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12961" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624895v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608380v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608743v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2144/000114460" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637624v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Giauffret" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois F. Tardieu" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-016-1099-1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537946v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat El-Maarouf-Bouteau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasar Sajjad" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Bazin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona M. Cristescu" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12371" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01367425v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Meimoun" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernest Mordret" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Balzergue" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Arribat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0086442" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639466v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#226;n Anh Huynh-Thu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolan C Kane" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.12818" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537951v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Layat" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Leymarie" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Caius" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.13002" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640496v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Afifuddin Adiredjo" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Navaud" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0101218" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650134v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Coque" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicity F. Vear" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Grezes-Besset" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Pauquet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-013-2056-2" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-L44V4402-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643216v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pce.12127" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647324v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Manuela R Costa" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suxin Yang" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Critchley" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xianzhong Feng" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Wilson" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-8137.2012.04347.x" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644423v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rengel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maury" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Martin-Magniette" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Hourlier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0045249" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643614v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick P. Vincourt" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falah As-Sadi" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine A. Bordat" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-012-1882-y" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-RD86XRTV-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645597v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Haddadi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ebrahimi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Yazdi-Samadi" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Berger" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11032-011-9585-7" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1HN8ZQBQ-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643477v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Othmane O. Merah" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion M. Alignan" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Roche" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00122-012-1937-0" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MZX0WM81-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648681v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Sarrafi" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/skwf-hy79" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652604v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1105/tpc.111.086694" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652111v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. C. Kane" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gill" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. G. King" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. E. Bowers" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene H. Berges" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/B11-032" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521642v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dubois" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raymond" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Maene" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0009288" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655774v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parham Haddadi Haddadi" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahman Yazdi-Samadi" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Reza Naghavi" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666041v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bensmihen" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Hanna" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Micol" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Bangham" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2976/1.2836738" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00113096v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel C. Whibley" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Andalo" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew I. Hanna" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02109839v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Massonneau" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien L&#233;on" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Smutny" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esther Vogt" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s004250100529" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2D0688C4980FB7A2DC6A585A4150CF30BF0DEBE9/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04727613v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#252;nter Neumann" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dinkelaker" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Hengeler" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/anbo.2000.1135" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04803408v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746480v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02956660v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mestries Emmanuelle" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarron Julien" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509300v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509317v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391988v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chaubet" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733671v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02784961v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03509356v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01380234v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William G&#233;lard" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02739205v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Colombet" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02740085v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lubrano-Lavadera" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741886v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Flenet" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527727v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mesnildrey" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Romestant" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licity Vear" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05478207v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Gani" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Tison" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04902066v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Buitink" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04746502v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02956666v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gosseau Florie" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prune P&#233;got-Espagnet" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511745v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lisande Blein-Nicolas" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734486v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744241v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Moing" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Zhendre" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Lamari" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207458v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Ghesqui&#232;re" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03538042v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celia Seassau" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Dechamp-Guillaume" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05426010v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.occitanie-ouest.cnrs.fr/fr/petit-illustre-regards-croises-de-chercheures" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839909v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Manifacier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Chauvi&#232;re" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Verdier" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Chagnon" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Cheddadi" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03333890v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02544815v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637072v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fety Nambinina Andrianasolo" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe P. Debaeke" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406181v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tr&#233;pos" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Picheny" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161368v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04727577v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04727262v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798282v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Touzard" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Derrien" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;da" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain S. Delzon" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>