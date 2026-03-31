--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -66,8727 +66,8727 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (21)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Optimal Weighting Factors Design for Model Predictive Current Controller for Enhanced Dynamic Performance of PMSM Employing Deep Reinforcement Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Usama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine Salaje</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Chevet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Energy and Power Systems: Control and Management, 15 (11), pp.5874. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app15115874⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05077124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A novel robust discrete-time integral sliding mode tracking control design for time-varying delay MIMO systems with unknown uncertainties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Ghrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouar Benamor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassani Messaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ISA Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 145, pp.1--18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isatra.2023.11.024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04304824v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Model-based Robust Transient Control of Reusable Liquid-Propellant Rocket Engines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Pérez-Roca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Marzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Piet-Lahanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Galeotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Aerospace and Electronic Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 57 (1), pp.129-144. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TAES.2020.3010668⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A survey of automatic control methods for liquid-propellant rocket engines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Pérez-Roca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Marzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Piet-Lahanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Farago</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Progress in Aerospace Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1-22. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.paerosci.2019.03.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02097829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adaptive super twisting extended state observer based sliding mode control for diesel engine air path subject to matched and unmatched disturbance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guermouche Mohamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langlois Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathematics and Computers in Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 151, pp.111-130. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matcom.2018.03.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02308388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adaptive Super Twisting control design for manufactured diesel engine air path</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Advanced Manufacturing Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 92 (5-8), pp.2379 - 2390. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00170-017-0327-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuzzy fault tolerant predictive control for a diesel engine air path</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamia Ben Hamouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Control, Automation and Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 14 (2), pp.443 - 451. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12555-014-0533-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robust optimal estimation over networks: Application to battery state of charge estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiming Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sircoulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Robust and Nonlinear Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (12), pp.2513-2528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rnc.3455⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuzzy fault-tolerant-predictive control for a class of nonlinear uncertain systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamia Ben Hamouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Systems Science &amp; Control Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4 (1), pp.11 - 19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/21642583.2015.1124031⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858655v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Continuous–Discrete Time-Observer Design for State and Disturbance Estimation of Electro-Hydraulic Actuator Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Christen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven Begg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 63 (7), pp.4314 - 4324. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TIE.2016.2531022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fault-tolerant control based Super-Twisting algorithm for the diesel engine air path subject to loss-of-effectiveness and additive actuator faults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied Mathematical Modelling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 39 (15), pp.4309 - 4329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apm.2014.12.047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takagi-Sugeno fuzzy observer and predictive control for a diesel engine air path</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamia Ben Hamouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Ayadi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Automation and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJAAC.2015.073473⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robust state estimation in networked control systems under linear hard equality constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiming Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sircoulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Modelling, Identification and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 24 (3), pp.167-175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJMIC.2015.072605⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858672v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sampled-data disturbance observer for a class of nonlinear systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IFAC Proceedings Volumes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 47 (3), pp.3346-3351. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20140824-6-ZA-1003.02043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02308514v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H∞ Predictive Control Design for Discrete-Time Networked Control Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiming Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sircoulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IFAC Proceedings Volumes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (11), pp.57-61. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20130703-3-FR-4038.00131⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02297009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kalman Filtering for Discrete-Time Networked Control Systems with Incomplete Observations: A Dropping Over-Delayed Packets Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiming Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sircoulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IFAC Proceedings Volumes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 46 (3), pp.540-545. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20130204-3-FR-4031.00009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02297015v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A robust sliding mode control strategy for turbocharged diesel engine air path</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langlois Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IFAC Proceedings Volumes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 45 (24), pp.262-267. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3182/20120912-3-BG-2031.00054⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02308530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuzzy controller of the air system of a diesel engine: Real-time simulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 193 (1), pp.282-288. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejor.2007.08.046⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296771v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fuzzy control of a turbocharged diesel engine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Tremouliere</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Modelling, Identification and Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 3 (3), pp.297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1504/IJMIC.2008.020127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296764v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soft computing algorithm to data validation in aerospace systems using parity space approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghaleb Hoblos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Le Gonidec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Ragot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Aerospace Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 20 (3), pp.165-171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1061/(ASCE)0893-1321(2007)20:3(165)⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00195415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soft computing approach for data validation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houcine Chafouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghaleb Hoblos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Le Gonidec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Ragot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Aerospace Computing, Information and Communication</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 4 (1), pp.628-635</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00148285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (59)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergent NMPC-based Reinforcement Learning Using Deep Expected Sarsa and Nonlinear Temporal Difference Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Salaje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Control Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Thessaloniki, Greece. pp.2644-2649, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/ECC65951.2025.11187042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04983821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data-driven Modulated Predictive Current Control for Improved Computational Efficiency and System Dynamics of PMSM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Usama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th IFAC International Workshop on Adaptive and Learning Control Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Mexico City, Mexico. pp.208-213, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ifacol.2025.12.151⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05041807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel Data-Driven Current Control Design for Grid-Connected Inverter with LCL Filter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muhammad Usama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Conference on Compatibility, Power Electronics, and Power Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Antalya, Turkey. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CPE-POWERENG63314.2025.11027209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05025991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning-based Nonlinear Model Predictive Control Using Deterministic Actor-Critic with Gradient Q-learning Critic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amine Salaje</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 18th International Conference on Control, Automation, Robotics and Vision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2024, Dubai, United Arab Emirates. pp.594-599, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICARCV63323.2024.10821506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04677054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Cascade Fuzzy Control of a Water Droplet Generator in a Subsonic Icing Wind Tunnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">César Hernández-Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Chevet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rihab El Houda Thabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Sircoulomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 24th International Conference on Control, Automation and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Jeju Shinhwa World, Jeju Island, South Korea. pp.371-376, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/ICCAS63016.2024.10773325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04669200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priority switching approach for multi-objective MPC for brandy distillation systems</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Off-line Robustness Improvement of a Predictive Controller Using a Novel Tuning Approach Based on Artificial Neural Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssam Moumouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madjid Haddad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 7th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CoDIT49905.2020.9263917⟩</w:t>
+              <w:t xml:space="preserve">2020 IEEE 16th International Conference on Control &amp; Automation (ICCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Singapore, Singapore. pp.797-802, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCA51439.2020.9264476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03044414v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03044368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustness of Model Predictive Control Using a Novel Tuning Approach Based on Artificial Neural Network</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Priority switching approach for multi-objective MPC for brandy distillation systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Ben Ticha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sircoulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Madjid Haddad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 28th Mediterranean Conference on Control and Automation (MED)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MED48518.2020.9183204⟩</w:t>
+              <w:t xml:space="preserve">2020 7th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Prague, Czech Republic. pp.1093-1098, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CoDIT49905.2020.9263917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03044384v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03044414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Implementation of Switched Multi-Objective Prioritizing MPC for a Brandy Distillation Process</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Robustness of Model Predictive Control Using a Novel Tuning Approach Based on Artificial Neural Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssam Moumouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madjid Haddad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 25th IEEE International Conference on Emerging Technologies and Factory Automation (ETFA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ETFA46521.2020.9211977⟩</w:t>
+              <w:t xml:space="preserve">2020 28th Mediterranean Conference on Control and Automation (MED)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Saint-Raphaël, France. pp.127-132, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MED48518.2020.9183204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03044398v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03044384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Off-line Robustness Improvement of a Predictive Controller Using a Novel Tuning Approach Based on Artificial Neural Network</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Real-Time Implementation of Switched Multi-Objective Prioritizing MPC for a Brandy Distillation Process</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Ben Ticha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sircoulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Madjid Haddad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 IEEE 16th International Conference on Control &amp; Automation (ICCA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICCA51439.2020.9264476⟩</w:t>
+              <w:t xml:space="preserve">2020 25th IEEE International Conference on Emerging Technologies and Factory Automation (ETFA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Vienna, France. pp.468-475, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ETFA46521.2020.9211977⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03044368v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03044398v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Tuning approach for MPC parameters based on Artificial Neural Network</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A new robust observer-based sliding-mode control design for uncertain discrete systems with time-varying delay and subject to Hölder nonlinearities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Ghrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Madjid Haddad</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassani Messaoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 IEEE 15th International Conference on Control and Automation (ICCA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICCA.2019.8900026⟩</w:t>
+              <w:t xml:space="preserve">2019 4th Conference on Control and Fault Tolerant Systems (SysTol)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Casablanca, Morocco. pp.213-218, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SYSTOL.2019.8864784⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02407894v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02407899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Transient Control of Reusable Liquid-Propellant Rocket Engines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Trajectory planning and tracking via MPC for transient control of liquid-propellant rocket engines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Pérez-Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Marzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Piet-Lahanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marco Galeotta</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Farago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAC 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Washington, United States</w:t>
+              <w:t xml:space="preserve">ACD 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Bologne, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02421543v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02421482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new robust observer design based discrete sliding mode control for time-varying delay systems with Hölder nonlinearities and unmatched disturbances</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">An MPC Approach to Transient Control of Liquid-Propellant Rocket Engines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Pérez-Roca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Marzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilien Flayac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Piet-Lahanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th European Conference on Advanced Control and Diagnosis ACD'19</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IFAC Symposium on Automatic Control in Aerospace</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Cranfield, United Kingdom. pp.268-273, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.11.254⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02408072v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02335830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Tuning Approach for MPC Parameters Based on Artificial Neural Network: An application to FOPDT System</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">A Novel Tuning approach for MPC parameters based on Artificial Neural Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Moumouh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madjid Haddad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th European Conference on Advanced Control and Diagnosis ACD'19</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 IEEE 15th International Conference on Control and Automation (ICCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Edinburgh, United Kingdom. pp.1638-1643, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICCA.2019.8900026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02407974v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02407894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An MPC Approach to Transient Control of Liquid-Propellant Rocket Engines</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Robust Transient Control of Reusable Liquid-Propellant Rocket Engines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergio Pérez-Roca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Marzat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Piet-Lahanier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Galeotta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFAC Symposium on Automatic Control in Aerospace</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IAC 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Washington, United States</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02335830v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02421543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectory planning and tracking via MPC for transient control of liquid-propellant rocket engines</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A new robust observer design based discrete sliding mode control for time-varying delay systems with Hölder nonlinearities and unmatched disturbances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Ghrab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassani Messaoud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACD 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Bologne, Italy</w:t>
+              <w:t xml:space="preserve">15th European Conference on Advanced Control and Diagnosis ACD'19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02421482v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02408072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new robust observer-based sliding-mode control design for uncertain discrete systems with time-varying delay and subject to Hölder nonlinearities</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A Novel Tuning Approach for MPC Parameters Based on Artificial Neural Network: An application to FOPDT System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houssam Moumouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hassani Messaoud</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madjid Haddad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 4th Conference on Control and Fault Tolerant Systems (SysTol)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">15th European Conference on Advanced Control and Diagnosis ACD'19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Bologna, Italy</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02407899v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02407974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Derivation and Analysis of a State-Space Model for Transient Control of Liquid-Propellant Rocket Engines</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A New Tuning Approach for MPC Applied to a Disturbed DC Motor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marco Galeotta</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismail Oukkacha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adnan Yassine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mamadou Baïlo Camara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 9th International Conference on Mechanical and Aerospace Engineering (ICMAE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/icmae.2018.8467617⟩</w:t>
+              <w:t xml:space="preserve">2018 5th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Thessaloniki, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CoDIT.2018.8394814⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02282066v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Analytical Tuning Approach for Adaptive MPC Parameters Applied to LTV SISO Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Derivation and Analysis of a State-Space Model for Transient Control of Liquid-Propellant Rocket Engines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sergio Pérez-Roca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Marzat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Piet-Lahanier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Galeotta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 Annual American Control Conference (ACC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/ACC.2018.8431545⟩</w:t>
+              <w:t xml:space="preserve">2018 9th International Conference on Mechanical and Aerospace Engineering (ICMAE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Budapest, Hungary. pp.58-67, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icmae.2018.8467617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858713v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02282066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analytical Tuning of a TSMPC Dedicated to Nonlinear MIMO Systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
+                <w:t xml:space="preserve">An Analytical Tuning Approach for Adaptive MPC Parameters Applied to LTV SISO Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Turki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Yassine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 17th European Control Conference (ECC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/ecc.2018.8550051⟩</w:t>
+              <w:t xml:space="preserve">2018 Annual American Control Conference (ACC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Milwaukee, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ACC.2018.8431545⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02282071v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Tuning Approach for MPC Applied to a Disturbed DC Motor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Analytical Tuning of a TSMPC Dedicated to Nonlinear MIMO Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marwa Turki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Benkhoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Yassine</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 5th International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CoDIT.2018.8394814⟩</w:t>
+              <w:t xml:space="preserve">2018 17th European Control Conference (ECC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Limassol, Cyprus. pp.1367-1372, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/ecc.2018.8550051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858640v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02282071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A tuning approach for constrained MPC: Nominal stability ensured and energy consumption optimized</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Turki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Yassine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE Conference on Systems, Process and Control (ICSPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Malacca, Malaysia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/SPC.2017.8313012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01858641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Analytical Tuning of MPC Control Horizon Using the Hessian Condition Number</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Turki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Yassine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Workshop on Advanced Control and Diagnosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Bucharest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02282128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A practical tuning approach for multivariable model predictive control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marwa Turki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adnan Yassine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 13th IEEE International Conference on Control &amp; Automation (ICCA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2017, Ohrid, Macedonia. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICCA.2017.8003216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01858643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sampled data's observer design with time varying correction gain for Electro Hydraulic Actuator systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Ahmed-Ali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 American Control Conference (ACC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Seattle, United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/ACC.2017.7963452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01858645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fault tolerant fuzzy-based model predictive controllers for automotive application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamia Ben Hamouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mounir Ayadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 International Conference on Control, Decision and Information Technologies (CoDIT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Saint Julian's, Malta. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CoDIT.2016.7593546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01858651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sampled data observer design based inter-sample output predictor for Electro-Hydraulic Actuators systems</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Sliding mode control for diesel generator via disturbance observer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Ahmed-Ali</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Guermouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 American Control Conference (ACC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ACC.2015.7172196⟩</w:t>
+              <w:t xml:space="preserve">2015 23th Mediterranean Conference on Control and Automation (MED)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Torremolinos, Spain. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MED.2015.7158795⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858661v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new adaptive Kalman filter for single-state integrator systems: Application to battery state-of-charge estimation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Super-Twisting Algorithm for DC Motor Position Control via Disturbance Observer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vehicle Power and Propulsion Conference, VPPC 2015</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/VPPC.2015.7352879⟩</w:t>
+              <w:t xml:space="preserve">9th IFAC Symposium on Control of Power and Energy Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, New Dellhi, India. pp.43 - 48, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2015.12.351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858657v1</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sliding mode control for diesel generator via disturbance observer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">A new adaptive Kalman filter for single-state integrator systems: Application to battery state-of-charge estimation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sircoulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sofiane Ahmed-Ali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2015 23th Mediterranean Conference on Control and Automation (MED)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/MED.2015.7158795⟩</w:t>
+              <w:t xml:space="preserve">Vehicle Power and Propulsion Conference, VPPC 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Montreal, Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VPPC.2015.7352879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858663v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Super-Twisting Algorithm for DC Motor Position Control via Disturbance Observer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId80" w:history="1">
+                <w:t xml:space="preserve">Sampled data observer design based inter-sample output predictor for Electro-Hydraulic Actuators systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Guermouche</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th IFAC Symposium on Control of Power and Energy Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2015.12.351⟩</w:t>
+              <w:t xml:space="preserve">2015 American Control Conference (ACC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2015, Chicago, United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ACC.2015.7172196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858665v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault tolerant control design for an internal combustion engine air path using adaptive integral sliding mode framework</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Quadratic stability and LMIs for tolerance to faults: Fuzzy model predictive control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamia Ben Hamouda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouadie Bennouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounir Ayadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 11th IEEE International Conference on Control &amp; Automation (ICCA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/icca.2014.6871055⟩</w:t>
+              <w:t xml:space="preserve">2014 18th International Conference on System Theory, Control and Computing (ICSTCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2014, Sinaia, Romania. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICSTCC.2014.6982447⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288249v1</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault tolerant control design based higher-order sliding mode control for Internal Combustion engine</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
+                <w:t xml:space="preserve">Fault tolerant control design for an internal combustion engine air path using adaptive integral sliding mode framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofiane Ahmed Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 3rd International Symposium on Environmental Friendly Energies and Applications (EFEA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EFEA.2014.7059949⟩</w:t>
+              <w:t xml:space="preserve">2014 11th IEEE International Conference on Control &amp; Automation (ICCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Taichung, Taiwan. pp.989-994, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icca.2014.6871055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858674v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quadratic stability and LMIs for tolerance to faults: Fuzzy model predictive control</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Fault tolerant control design based higher-order sliding mode control for Internal Combustion engine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bada N'Doye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mounir Ayadi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2014 18th International Conference on System Theory, Control and Computing (ICSTCC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICSTCC.2014.6982447⟩</w:t>
+              <w:t xml:space="preserve">2014 3rd International Symposium on Environmental Friendly Energies and Applications (EFEA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Saint Ouen, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EFEA.2014.7059949⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01858675v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01858674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combustion engine air path : Fault-accommodation with sliding mode control framework</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+                <w:t xml:space="preserve">Sliding mode control: Diesel engine fault-accommodation subject to parametric uncertainties and actuator faults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bada N'Doye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Guermouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 IEEE International Conference on Control Applications (CCA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/cca.2013.6662744⟩</w:t>
+              <w:t xml:space="preserve">2013 Conference on Control and Fault-Tolerant Systems (SysTol)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Nice, France. pp.778-783, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/systol.2013.6693931⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288255v1</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust linear estimator for networked control systems with incomplete observations : A dropping over-delayed packets approach</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Combustion engine air path : Fault-accommodation with sliding mode control framework</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bada N'Doye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 IEEE 22nd International Symposium on Industrial Electronics (ISIE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/isie.2013.6563611⟩</w:t>
+              <w:t xml:space="preserve">2013 IEEE International Conference on Control Applications (CCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Hyderabad, India. pp.59-64, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/cca.2013.6662744⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288247v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sliding mode control: Diesel engine fault-accommodation subject to parametric uncertainties and actuator faults</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Robust linear estimator for networked control systems with incomplete observations : A dropping over-delayed packets approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiming Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sircoulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Guermouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 Conference on Control and Fault-Tolerant Systems (SysTol)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/systol.2013.6693931⟩</w:t>
+              <w:t xml:space="preserve">2013 IEEE 22nd International Symposium on Industrial Electronics (ISIE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Taipei, Taiwan. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/isie.2013.6563611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288246v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustness analysis of indirect adaptive model predictive control supervised by fuzzy logic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Application of feedforward model inverse control using MPC on a non-minimum phase system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerry Mamboundou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 IEEE International Conference on Industrial Technology (ICIT 2012)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2012, Athens, Greece. pp.284-291, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/icit.2012.6209952⟩</w:t>
+              <w:t xml:space="preserve">, Mar 2012, Athens, Greece. pp.899-905, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icit.2012.6210053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288257v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stable observer-based control for long network-induced delays</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Robustness analysis of indirect adaptive model predictive control supervised by fuzzy logic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Mamboundou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 24th Chinese Control and Decision Conference (CCDC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CCDC.2012.6244467⟩</w:t>
+              <w:t xml:space="preserve">2012 IEEE International Conference on Industrial Technology (ICIT 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Athens, Greece. pp.284-291, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icit.2012.6209952⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02296966v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Observer design for discrete-time systems subject to long time-delay</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Stable observer-based control for long network-induced delays</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yiming Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Sircoulomb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2012 24th Chinese Control and Decision Conference (CCDC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, May 2012, Taiyuan, China. pp.2949-2954, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/CCDC.2012.6244465⟩</w:t>
+              <w:t xml:space="preserve">, May 2012, Taiyuan, China. pp.2966-2971, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CCDC.2012.6244467⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02296960v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sliding mode control for Turbocharged Diesel Engine</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Observer design for discrete-time systems subject to long time-delay</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yiming Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Sircoulomb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 20th Mediterranean Conference on Control &amp; Automation (MED 2012)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/med.2012.6265768⟩</w:t>
+              <w:t xml:space="preserve">2012 24th Chinese Control and Decision Conference (CCDC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Taiyuan, China. pp.2949-2954, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CCDC.2012.6244465⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288251v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02296960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of feedforward model inverse control using MPC on a non-minimum phase system</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Sliding mode control for Turbocharged Diesel Engine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bada N'Doye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sofiane Ahmed Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 IEEE International Conference on Industrial Technology (ICIT 2012)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/icit.2012.6210053⟩</w:t>
+              <w:t xml:space="preserve">2012 20th Mediterranean Conference on Control &amp; Automation (MED 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Barcelona, Spain. pp.996-1001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/med.2012.6265768⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288260v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of indirect adaptive model predictive control supervised by fuzzy logic to a diesel generator</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Fault-Tolerant Control Applied to Wind Turbine Subjected to Functional Defects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ouadie Bennouna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Heraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2011 9th IEEE International Conference on Control and Automation (ICCA)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE, 9th European Workshop on Advanced Control and Diagnosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Budapest, Hungary. pp.225-229</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288259v1</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00696588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimized fuzzy logic control strategy of hybrid vehicles under different driving cycle</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Indirect adaptive model predictive control supervised by fuzzy logic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerry Mamboundou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2011 International Conference on Communications, Computing and Control Applications (CCCA)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ccca.2011.6031532⟩</w:t>
+              <w:t xml:space="preserve">2011 IEEE International Conference on Fuzzy Systems (FUZZ-IEEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Taipei, Taiwan. pp.2979-2986, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/fuzzy.2011.6007612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288244v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indirect adaptive model predictive control supervised by fuzzy logic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Application of indirect adaptive model predictive control supervised by fuzzy logic to a diesel generator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerry Mamboundou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2011 IEEE International Conference on Fuzzy Systems (FUZZ-IEEE)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/fuzzy.2011.6007612⟩</w:t>
+              <w:t xml:space="preserve">2011 9th IEEE International Conference on Control and Automation (ICCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2011, Santiago, Chile. pp.1037-1043, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/icca.2011.6138065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288258v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault-Tolerant Control Applied to Wind Turbine Subjected to Functional Defects</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Optimized fuzzy logic control strategy of hybrid vehicles under different driving cycle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xia Meng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Heraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE, 9th European Workshop on Advanced Control and Diagnosis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2011 International Conference on Communications, Computing and Control Applications (CCCA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2011, Hammamet, Tunisia. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ccca.2011.6031532⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00696588v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The application of fuzzy-neural network on control strategy of hybrid vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xia Meng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UKACC International Conference on CONTROL 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Coventry, United Kingdom. pp.716-721, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1049/ic.2010.0369⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimized fuzzy logic control strategy of hybrid vehicles using ADVISOR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xia Meng</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2010 International Conference on Computer, Mechatronics, Control and Electronic Engineering (CMCE 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2010, Changchun, China. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/cmce.2010.5610099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection and localization of faults based on parametric estimation applied to diesel engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Amine Belaidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mediterranean Conference on Control and Automation (MED 2010)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Marrakech, Morocco. pp.1359-1364, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/med.2010.5547859⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288240v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fault tolerant control based on parametric estimation applied to diesel engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Amine Belaidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2010 Conference on Control and Fault-Tolerant Systems (SysTol)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Nice, France. pp.801-806, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/systol.2010.5676012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unconstrained NCGPC with a guaranteed closed-loop stability : Case of nonlinear SISO systems with the relative degree greater than four</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelin Dabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2009 Joint 48th IEEE Conference on Decision and Control (CDC) and 28th Chinese Control Conference (CCC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2009, Shanghai, China. pp.1980-1985, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/cdc.2009.5400412⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Output tracking of a nonlinear non-minimum phase system : An application to a turbocharged diesel engine (TDE)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelin Dabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2009 European Control Conference (ECC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, Budapest, Romania. pp.4127-4132, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.23919/ecc.2009.7075047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic feedback linearization applied to asymptotic tracking: Generalization about the turbocharged diesel engine outputs choice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelin Dabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2009 American Control Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, St. Louis, United States. pp.3458-3463, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ACC.2009.5160404⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02296774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unconstrained NCGPC and Asymptotic Tracking applied to the tracking problem for a Turbocharged Diesel Engine: A comparative study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelin Dabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Automation (MED 2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, Ajaccio, France. pp.1886-1891, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/med.2008.4602234⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02304611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">NCGPC with dynamic extension applied to a Turbocharged Diesel Engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelin Dabo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Witold Respondek</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFAC WC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02302122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic feedback linearization based control synthesis of the turbocharged Diesel engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandros Plianos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ali Achir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Stobart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2007 American Control Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2007, New York, United States. pp.4407-4412, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ACC.2007.4282344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02302116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fuzzy Controller Without Feed-Forward for the Air System of a Diesel Engine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Trémoulière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2006 Internal Combustion Engine Division Spring Technical Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Aachen, Germany. pp.781-787, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/ICES2006-1381⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02302106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of the air system of a diesel engine : A fuzzy multivariable approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Trémoulière</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2006 IEEE International Conference on Control Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2006, Munich, Germany. pp.2132-2137, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/CCA.2006.286196⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02302120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Evolution Required in Standard Cars for the Use of New EGR-VGT Control Strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Arnold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME 2005 International Mechanical Engineering Congress and Exposition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2005, Orlando, United States. pp.601-610, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1115/IMECE2005-82405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02302105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An efficient algorithm for intelligent instrumentation system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghaleb Hoblos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2004 IEEE International Symposium on Industrial Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2005, Ajaccio, France. pp.141-146 vol. 1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ISIE.2004.1571797⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02302103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Data validation of an instrumentation system using the parity space approach. Application to the aerospace area</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghaleb Hoblos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houcine Chafouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Guilloteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Le Gonidec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th IFAC Symposium on Control in Transportation Systems, CTS'2003</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2003, Tokyo, Japan. pp.CDROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00291770v1</w:t>
-              </w:r>
-[...2381 lines deleted...]
-                <w:t xml:space="preserve">hal-00195415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">HDR (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8804,51 +8804,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à la modélisation et à la commande avancée des moteurs Diesel Composition du Jury</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Langlois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Automatique / Robotique. Université de Rouen, France, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9035,51 +9035,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983821v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Salaje" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chevet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langlois" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC65951.2025.11187042" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041807v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Usama" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.12.151" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025991v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CPE-POWERENG63314.2025.11027209" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677054v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV63323.2024.10821506" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669200v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Hern&#225;ndez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab El Houda Thabet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sircoulomb" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICCAS63016.2024.10773325" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03044414v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Ben Ticha" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT49905.2020.9263917" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03044384v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Moumouh" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Haddad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED48518.2020.9183204" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03044398v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ETFA46521.2020.9211977" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03044368v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA51439.2020.9264476" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407894v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA.2019.8900026" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421543v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio P&#233;rez-Roca" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marzat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Piet-Lahanier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Galeotta" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408072v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Ghrab" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ahmed Ali" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassani Messaoud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407974v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335830v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Flayac" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.254" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421482v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Farago" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407899v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ahmed-Ali" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SYSTOL.2019.8864784" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282066v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icmae.2018.8467617" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858713v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Turki" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Yassine" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC.2018.8431545" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282071v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Benkhoud" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc.2018.8550051" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858640v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Oukkacha" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ba&#239;lo Camara" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2018.8394814" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858641v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPC.2017.8313012" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282128v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858643v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA.2017.8003216" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858645v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC.2017.7963452" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858651v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Ben Hamouda" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Ayadi" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2016.7593546" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858661v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guermouche" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2015.7172196" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858657v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352879" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858663v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2015.7158795" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858665v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.12.351" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288249v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icca.2014.6871055" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858674v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bada N'Doye" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFEA.2014.7059949" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858675v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouadie Bennouna" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC.2014.6982447" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288255v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cca.2013.6662744" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288247v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiming Zhang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2013.6563611" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288246v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/systol.2013.6693931" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288257v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Mamboundou" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2012.6209952" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296966v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCDC.2012.6244467" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296960v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCDC.2012.6244465" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288251v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2012.6265768" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288260v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2012.6210053" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288259v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icca.2011.6138065" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288244v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xia Meng" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ccca.2011.6031532" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288258v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fuzzy.2011.6007612" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696588v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Heraud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288241v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ic.2010.0369" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288243v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cmce.2010.5610099" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288240v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Amine Belaidi" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Chafouk" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2010.5547859" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288248v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/systol.2010.5676012" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288252v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelin Dabo" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cdc.2009.5400412" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288254v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc.2009.7075047" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296774v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2009.5160404" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304611v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2008.4602234" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302122v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Respondek" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302116v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Plianos" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Achir" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Stobart" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2007.4282344" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302106v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Arnold" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Tr&#233;mouli&#232;re" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ICES2006-1381" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302120v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCA.2006.286196" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302105v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2005-82405" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302103v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaleb Hoblos" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2004.1571797" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291770v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Guilloteau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Le Gonidec" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077124v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15115874" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04304824v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Benamor" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isatra.2023.11.024" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143086v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2020.3010668" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097829v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paerosci.2019.03.002" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02308388v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guermouche Mohamed" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Langlois Nicolas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.03.004" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858642v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-017-0327-9" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858649v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Christen" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Begg" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2016.2531022" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858655v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21642583.2015.1124031" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858647v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.3455" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ST9Z1606-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858654v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12555-014-0533-2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858667v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAAC.2015.073473" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858672v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMIC.2015.072605" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858658v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2014.12.047" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02308514v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.02043" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02297015v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130204-3-FR-4031.00009" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02297009v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130703-3-FR-4038.00131" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02308530v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20120912-3-BG-2031.00054" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296771v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2007.08.046" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296764v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Tremouliere" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMIC.2008.020127" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148285v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ragot" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195415v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)0893-1321(2007)20:3(165)" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01394272v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077124v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Usama" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Salaje" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chevet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langlois" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15115874" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-evry.hal.science/hal-04304824v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Ghrab" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ahmed Ali" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouar Benamor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassani Messaoud" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isatra.2023.11.024" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143086v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio P&#233;rez-Roca" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Marzat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Piet-Lahanier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Galeotta" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAES.2020.3010668" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02097829v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Farago" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paerosci.2019.03.002" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02308388v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guermouche Mohamed" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiane Ahmed-Ali" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Langlois Nicolas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2018.03.004" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858642v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Guermouche" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00170-017-0327-9" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858654v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Ben Hamouda" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Ayadi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12555-014-0533-2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858647v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yiming Zhang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Sircoulomb" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.3455" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ST9Z1606-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858655v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21642583.2015.1124031" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858649v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Christen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven Begg" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2016.2531022" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858658v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2014.12.047" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858667v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJAAC.2015.073473" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858672v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMIC.2015.072605" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02308514v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20140824-6-ZA-1003.02043" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02297009v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130703-3-FR-4038.00131" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02297015v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130204-3-FR-4031.00009" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02308530v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20120912-3-BG-2031.00054" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296771v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Arnold" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houcine Chafouk" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejor.2007.08.046" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296764v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Tremouliere" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMIC.2008.020127" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00195415v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaleb Hoblos" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Le Gonidec" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Ragot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1061/(ASCE)0893-1321(2007)20:3(165)" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00148285v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983821v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ECC65951.2025.11187042" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041807v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2025.12.151" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025991v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CPE-POWERENG63314.2025.11027209" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677054v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICARCV63323.2024.10821506" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669200v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;sar Hern&#225;ndez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rihab El Houda Thabet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICCAS63016.2024.10773325" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03044368v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Moumouh" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madjid Haddad" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA51439.2020.9264476" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03044414v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Ben Ticha" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT49905.2020.9263917" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03044384v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED48518.2020.9183204" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03044398v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ETFA46521.2020.9211977" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407899v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SYSTOL.2019.8864784" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421482v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02335830v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milien Flayac" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.254" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407894v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA.2019.8900026" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02421543v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02408072v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02407974v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858640v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Turki" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Oukkacha" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Yassine" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamadou Ba&#239;lo Camara" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2018.8394814" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282066v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icmae.2018.8467617" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858713v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC.2018.8431545" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282071v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Benkhoud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc.2018.8550051" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858641v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SPC.2017.8313012" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02282128v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858643v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICCA.2017.8003216" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858645v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC.2017.7963452" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858651v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CoDIT.2016.7593546" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858663v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MED.2015.7158795" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858665v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2015.12.351" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858657v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352879" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858661v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2015.7172196" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858675v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouadie Bennouna" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSTCC.2014.6982447" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288249v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icca.2014.6871055" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858674v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bada N'Doye" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFEA.2014.7059949" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288246v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/systol.2013.6693931" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288255v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cca.2013.6662744" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288247v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/isie.2013.6563611" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288260v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerry Mamboundou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2012.6210053" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288257v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icit.2012.6209952" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296966v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCDC.2012.6244467" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296960v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCDC.2012.6244465" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288251v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2012.6265768" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00696588v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Heraud" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288258v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/fuzzy.2011.6007612" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288259v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/icca.2011.6138065" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288244v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xia Meng" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ccca.2011.6031532" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288241v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/ic.2010.0369" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288243v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cmce.2010.5610099" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288240v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Amine Belaidi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2010.5547859" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288248v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/systol.2010.5676012" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288252v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelin Dabo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cdc.2009.5400412" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02288254v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ecc.2009.7075047" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02296774v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2009.5160404" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02304611v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/med.2008.4602234" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302122v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold Respondek" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302116v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandros Plianos" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Achir" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Stobart" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACC.2007.4282344" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302106v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Tr&#233;mouli&#232;re" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ICES2006-1381" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302120v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CCA.2006.286196" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302105v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/IMECE2005-82405" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02302103v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIE.2004.1571797" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00291770v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Guilloteau" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01394272v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>