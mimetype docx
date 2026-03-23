--- v0 (2026-03-03)
+++ v1 (2026-03-23)
@@ -147,3559 +147,3559 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (38)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (39)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anorexia nervosa symptoms are induced after specific gut microbiota dysbiosis transfer in germ-free mice</w:t>
+                <w:t xml:space="preserve">1. An update on current methods for studying microbiome-host interactions in health and diseases</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Gabriel-Segard</w:t>
+                <w:t xml:space="preserve">Maxime Naour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Heberden</w:t>
+                <w:t xml:space="preserve">Chaima Ezzine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+                <w:t xml:space="preserve">Catherine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maeva Duquesnoy</w:t>
+                <w:t xml:space="preserve">Elliot Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marika Dicembre</w:t>
+                <w:t xml:space="preserve">Véronique Lejard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut microbes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 17 (1), pp.2563701. </w:t>
+              <w:t xml:space="preserve">Animal. Science proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (2), pp.299-303. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19490976.2025.2563701⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.anscip.2025.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05418639v1</w:t>
+                <w:t xml:space="preserve">hal-05549822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the mechanisms of action underlying probiotic properties of Shouchella clausii by a functional genomics approach</w:t>
+                <w:t xml:space="preserve">Anorexia nervosa symptoms are induced after specific gut microbiota dysbiosis transfer in germ-free mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Lashermes</w:t>
+                <w:t xml:space="preserve">Tristan Gabriel-Segard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Mathieu</w:t>
+                <w:t xml:space="preserve">Christine Heberden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Marinelli</w:t>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V. Léjard</w:t>
+                <w:t xml:space="preserve">Maeva Duquesnoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Dervyn</w:t>
+                <w:t xml:space="preserve">Marika Dicembre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beneficial Microbes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (3), pp.347-362. </w:t>
+              <w:t xml:space="preserve">Gut microbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (1), pp.2563701. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/18762891-bja00050⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19490976.2025.2563701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05322017v1</w:t>
+                <w:t xml:space="preserve">hal-05418639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive immunity shapes innate and epithelial cell landscapes by silencing tonic IFN-γ in innate lymphoid cells during homeostasis</w:t>
+                <w:t xml:space="preserve">Deciphering the mechanisms of action underlying probiotic properties of Shouchella clausii by a functional genomics approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ousséma Mejri</w:t>
+                <w:t xml:space="preserve">A. Lashermes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Li Ma</w:t>
+                <w:t xml:space="preserve">E. Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amneh Aoudi</w:t>
+                <w:t xml:space="preserve">L. Marinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ossama Labiad</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+                <w:t xml:space="preserve">V. Léjard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dervyn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioRxiv</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2024.09.19.613869⟩</w:t>
+              <w:t xml:space="preserve">Beneficial Microbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (3), pp.347-362. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/18762891-bja00050⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05401952v1</w:t>
+                <w:t xml:space="preserve">hal-05322017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of pattern recognition receptors and microbiota-derived ligands in obesity</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Adaptive immunity shapes innate and epithelial cell landscapes by silencing tonic IFN-γ in innate lymphoid cells during homeostasis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Douard</w:t>
+                <w:t xml:space="preserve">Ousséma Mejri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas N. Lapaque</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Li Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amneh Aoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ossama Labiad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stanislas Mondot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiomes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/frmbi.2024.1324476⟩</w:t>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2024.09.19.613869⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04600251v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05401952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fusobacterium nucleatum promotes inflammatory and anti-apoptotic responses in colorectal cancer cells via ADP-heptose release and ALPK1/TIFA axis activation</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Role of pattern recognition receptors and microbiota-derived ligands in obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diego Garcia-Weber</w:t>
+                <w:t xml:space="preserve">Alice Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ludovica Marinelli</w:t>
+                <w:t xml:space="preserve">Véronique Douard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Beguet-Crespel</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas N. Lapaque</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut microbes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 16 (1), pp.2295384. </w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiomes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19490976.2023.2295384⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/frmbi.2024.1324476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04484107v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04600251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Insight into Functional Metagenomics: a High-Throughput Approach to Decipher Food–Microbiota–Host Interactions in the Human Gut</w:t>
+                <w:t xml:space="preserve">Fusobacterium nucleatum promotes inflammatory and anti-apoptotic responses in colorectal cancer cells via ADP-heptose release and ALPK1/TIFA axis activation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elliot Mathieu</w:t>
+                <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Léjard</w:t>
+                <w:t xml:space="preserve">Laurène Salesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaima Ezzine</w:t>
+                <w:t xml:space="preserve">Diego Garcia-Weber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Govindin</w:t>
+                <w:t xml:space="preserve">Ludovica Marinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien Morat</w:t>
+                <w:t xml:space="preserve">Fabienne Beguet-Crespel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 24 (24), pp.17630. </w:t>
+              <w:t xml:space="preserve">Gut microbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16 (1), pp.2295384. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/ijms242417630⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/19490976.2023.2295384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04353544v1</w:t>
+                <w:t xml:space="preserve">hal-04484107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adlercreutzia equolifaciens Is an Anti-Inflammatory Commensal Bacterium with Decreased Abundance in Gut Microbiota of Patients with Metabolic Liver Disease</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Insight into Functional Metagenomics: a High-Throughput Approach to Decipher Food–Microbiota–Host Interactions in the Human Gut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elliot Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Plaza Oñate</w:t>
+                <w:t xml:space="preserve">Véronique Léjard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chaima Ezzine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Célia Chamignon</w:t>
+                <w:t xml:space="preserve">Pauline Govindin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastian Burz</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Magali Monnoye</w:t>
+                <w:t xml:space="preserve">Aurélien Morat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 24 (15), pp.12232. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms241512232⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 24 (24), pp.17630. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms242417630⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04214482v1</w:t>
+                <w:t xml:space="preserve">hal-04353544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to anti-seizure medications impact growth of gut bacterial species and subsequent host response</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adlercreutzia equolifaciens Is an Anti-Inflammatory Commensal Bacterium with Decreased Abundance in Gut Microbiota of Patients with Metabolic Liver Disease</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Plaza Oñate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Chamignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zehra Esra Ilhan</w:t>
+                <w:t xml:space="preserve">Sebastian Burz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Brochard</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Auvin</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Magali Monnoye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nbd.2022.105664⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 24 (15), pp.12232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms241512232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03954506v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04214482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Akkermansia muciniphila&amp;lt;/i&amp;gt; upregulates genes involved in maintaining the intestinal barrier function via ADP-heptose-dependent activation of the ALPK1/TIFA pathway</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Diego Garcia-Weber</w:t>
+                <w:t xml:space="preserve">Exposure to anti-seizure medications impact growth of gut bacterial species and subsequent host response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zehra Esra Ilhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Lashermes</w:t>
+                <w:t xml:space="preserve">Vincent Brochard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Larraufie</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Stéphane Auvin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Lepage</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gut microbes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/19490976.2022.2110639⟩</w:t>
+              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 167, pp.105664. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nbd.2022.105664⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03787581v2</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03954506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short Chain Fatty Acids – mechanisms and functional importance in the gut</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Akkermansia muciniphila&amp;lt;/i&amp;gt; upregulates genes involved in maintaining the intestinal barrier function via ADP-heptose-dependent activation of the ALPK1/TIFA pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Garcia-Weber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Lashermes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Larraufie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovica Marinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Nutrition Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S0029665120006916⟩</w:t>
+              <w:t xml:space="preserve">Gut microbes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (1), pp.2110639. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19490976.2022.2110639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02536149v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787581v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extracellular vesicles produced by the probiotic Propionibacterium freudenreichii CIRM-BIA 129 mitigate inflammation by modulating the NF-κB pathway</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brenda Silva Rosa da Luz</w:t>
+                <w:t xml:space="preserve">Short Chain Fatty Acids – mechanisms and functional importance in the gut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovica Marinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Houem Rabah</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Herve H. Blottiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Larraufie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01544⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Nutrition Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 80 (1), pp. 37-49. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0029665120006916⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02885846v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02536149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intestinal translocation of enterococci requires a threshold level of enterococcal overgrowth in the lumen</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extracellular vesicles produced by the probiotic Propionibacterium freudenreichii CIRM-BIA 129 mitigate inflammation by modulating the NF-κB pathway</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vinicius de Rezende Rodovalho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brenda Silva Rosa da Luz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristel Archambaud</w:t>
+                <w:t xml:space="preserve">Houem Rabah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelie Derre-Bobillot</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
+                <w:t xml:space="preserve">Fillipe Luiz Rosa Do Carmo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Rigottier-Gois</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Edson L Folador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-45441-3⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2020.01544⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02618379v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02885846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fructose malabsorption induces cholecystokinin expression in the ileum and cecum by changing microbiota composition and metabolism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intestinal translocation of enterococci requires a threshold level of enterococcal overgrowth in the lumen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristel Archambaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xufei Zhang</w:t>
+                <w:t xml:space="preserve">Aurelie Derre-Bobillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Grosfeld</w:t>
+                <w:t xml:space="preserve">Lionel Rigottier-Gois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edek Williams</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pascale Serror</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1096/fj.201801526RR⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-45441-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02191008v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02618379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of the novel role of butyrate as AhR ligand in human intestinal epithelial cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
+                <w:t xml:space="preserve">Fructose malabsorption induces cholecystokinin expression in the ileum and cecum by changing microbiota composition and metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xufei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Grosfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Bourhis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Beguet-Crespel</w:t>
+                <w:t xml:space="preserve">Edek Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Herve Blottiere</w:t>
+                <w:t xml:space="preserve">Daniel Vasiliauskas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sharon Barretto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-37019-2⟩</w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (6), pp.7126-7142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.201801526RR⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01996381v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02191008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SCFAs strongly stimulate PYY production in human enteroendocrine cells</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+                <w:t xml:space="preserve">Identification of the novel role of butyrate as AhR ligand in human intestinal epithelial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovica Marinelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. M. Gribble</w:t>
+                <w:t xml:space="preserve">Jean-Marie Bourhis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Beguet-Crespel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Blottiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 8, pp.1-9. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-18259-0⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.643. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-37019-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628091v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01996381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Butyrate produced by gut commensal bacteria activates TGF-beta1 expression through the transcription factor SP1 in human intestinal epithelial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Beguet-Crespel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludovica Marinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Ledue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 8, pp.1-13. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41598-018-28048-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of New Factors Modulating Adhesion Abilities of the Pioneer Commensal Bacterium Streptococcus salivarius</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Couvigny</w:t>
+                <w:t xml:space="preserve">SCFAs strongly stimulate PYY production in human enteroendocrine cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Larraufie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saulius Kulakauskas</w:t>
+                <w:t xml:space="preserve">Joel Dore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Pons</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
+                <w:t xml:space="preserve">F. M. Gribble</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.00273⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-18259-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01713777v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02628091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Butyrate produced by commensal bacteria down-regulates indolamine 2, 3-dioxygenase 1 (IDO-1) expression via a dual mechanism in human intestinal epithelial cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Larraufie</w:t>
+                <w:t xml:space="preserve">Identification of New Factors Modulating Adhesion Abilities of the Pioneer Commensal Bacterium Streptococcus salivarius</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Couvigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saulius Kulakauskas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Jarry</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ludovica Marinelli</w:t>
+                <w:t xml:space="preserve">Nicolas Pons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Quinquis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Abraham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.02838⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (article 273), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.00273⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-01937996v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01713777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commensal gut bacteria modulate phosphorylation-dependent PPAR gamma transcriptional activity in human intestinal epithelial cells</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Tomas T. de Wouters</w:t>
+                <w:t xml:space="preserve">Butyrate produced by commensal bacteria down-regulates indolamine 2, 3-dioxygenase 1 (IDO-1) expression via a dual mechanism in human intestinal epithelial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Martin-Gallausiaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Larraufie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Jacouton</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
+                <w:t xml:space="preserve">Anne Jarry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Beguet-Crespel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovica Marinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7, </w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/srep43199⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.02838⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02628360v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-01937996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TLR ligands and butyrate increase Pyy expression through two distinct but inter-regulated pathways</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Commensal gut bacteria modulate phosphorylation-dependent PPAR gamma transcriptional activity in human intestinal epithelial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malgorzata Nepelska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas T. de Wouters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Jacouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Beguet-Crespel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cmi.12648⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep43199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01530823v1</w:t>
+                <w:t xml:space="preserve">hal-02628360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Enterococcus faecalis virulence factor ElrA interacts with the human Four-and-a-Half LIM Domains Protein 2</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">TLR ligands and butyrate increase Pyy expression through two distinct but inter-regulated pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Larraufie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Dore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Blottiere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+              <w:t xml:space="preserve">Cellular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-04875-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/cmi.12648⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01607001v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01530823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three glycosylated serine-rich repeat proteins play a pivotal role in adhesion and colonization of the pioneer commensal bacterium, Streptococcus salivarius</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lionel Rigottier-Gois</w:t>
+                <w:t xml:space="preserve">The Enterococcus faecalis virulence factor ElrA interacts with the human Four-and-a-Half LIM Domains Protein 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Jamet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Guillot</w:t>
+                <w:t xml:space="preserve">Rozenn Dervyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Chat</w:t>
+                <w:t xml:space="preserve">Francesca Bugli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Bermudez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.13853⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-04875-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03031237v1</w:t>
+                <w:t xml:space="preserve">hal-01607001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three glycosylated serine-rich repeat proteins play a pivotal role in adhesion and colonization of the pioneer commensal bacterium, Streptococcus salivarius</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Couvigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N. Lapaque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Rigottier-Gois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Chat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 19 (9), pp.3579-3594. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/1462-2920.13853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01608428v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03031237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Salmonella effector SteD Mediates MARCH8-dependent ubiquitination of MHC II molecules and inhibits T cell activation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Three glycosylated serine-rich repeat proteins play a pivotal role in adhesion and colonization of the pioneer commensal bacterium, Streptococcus salivarius</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Couvigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Rigottier-Gois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ethel Bayer-Santos</w:t>
+                <w:t xml:space="preserve">Alain Guillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte H. Durkin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Eric Alix</w:t>
+                <w:t xml:space="preserve">Sophie Chat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Host and Microbe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chom.2016.10.007⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19 (9), pp.3579-3594. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.13853⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01606854v1</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01608428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microorganisms linked to inflammatory bowel disease-associated dysbiosis differentially impact host physiology in gnotobiotic mice</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Salmonella effector SteD Mediates MARCH8-dependent ubiquitination of MHC II molecules and inhibits T cell activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ethel Bayer-Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte H. Durkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas W Hoffmann</w:t>
+                <w:t xml:space="preserve">Luciano A. Rigano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hang-Phuong Pham</w:t>
+                <w:t xml:space="preserve">Andreas Kupz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Bridonneau</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Bruno Lamas</w:t>
+                <w:t xml:space="preserve">Eric Alix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ismej.2015.127⟩</w:t>
+              <w:t xml:space="preserve">Cell Host and Microbe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20 (5), pp.584-595. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chom.2016.10.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01303788v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01606854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lactobacillus rhamnosus CNCMI-4317 Modulates Fiaf/Angptl4 in Intestinal Epithelial Cells and Circulating Level in Mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elsa Jacouton</w:t>
+                <w:t xml:space="preserve">Microorganisms linked to inflammatory bowel disease-associated dysbiosis differentially impact host physiology in gnotobiotic mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas W Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hang-Phuong Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Núria Mach</w:t>
+                <w:t xml:space="preserve">Chantal Bridonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Cadiou</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
+                <w:t xml:space="preserve">Camille Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Clément</w:t>
+                <w:t xml:space="preserve">Bruno Lamas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 10 (10), pp.e0138880. </w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10 (2), pp.460-477. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0138880⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ismej.2015.127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01272988v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01303788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commensal [i]Streptococcus salivarius[/i] modulates PPARγ transcriptional activity in human intestinal epithelial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Couvigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas de Wouters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghalia Kaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Jacouton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Delorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3744,1502 +3744,1636 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01204466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metagenomics of the human intestinal tract: from who is there to what is done there</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Lactobacillus rhamnosus CNCMI-4317 Modulates Fiaf/Angptl4 in Intestinal Epithelial Cells and Circulating Level in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsa Jacouton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonietta Cultrone</w:t>
+                <w:t xml:space="preserve">Núria Mach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Tap</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Julie Cadiou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joël Doré</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Karine Clément</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 4, pp.64-68. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (10), pp.e0138880. </w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cofs.2015.05.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0138880⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02632823v1</w:t>
+                <w:t xml:space="preserve">hal-01272988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A robust and adaptable high throughput screening method to study host-microbiota interactions in the human intestine</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Metagenomics of the human intestinal tract: from who is there to what is done there</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonietta Cultrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Tap</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joël Doré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve H. Blottiere</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0105598⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Food Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4, pp.64-68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cofs.2015.05.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01204452v1</w:t>
+                <w:t xml:space="preserve">hal-02632823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ANGPTL4 expression induced by butyrate and rosiglitazone in human intestinal epithelial cells utilizes independent pathways</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sven S. Pettersson</w:t>
+                <w:t xml:space="preserve">A robust and adaptable high throughput screening method to study host-microbiota interactions in the human intestine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas de Wouters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Ledue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malgorzata Nepelska</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joel Dore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Blottiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AJP - Gastrointestinal and Liver Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 304 (11), pp.G1025 - G1037. </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (8), </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1152/ajpgi.00293.2012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0105598⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01001518v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The NF-kappa B binding site located in the proximal region of the TSLP promoter is critical for TSLP modulation in human intestinal epithelial cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+                <w:t xml:space="preserve">ANGPTL4 expression induced by butyrate and rosiglitazone in human intestinal epithelial cells utilizes independent pathways</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agata A. Korecka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas T. de Wouters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonietta A. Cultrone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Denise D. Kelly</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas N. Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imke I. Mulder</w:t>
+                <w:t xml:space="preserve">Sven S. Pettersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 43 (4), pp.1053 - 1062. </w:t>
+              <w:t xml:space="preserve">AJP - Gastrointestinal and Liver Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 304 (11), pp.G1025 - G1037. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/eji.201142340⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1152/ajpgi.00293.2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01001083v1</w:t>
+                <w:t xml:space="preserve">hal-01001518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enterococcus faecalis prophage dynamics and contributions to pathogenic traits</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The NF-kappa B binding site located in the proximal region of the TSLP promoter is critical for TSLP modulation in human intestinal epithelial cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonietta A. Cultrone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tomas T. de Wouters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renata Filipa Cruz de Matos</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lionel Rigottier-Gois</w:t>
+                <w:t xml:space="preserve">Omar O. Lakhdari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Debarbieux</w:t>
+                <w:t xml:space="preserve">Denise D. Kelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thierry Meylheuc</w:t>
+                <w:t xml:space="preserve">Imke I. Mulder</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 9 (6), </w:t>
+              <w:t xml:space="preserve">European Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 43 (4), pp.1053 - 1062. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1003539⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/eji.201142340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190746v1</w:t>
+                <w:t xml:space="preserve">hal-01001083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HLA Class I Allelic Sequence and Conformation Regulate Leukocyte Ig-Like Receptor Binding</w:t>
+                <w:t xml:space="preserve">Enterococcus faecalis prophage dynamics and contributions to pathogenic traits</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des C. Jones</w:t>
+                <w:t xml:space="preserve">Renata Filipa Cruz de Matos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Rigottier-Gois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vasilis Kosmoliaptsis</w:t>
+                <w:t xml:space="preserve">Laurent Debarbieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Richard Apps</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Isobel Smith</w:t>
+                <w:t xml:space="preserve">Thierry Meylheuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4049/jimmunol.1003078⟩</w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 9 (6), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1003539⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01190489v1</w:t>
+                <w:t xml:space="preserve">hal-01190746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interactions between human NK cells and macrophages in response to Salmonella infection.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">HLA Class I Allelic Sequence and Conformation Regulate Leukocyte Ig-Like Receptor Binding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des C. Jones</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vasilis Kosmoliaptsis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Apps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Vivier</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Isobel Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 182 (7), pp.4339-48. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4049/jimmunol.0803329⟩</w:t>
+              <w:t xml:space="preserve">, 2011, 186 (5), pp.2990 - 2997. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.1003078⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00380263v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brucella abortus induces Irgm3 and Irga6 expression via type-I IFN by a MyD88-dependent pathway, without the requirement of TLR2, TLR4, TLR5 and TLR9.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+                <w:t xml:space="preserve">Interactions between human NK cells and macrophages in response to Salmonella infection.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Walzer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Muller</w:t>
+                <w:t xml:space="preserve">Stéphane Méresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lena Alexopoulou</w:t>
+                <w:t xml:space="preserve">Eric Vivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan C Howard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre Gorvel</w:t>
+                <w:t xml:space="preserve">John Trowsdale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Pathogenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.micpath.2009.09.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 182 (7), pp.4339-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.0803329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00431861v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00380263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brucella control of dendritic cell maturation is dependent on the TIR-containing protein Btp1</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Brucella abortus induces Irgm3 and Irga6 expression via type-I IFN by a MyD88-dependent pathway, without the requirement of TLR2, TLR4, TLR5 and TLR9.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lena Alexopoulou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suzana P Salcedo</w:t>
+                <w:t xml:space="preserve">Jonathan C Howard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">María Ines Marchesini</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Pierre Gorvel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.0040021⟩</w:t>
+              <w:t xml:space="preserve">Microbial Pathogenesis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, epub ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.micpath.2009.09.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00294210v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00431861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brucella lipopolysaccharide acts as a virulence factor.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
+                <w:t xml:space="preserve">Brucella control of dendritic cell maturation is dependent on the TIR-containing protein Btp1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzana P Salcedo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Ines Marchesini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ignacio Moriyon</w:t>
+                <w:t xml:space="preserve">Hugues Lelouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edgardo Moreno</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Emilie Fugier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mib.2004.12.003⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 4 (2), pp.e21. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.0040021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00165710v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00294210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Brucella lipopolysaccharide acts as a virulence factor.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lapaque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio Moriyon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edgardo Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gorvel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Opinion in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 8 (1), pp.60-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mib.2004.12.003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00165710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cyclic beta-1,2-glucan is a Brucella virulence factor required for intracellular survival.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beatriz Arellano-Reynoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Salcedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Briones</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrés Eduardo Ciocchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 6 (6), pp.618-25. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ni1202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00165692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5249,404 +5383,404 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALPK1. Deletion protected from body weight gain and glucose intolerance induced by HFD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Lashermes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Cadiou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stanislas Mondot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Douard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Society for Clinical Nutrition and Metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Vienna, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04352091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;em&amp;gt;Propionibacterium freudenreichii&amp;lt;/em&amp;gt; secretes extracellular vesicles with anti-inflammatory activity via NF-κB pathway modulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vinicius de Rezende Rodovalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brenda Silva Rosa da Luz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fillipe Luiz Rosa Do Carmo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Blottiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2. French Society of Extracellular Vesicles Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02735885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prophage-crosstalk and prophage-associated cytotoxicity in Enterococcus faecalis v583</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renata Filipa Cruz de Matos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naima G Cortes-Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas N. Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albertas Navickas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Meylheuc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées des Microbiologistes de l’INRA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, L’Isle-sur-la-Sorgue, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03584441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5656,315 +5790,315 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[i]Streptococcus thermophilus[/i] strains reduce expression of NF-κB in human intestinal epithelial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victoria Chuat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Bobet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Lapaque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Blottiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lortal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FoodMicro 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Dublin, Ireland. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01349147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The three Serine rich Proteins encoded in the secA2Y2 system of the human commensal bacterium Streptococcus salivarius promotes binding to different targets of the host</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Couvigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Briandet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Rigottier-Gois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manfred Rohde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th international conference on Gram-positive microorganisms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Montecatini, Italy. 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01454649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The commensal bacterium [i]Streptococcus salivarius[/i] inhibits PPARg activity and its target genes in human intestinal epithelial cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Couvigny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tomas de Wouters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5972,102 +6106,102 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghalia Kaci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Delorme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Dore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IHMC, International Human Microbiome Congress : Paris 2012</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Paris, France. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01359134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId226"/>
+      <w:footerReference w:type="default" r:id="rId231"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -6135,51 +6269,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="795DEB14"/>
+    <w:nsid w:val="C8A7BC3A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6366,51 +6500,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-lapaque" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0824-0108" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083490302" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418639v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Gabriel-Segard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Heberden" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Mondot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Duquesnoy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika Dicembre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2025.2563701" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322017v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lashermes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mathieu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marinelli" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. L&#233;jard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dervyn" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18762891-bja00050" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401952v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouss&#233;ma Mejri" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Ma" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amneh Aoudi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ossama Labiad" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.09.19.613869" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600251v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Rolland" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Douard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Lapaque" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frmbi.2024.1324476" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04484107v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin-Gallausiaux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Salesse" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Garcia-Weber" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Marinelli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Beguet-Crespel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2023.2295384" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353544v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Mathieu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique L&#233;jard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Ezzine" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Govindin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Morat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms242417630" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04214482v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Plaza O&#241;ate" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Chamignon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Burz" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lapaque" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Monnoye" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241512232" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03954506v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehra Esra Ilhan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brochard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Auvin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lepage" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2022.105664" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03787581v2" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lashermes" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larraufie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2022.2110639" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02536149v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Blottiere" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0029665120006916" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02885846v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius de Rezende Rodovalho" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Silva Rosa da Luz" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houem Rabah" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fillipe Luiz Rosa Do Carmo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson L Folador" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01544" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618379v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristel Archambaud" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Derre-Bobillot" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Rigottier-Gois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Serror" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45441-3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191008v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xufei Zhang" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Grosfeld" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edek Williams" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vasiliauskas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Barretto" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201801526RR" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01996381v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bourhis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Blottiere" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-37019-2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628091v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Dore" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M. Gribble" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-18259-0" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624971v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jamet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ledue" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-28048-y" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713777v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Couvigny" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saulius Kulakauskas" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pons" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Quinquis" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00273" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01937996v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jarry" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.02838" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628360v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Nepelska" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas T. de Wouters" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jacouton" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43199" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530823v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12648" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607001v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dervyn" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Bugli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Bermudez" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-04875-3" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03031237v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chat" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13853" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608428v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606854v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethel Bayer-Santos" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte H. Durkin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano A. Rigano" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kupz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alix" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2016.10.007" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303788v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W Hoffmann" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang-Phuong Pham" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bridonneau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Aubry" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lamas" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2015.127" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01272988v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cadiou" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Cl&#233;ment" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0138880" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204466v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas de Wouters" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalia Kaci" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delorme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0125371" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632823v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta Cultrone" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tap" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dor&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2015.05.011" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204452v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0105598" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001518v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata A. Korecka" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta A. Cultrone" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven S. Pettersson" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpgi.00293.2012" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001083v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar O. Lakhdari" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise D. Kelly" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imke I. Mulder" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.201142340" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190746v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Filipa Cruz de Matos" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debarbieux" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003539" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190489v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Des C. Jones" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Kosmoliaptsis" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Apps" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isobel Smith" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1003078" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380263v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Walzer" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;resse" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vivier" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Trowsdale" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0803329" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431861v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Muller" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Alexopoulou" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan C Howard" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gorvel" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpath.2009.09.005" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P9TZ6P2D-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294210v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzana P Salcedo" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Ines Marchesini" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Lelouard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fugier" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Jolly" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.0040021" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165710v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Moriyon" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgardo Moreno" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2004.12.003" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-15LH49VM-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165692v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Arellano-Reynoso" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Salcedo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Briones" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Eduardo Ciocchini" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni1202" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-LPMRNRK0-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352091v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735885v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03584441v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima G Cortes-Perez" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertas Navickas" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349147v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bobet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lortal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454649v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gautier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Rohde" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359134v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-lapaque" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0824-0108" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083490302" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05549822v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Naour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaima Ezzine" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Michel" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliot Mathieu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Lejard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anscip.2025.07.002" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05418639v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Gabriel-Segard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Heberden" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Mondot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Duquesnoy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marika Dicembre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2025.2563701" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322017v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lashermes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mathieu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Marinelli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. L&#233;jard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dervyn" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18762891-bja00050" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05401952v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouss&#233;ma Mejri" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Ma" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amneh Aoudi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ossama Labiad" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.09.19.613869" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600251v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Rolland" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Douard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Lapaque" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frmbi.2024.1324476" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04484107v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin-Gallausiaux" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Salesse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Garcia-Weber" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovica Marinelli" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Beguet-Crespel" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2023.2295384" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353544v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique L&#233;jard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Govindin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Morat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms242417630" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04214482v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Plaza O&#241;ate" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Chamignon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Burz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lapaque" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Monnoye" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms241512232" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03954506v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zehra Esra Ilhan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Brochard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Auvin" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Lepage" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2022.105664" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03787581v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lashermes" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Larraufie" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19490976.2022.2110639" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02536149v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve H. Blottiere" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0029665120006916" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02885846v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius de Rezende Rodovalho" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brenda Silva Rosa da Luz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houem Rabah" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fillipe Luiz Rosa Do Carmo" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edson L Folador" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2020.01544" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618379v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristel Archambaud" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Derre-Bobillot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Rigottier-Gois" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Serror" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-45441-3" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191008v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xufei Zhang" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Grosfeld" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edek Williams" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vasiliauskas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Barretto" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201801526RR" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01996381v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Bourhis" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Blottiere" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-37019-2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624971v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jamet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Ledue" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-28048-y" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628091v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Dore" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. M. Gribble" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-18259-0" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01713777v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Couvigny" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saulius Kulakauskas" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pons" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Quinquis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Abraham" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00273" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01937996v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Jarry" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.02838" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628360v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Nepelska" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas T. de Wouters" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jacouton" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep43199" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530823v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12648" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01607001v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rozenn Dervyn" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Bugli" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Bermudez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-04875-3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03031237v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Guillot" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chat" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.13853" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608428v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606854v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethel Bayer-Santos" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte H. Durkin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano A. Rigano" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kupz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Alix" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chom.2016.10.007" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303788v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W Hoffmann" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang-Phuong Pham" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Bridonneau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Aubry" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lamas" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2015.127" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204466v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomas de Wouters" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalia Kaci" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Delorme" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0125371" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01272988v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Mach" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Cadiou" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Cl&#233;ment" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0138880" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632823v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta Cultrone" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Tap" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Dor&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2015.05.011" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204452v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0105598" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001518v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agata A. Korecka" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonietta A. Cultrone" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven S. Pettersson" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/ajpgi.00293.2012" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01001083v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar O. Lakhdari" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise D. Kelly" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imke I. Mulder" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eji.201142340" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190746v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Filipa Cruz de Matos" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Debarbieux" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Meylheuc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1003539" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190489v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Des C. Jones" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilis Kosmoliaptsis" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Apps" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isobel Smith" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1003078" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00380263v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Walzer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane M&#233;resse" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vivier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Trowsdale" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.0803329" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431861v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Muller" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lena Alexopoulou" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan C Howard" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gorvel" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micpath.2009.09.005" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P9TZ6P2D-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294210v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzana P Salcedo" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Ines Marchesini" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Lelouard" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Fugier" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Jolly" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.0040021" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165710v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Moriyon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgardo Moreno" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2004.12.003" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-15LH49VM-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00165692v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Arellano-Reynoso" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Salcedo" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Briones" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;s Eduardo Ciocchini" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ni1202" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-LPMRNRK0-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04352091v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735885v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03584441v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima G Cortes-Perez" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albertas Navickas" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349147v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Chuat" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bobet" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lortal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454649v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Briandet" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Gautier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manfred Rohde" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01359134v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>