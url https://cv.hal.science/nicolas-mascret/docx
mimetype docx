--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Mascret </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing an Innovative Gait Training Program in Immersive Virtual Reality for Healthy Older Adults: Protocol for a Randomized Controlled Trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Delbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Goulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JMIR Research Protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 14, pp.e57866. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/57866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teachers’ Acceptance of a Mobile Telepresence Robot for the Remote Supervision of Physical Activity in Isolated Older Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Temprado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Human-Computer Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10447318.2025.2578397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05341629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is virtual reality head-mounted display accepted by coaches to enhance sport performance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virtual Reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 29, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10055-025-01104-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04914117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clusters of test anxiety in lower secondary students: a cross-cultural comparison between France and Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Valls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Sessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tardif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Education </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, ampiric, 10, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/feduc.2025.1682152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Reality as a Perceptual-Motor Training Tool: Validity and Fidelity Assessments of a 4 × 100 m Relay Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Hervet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (6), pp.3224. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app15063224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04994429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary framework to optimize the anticipation skills of high-level athletes using virtual reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Ledouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Frontiers in Sports and Active Living, 6, pp.1324016. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fspor.2024.1324016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479743v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differences of gait adaptability behavior between young and healthy older adults during a locomotor pointing task in virtual reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Delbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Goulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gait &amp; Posture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109, pp.233-239. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gaitpost.2024.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04914140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual reality to characterize anticipation skills of top‐level 4 x 100 m relay athletes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Stefanuto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulalie Verhulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (10), pp.1463-1471. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejsc.12192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance of a mobile telepresence robot used to teach adapted physical activity to isolated older adults: extending and testing the technology acceptance model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Temprado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpubh.2024.1405231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teachers’ acceptance of an open-source, collaborative, free m-learning app: The predictive role of teachers’ self-approach goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kane Marlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education and Information Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10639-023-11832-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Telepresence Robot as a New Service to Remotely Supervise Older Adults' Physical Activity: Effectiveness, Acceptance, and Perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Temprado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-023-01025-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance of a Mobile Telepresence Robot, before Use, to Remotely Supervise Older Adults’ Adapted Physical Activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Temprado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph20043012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Mindfulness Intervention, Mental Health and Attentional Abilities: A Randomized Controlled Trial in University Students During COVID-19 Lockdown</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Devillers-Reolon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Sleimen-Malkoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2022.889807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03989719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress Responses, Competition, and Free-Throw Performance: The Predicting Role of Other-Approach Goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Marqueste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00332941211040442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance by athletes of a virtual reality head-mounted display intended to enhance sport performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.102201. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2022.102201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of achievement goals on objective driving behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Nicolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Naude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ragot-Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Serre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0276587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of an immersive virtual reality device accepted by seniors that preserves the adaptive behavior produced in the real world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Delbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Goulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fbioe.2022.917486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implicit theories in driving: Scale development, validation, and predictive role on violations and driving self-efficacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Nicolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Martha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Naude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Serre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Part F: Traffic Psychology and Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.333-344. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trf.2022.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anxiety during tests and regulatory dimension of anxiety: A five-factor French version of the Revised Test Anxiety scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (11), pp.5322 - 5332. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12144-019-00481-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A person-centered approach to achievement goal orientations in competitive tennis players: Associations with motivation and mental toughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Gregory Cowden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Ryan Duckett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sport and Health Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (1), pp.73 - 81. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jshs.2018.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090204v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between perceived physical self-concept and grade in physical education: The mediating role of test anxiety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier REY</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maïano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 56, pp.102016. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2021.102016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress Responses, Competition, and Free-Throw Performance: The Predicting Role of Other-Approach Goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Marqueste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.003329412110404. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00332941211040442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03555325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationships between the 3 × 2 achievement goal model and test anxiety in Physical Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Education Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1356336X20971325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Predictive Role of Achievement Goals Adoption on Sensation-Seeking and Risk Taking in Driving Transportation Research Part F: Traffic Psychology and Behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Nicolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Martha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Naude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Serre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Part F: Traffic Psychology and Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 79, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trf.2021.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and validation of a scale assessing achievement goals in driving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Nicolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ragot-Court</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0230349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confinement during Covid-19 outbreak modifies athletes’ self-based goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2020.101796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance of a Virtual Reality Headset Designed for Fall Prevention in Older Adults: Questionnaire Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Delbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Voron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Temprado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (12), pp.e20691. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/20691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test anxiety in physical education: The predictive role of gender, age, and implicit theories of athletic ability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Education Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 26, pp.128 - 143. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1356336X19839408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090207v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of the penetration of Francophone research on intervention in physical education and sport in Anglophone journals since 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélina Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gal-Petitfaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Lenzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Education and Sport Pedagogy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 25 (4), pp.331-345. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17408989.2020.1729348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02873328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enactive Phenomenological Approach to the Trier Social Stress Test: a mixed methods point of view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Marqueste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 143, pp.e58805. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3791/58805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social support from evaluative familiar persons – a buffer against stress? Preliminary evidence of neuroendocrine and psychological responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Marqueste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anxiety, Stress and Coping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32 (5), pp.534-544. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10615806.2019.1638680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and Validation of a Scale Assessing Test Anxiety in Physical Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Teaching in Physical Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 38 (4), pp.357-366. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1123/jtpe.2018-0282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Cultural Validation of the Short Form of the Physical Self-Inventory (PSI-S)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maïano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Hülya Aşçi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissal Boughattas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport, Exercise, and Performance Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (1), pp.60-79. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/spy0000096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Trier Social Stress Test and the Trier Social Stress Test for groups : Qualitative investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Marqueste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (4), </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0195722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01770010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 3 × 2 Achievement Goal Questionnaire for Teachers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Elliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educational Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 37 (3), pp.346 - 361. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01443410.2015.1096324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">English validation of the short form of the Physical Self-Inventory (PSI-S)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre J. S. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maiano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhiannon Lee White</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katherine B. Owen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Tracey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27, pp.180-194. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2016.08.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of the ‘Trier Social Stress Test’ on Free Throw Performance in Basketball: An Interdisciplinary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Ibáñez-Gijón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bréjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinus Buekers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (6), pp.e0157215. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0157215⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01415458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buts motivationnels d’accomplissement des enseignants : l’influence de l’appartenance à un établissement « difficile » et de l’ancienneté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maïano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implicit measures of beliefs about sport ability in swimming and basketball</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Falconetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (3), pp.358 - 364. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17461391.2015.1080304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A scale-based approach to interdisciplinary research and expertise in sports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Ibanez-Gijon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinus J. Buekers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine H.P. Morice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Rao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sports Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02640414.2016.1164330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teacher achievement goals: the influence of seniority and teaching in a “difficult” establishment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maïano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 194, pp.29 - 46. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfp.4968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptions of sport ability and practice of sport: an implicit measure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Falconetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sport Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 47 (2), pp.122-132. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7352/IJSP2016.47.122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interdisciplinary research: a promising approach to investigate elite performance in sports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinus J. Buekers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Ibanez-Gijon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine H.P. Morice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Rao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00336297.2016.1152982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“I’m not scientifically gifted, I’m a girl”: implicit measures of gender-science stereotypes – preliminary evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educational Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 41 (4), pp.462 - 465. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03055698.2015.1043979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending the 3 × 2 achievement goal model to the sport domain: The 3 × 2 Achievement Goal Questionnaire for Sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Elliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17, pp.7 - 14. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2014.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using implicit measures to highlight science teachers’ implicit theories of intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Psychology of Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (3), pp.269 - 280. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10212-015-0249-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychometric properties of the short form of the Physical Self-Description Questionnaire in a French adolescent sample</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maïano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Body Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.89 - 97. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bodyim.2014.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Badminton player–coach’ interactions between failing students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Education and Sport Pedagogy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 16 (1), pp.1 - 13. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17408989.2010.491817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité et acceptation par les athlètes de haut-niveau d'une application de relais en réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XR 2025 - Colloque « La XR en mouvement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle comme outil d'entraînement perceptivo-moteur : évaluation de la validité et de la fidélité d'un simulateur de relais 4 x 100 m Auteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Hervet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XR 2025 - Colloque "XR en mouvement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How variability could shape perceptual-motor expertise in 4x100 m relay?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulalie Verhulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECSS 2023 - Annual Congress of the European College of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04469325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation des dispositifs pédagogiques innovants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Tarpin-Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’évaluation des dispositifs pédagogiques innovants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Nationale Recherche Technologie (ANRT); AMPIRIC; France 2030; Banque des Territoires, Jan 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité et acceptation de la réalité virtuelle au service de l’amélioration de la performance sportive : enjeux et limites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale ARIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité par les entraîneurs d’un casque de réalité virtuelle destiné à améliorer la performance sportive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACAPS 2023 - 20e Congrès International de l'Association des Chercheurs en Activités Physiques et Sportives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACAPS, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance by athletes of a virtual reality head-mounted display intended to enhance sport performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECSS 2023 - European Congress of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité par les athlètes d'un casque de réalité virtuelle destiné à améliorer les performances sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVème colloque du REDESP - 2023 : Mesure, démesure, des mesures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atelier SHERPAS - UrePSSS; Université d'Artois, May 2023, ARRAS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In search of the signature of perceptual-motor expertise in 4x100 m relay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Stefanuto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulalie Verhulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECSS 2023 - Annual Congress of the European College of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Palais des Congres, Paris, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance by athletes of a virtual head-mounted display intended to enhance sport performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECSS 2023 - 28th Congress of the European College of Sports Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité et acceptation des technologies : deux illustrations en sport et en activité physique adaptée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du laboratoire Institut des Sciences du Sport-Santé de Paris (I3SP), Université Paris Cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modern & innovative space for educational research: the &amp;quot;Jacques Ginestié&amp;quot; experimental platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote Ampiric, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive role of achievement goals on objective driving behavior.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Nicolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Naude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Serre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ragot-Court</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9thTransport Research Arena (TRA) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TRA, Nov 2022, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04548792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité / acceptation du casque de réalité virtuelle pour le sport de très haute performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire du GDR Sport du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt d'une méthode adaptative en Réalité Virtuelle lors de l'apprentissage de l'initiation de la course en relais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Hervet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XR 2025 - Colloque "XR en mouvement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Limoges, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JO 2024 : La réalité virtuelle pour caractériser les habiletés d'anticipation des relayeurs 4x100m</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Stefanuto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres recherche-industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance by coaches of immersive virtual reality for improving sport performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulalie Verhulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECSS 2023 - 28th Annual Congress of the European College of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France. Unpublished, 2023, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.27130.06089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04203611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité et acceptation du casque de réalité virtuelle chez les athlètes élites en relais 4 x 100 m</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Stefanuto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulalie Verhulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACAPS 2023 - 20e congrès de l'ACAPS : Les Environnements de l'Activité Physique et Sportive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anxiété pendant les évaluations en EPS : le rôle prédictif du modèle 3 x 2 des buts d'accomplissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Aix en provence, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer, expérimenter et évaluer des dispositifs pédagogiques innovants : l'exemple du Créativlab d'Ampiric et la question du passage à l'échelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANRT. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'évaluation des dispositifs pédagogiques innovants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANRT, 2023, 978-2-9591124-1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04360207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des outils numériques au sein des dispositifs hybrides d’enseignement et d’apprentissage. Ce document est rédigé par les équipes de recherche dans le cadre des GTnum du ministère de l'Éducation nationale et de la Jeunesse. La responsabilité des contenus publiés leur appartient. GTnum 2.9 #formescolairehybride 2020-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kane Marlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health Regulatory Focus, Selection Optimization and Compensation Strategy and Sports Practice: A Mediational Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02274950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId196"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Mascret </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Testing an Innovative Gait Training Program in Immersive Virtual Reality for Healthy Older Adults: Protocol for a Randomized Controlled Trial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Delbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Goulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JMIR Research Protocols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 14, pp.e57866. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/57866⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05092994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teachers’ Acceptance of a Mobile Telepresence Robot for the Remote Supervision of Physical Activity in Isolated Older Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Temprado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Human-Computer Interaction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10447318.2025.2578397⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05341629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clusters of test anxiety in lower secondary students: a cross-cultural comparison between France and Switzerland</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marjorie Valls</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Sessa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Tardif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Education </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, ampiric, 10, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/feduc.2025.1682152⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05387872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is virtual reality head-mounted display accepted by coaches to enhance sport performance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virtual Reality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 29, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10055-025-01104-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04914117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual Reality as a Perceptual-Motor Training Tool: Validity and Fidelity Assessments of a 4 × 100 m Relay Simulator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Hervet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (6), pp.3224. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app15063224⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04994429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An interdisciplinary framework to optimize the anticipation skills of high-level athletes using virtual reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Ledouit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Sports and Active Living</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Frontiers in Sports and Active Living, 6, pp.1324016. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fspor.2024.1324016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04479743v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differences of gait adaptability behavior between young and healthy older adults during a locomotor pointing task in virtual reality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Delbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Goulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gait &amp; Posture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 109, pp.233-239. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gaitpost.2024.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04914140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtual reality to characterize anticipation skills of top‐level 4 x 100 m relay athletes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Stefanuto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulalie Verhulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 24 (10), pp.1463-1471. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ejsc.12192⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04699687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance of a mobile telepresence robot used to teach adapted physical activity to isolated older adults: extending and testing the technology acceptance model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Temprado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 12, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpubh.2024.1405231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04877919v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teachers’ acceptance of an open-source, collaborative, free m-learning app: The predictive role of teachers’ self-approach goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kane Marlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Education and Information Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10639-023-11832-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04132516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mobile Telepresence Robot as a New Service to Remotely Supervise Older Adults' Physical Activity: Effectiveness, Acceptance, and Perception</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Temprado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Social Robotics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12369-023-01025-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04158161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance of a Mobile Telepresence Robot, before Use, to Remotely Supervise Older Adults’ Adapted Physical Activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Temprado</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 20, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijerph20043012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Online Mindfulness Intervention, Mental Health and Attentional Abilities: A Randomized Controlled Trial in University Students During COVID-19 Lockdown</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Devillers-Reolon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rita Sleimen-Malkoun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2022.889807⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03989719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress Responses, Competition, and Free-Throw Performance: The Predicting Role of Other-Approach Goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Marqueste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00332941211040442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance by athletes of a virtual reality head-mounted display intended to enhance sport performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.102201. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2022.102201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of achievement goals on objective driving behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Nicolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Naude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ragot-Court</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Serre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 17, </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0276587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation of an immersive virtual reality device accepted by seniors that preserves the adaptive behavior produced in the real world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Delbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Goulon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Bioengineering and Biotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fbioe.2022.917486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03841091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implicit theories in driving: Scale development, validation, and predictive role on violations and driving self-efficacy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Nicolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Martha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Naude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Serre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Part F: Traffic Psychology and Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 86, pp.333-344. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trf.2022.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03644434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anxiety during tests and regulatory dimension of anxiety: A five-factor French version of the Revised Test Anxiety scale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 40 (11), pp.5322 - 5332. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12144-019-00481-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A person-centered approach to achievement goal orientations in competitive tennis players: Associations with motivation and mental toughness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Gregory Cowden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothy Ryan Duckett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sport and Health Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 10 (1), pp.73 - 81. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jshs.2018.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090204v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between perceived physical self-concept and grade in physical education: The mediating role of test anxiety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier REY</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maïano</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 56, pp.102016. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2021.102016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03545023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stress Responses, Competition, and Free-Throw Performance: The Predicting Role of Other-Approach Goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Marqueste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.003329412110404. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/00332941211040442⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03555325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationships between the 3 × 2 achievement goal model and test anxiety in Physical Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Education Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1356336X20971325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Predictive Role of Achievement Goals Adoption on Sensation-Seeking and Risk Taking in Driving Transportation Research Part F: Traffic Psychology and Behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Nicolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Martha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Naude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Serre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transportation Research Part F: Traffic Psychology and Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 79, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.trf.2021.03.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and validation of a scale assessing achievement goals in driving</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Nicolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ragot-Court</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0230349⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507585v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Confinement during Covid-19 outbreak modifies athletes’ self-based goals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2020.101796⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02962645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance of a Virtual Reality Headset Designed for Fall Prevention in Older Adults: Questionnaire Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Delbes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Voron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Jacques Temprado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 22 (12), pp.e20691. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/20691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03189263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test anxiety in physical education: The predictive role of gender, age, and implicit theories of athletic ability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Physical Education Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 26, pp.128 - 143. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1356336X19839408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02090207v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A review of the penetration of Francophone research on intervention in physical education and sport in Anglophone journals since 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélina Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gal-Petitfaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Lenzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Education and Sport Pedagogy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 25 (4), pp.331-345. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17408989.2020.1729348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02873328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enactive Phenomenological Approach to the Trier Social Stress Test: a mixed methods point of view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Marqueste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 143, pp.e58805. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3791/58805⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01977949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social support from evaluative familiar persons – a buffer against stress? Preliminary evidence of neuroendocrine and psychological responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Marqueste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anxiety, Stress and Coping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 32 (5), pp.534-544. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10615806.2019.1638680⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development and Validation of a Scale Assessing Test Anxiety in Physical Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Teaching in Physical Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 38 (4), pp.357-366. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1123/jtpe.2018-0282⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02462101v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-Cultural Validation of the Short Form of the Physical Self-Inventory (PSI-S)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maïano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Hülya Aşçi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wissal Boughattas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport, Exercise, and Performance Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7 (1), pp.60-79. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/spy0000096⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02086418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Trier Social Stress Test and the Trier Social Stress Test for groups : Qualitative investigations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tanguy Marqueste</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (4), </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0195722⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01770010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The 3 × 2 Achievement Goal Questionnaire for Teachers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Elliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educational Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 37 (3), pp.346 - 361. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01443410.2015.1096324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">English validation of the short form of the Physical Self-Inventory (PSI-S)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre J. S. Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maiano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rhiannon Lee White</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katherine B. Owen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Tracey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 27, pp.180-194. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2016.08.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01454783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Influence of the ‘Trier Social Stress Test’ on Free Throw Performance in Basketball: An Interdisciplinary Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Ibáñez-Gijón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Bréjard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinus Buekers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Casanova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 11 (6), pp.e0157215. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0157215⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01415458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Buts motivationnels d’accomplissement des enseignants : l’influence de l’appartenance à un établissement « difficile » et de l’ancienneté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maïano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implicit measures of beliefs about sport ability in swimming and basketball</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Falconetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 16 (3), pp.358 - 364. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17461391.2015.1080304⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A scale-based approach to interdisciplinary research and expertise in sports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Ibanez-Gijon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinus J. Buekers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine H.P. Morice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Rao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Sports Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02640414.2016.1164330⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teacher achievement goals: the influence of seniority and teaching in a “difficult” establishment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maïano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue française de pédagogie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 194, pp.29 - 46. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rfp.4968⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptions of sport ability and practice of sport: an implicit measure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Falconetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sport Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 47 (2), pp.122-132. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7352/IJSP2016.47.122⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interdisciplinary research: a promising approach to investigate elite performance in sports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martinus J. Buekers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Ibanez-Gijon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine H.P. Morice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Rao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quest</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/00336297.2016.1152982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01391888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“I’m not scientifically gifted, I’m a girl”: implicit measures of gender-science stereotypes – preliminary evidence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Educational Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 41 (4), pp.462 - 465. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03055698.2015.1043979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending the 3 × 2 achievement goal model to the sport domain: The 3 × 2 Achievement Goal Questionnaire for Sport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Elliot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology of Sport and Exercise</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 17, pp.7 - 14. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psychsport.2014.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using implicit measures to highlight science teachers’ implicit theories of intelligence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Psychology of Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 30 (3), pp.269 - 280. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10212-015-0249-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychometric properties of the short form of the Physical Self-Description Questionnaire in a French adolescent sample</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Maïano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Morin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Body Image</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 12, pp.89 - 97. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bodyim.2014.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">‘Badminton player–coach’ interactions between failing students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Education and Sport Pedagogy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 16 (1), pp.1 - 13. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17408989.2010.491817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01649357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle comme outil d'entraînement perceptivo-moteur : évaluation de la validité et de la fidélité d'un simulateur de relais 4 x 100 m Auteurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Hervet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XR 2025 - Colloque "XR en mouvement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité et acceptation par les athlètes de haut-niveau d'une application de relais en réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XR 2025 - Colloque « La XR en mouvement »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How variability could shape perceptual-motor expertise in 4x100 m relay?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulalie Verhulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECSS 2023 - Annual Congress of the European College of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04469325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évaluation des dispositifs pédagogiques innovants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Tarpin-Bernard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julian Alvarez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Collet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L’évaluation des dispositifs pédagogiques innovants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Nationale Recherche Technologie (ANRT); AMPIRIC; France 2030; Banque des Territoires, Jan 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité et acceptation de la réalité virtuelle au service de l’amélioration de la performance sportive : enjeux et limites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biennale ARIS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Lausanne, Suisse</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité par les entraîneurs d’un casque de réalité virtuelle destiné à améliorer la performance sportive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACAPS 2023 - 20e Congrès International de l'Association des Chercheurs en Activités Physiques et Sportives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACAPS, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493505v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance by athletes of a virtual reality head-mounted display intended to enhance sport performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECSS 2023 - European Congress of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité par les athlètes d'un casque de réalité virtuelle destiné à améliorer les performances sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIVème colloque du REDESP - 2023 : Mesure, démesure, des mesures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Atelier SHERPAS - UrePSSS; Université d'Artois, May 2023, ARRAS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In search of the signature of perceptual-motor expertise in 4x100 m relay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Stefanuto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulalie Verhulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECSS 2023 - Annual Congress of the European College of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Palais des Congres, Paris, France. pp.1-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04199917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité et acceptation des technologies : deux illustrations en sport et en activité physique adaptée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du laboratoire Institut des Sciences du Sport-Santé de Paris (I3SP), Université Paris Cité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance by athletes of a virtual head-mounted display intended to enhance sport performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECSS 2023 - 28th Congress of the European College of Sports Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A modern & innovative space for educational research: the &amp;quot;Jacques Ginestié&amp;quot; experimental platform</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Mirault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche en éducation. Colloque international en hommage à Jacques Ginestié.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UR4671 ADEF; INSPE Aix-Marseille; FED4238 SFERE-Provence; Pôle pilote Ampiric, Oct 2023, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04245682v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive role of achievement goals on objective driving behavior.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Nicolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Naude</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Serre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Ragot-Court</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9thTransport Research Arena (TRA) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, TRA, Nov 2022, Lisbonne, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04548792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité / acceptation du casque de réalité virtuelle pour le sport de très haute performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire du GDR Sport du CNRS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05493522v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intérêt d'une méthode adaptative en Réalité Virtuelle lors de l'apprentissage de l'initiation de la course en relais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Hervet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Montagne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XR 2025 - Colloque "XR en mouvement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Limoges, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">JO 2024 : La réalité virtuelle pour caractériser les habiletés d'anticipation des relayeurs 4x100m</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Stefanuto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres recherche-industrie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptance by coaches of immersive virtual reality for improving sport performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Bossard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulalie Verhulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Kulpa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECSS 2023 - 28th Annual Congress of the European College of Sport Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Paris, France. Unpublished, 2023, </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.27130.06089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04203611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acceptabilité et acceptation du casque de réalité virtuelle chez les athlètes élites en relais 4 x 100 m</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Devrièse-Sence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Chomienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Egiziano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Stefanuto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eulalie Verhulst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACAPS 2023 - 20e congrès de l'ACAPS : Les Environnements de l'Activité Physique et Sportive</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anxiété pendant les évaluations en EPS : le rôle prédictif du modèle 3 x 2 des buts d'accomplissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Danthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique SFERE-Provence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Aix en provence, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02372979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Développer, expérimenter et évaluer des dispositifs pédagogiques innovants : l'exemple du Créativlab d'Ampiric et la question du passage à l'échelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berthet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magali Coupaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Favier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">ANRT. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'évaluation des dispositifs pédagogiques innovants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANRT, 2023, 978-2-9591124-1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04360207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des outils numériques au sein des dispositifs hybrides d’enseignement et d’apprentissage. Ce document est rédigé par les équipes de recherche dans le cadre des GTnum du ministère de l'Éducation nationale et de la Jeunesse. La responsabilité des contenus publiés leur appartient. GTnum 2.9 #formescolairehybride 2020-2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kane Marlin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Laisney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Castéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Brandt-Pomares</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04335154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Health Regulatory Focus, Selection Optimization and Compensation Strategy and Sports Practice: A Mediational Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peggy Roussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mascret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Cury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02274950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId196"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092994v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mascret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Delbes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Goulon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Montagne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/57866" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05341629v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Navarro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Temprado" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2025.2578397" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04914117v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Devri&#232;se-Sence" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kulpa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-025-01104-5" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05387872v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Valls" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Sessa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tardif" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2025.1682152" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04994429v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Egiziano" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chomienne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Hervet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15063224" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479743v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bossard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ledouit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2024.1324016" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04914140v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2024.02.009" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699687v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Stefanuto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Verhulst" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.12192" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04877919v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1405231" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132516v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kane Marlin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laisney" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Cast&#233;ra" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brandt-Pomares" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-023-11832-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158161v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vors" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-023-01025-w" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04005400v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20043012" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03989719v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Devillers-Reolon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Sleimen-Malkoun" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.889807" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545042v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Marqueste" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cury" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00332941211040442" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644446v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102201" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841092v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Nicolleau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naude" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ragot-Court" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Serre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0276587" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841091v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2022.917486" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644434v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martha" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2022.03.003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545051v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Danthony" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-019-00481-w" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02090204v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Gregory Cowden" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Ryan Duckett" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2018.10.001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545023v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier REY" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ma&#239;ano" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2021.102016" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555325v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189275v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1356336X20971325" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03189462v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2021.03.006" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507585v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0230349" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962645v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2020.101796" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189263v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Voron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/20691" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02090207v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1356336X19839408" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02873328v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lina Girard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lenzen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17408989.2020.1729348" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977949v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/58805" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02276587v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Casanova" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2019.1638680" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02462101v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jtpe.2018-0282" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02086418v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F H&#252;lya A&#351;&#231;i" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Boughattas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/spy0000096" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770010v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0195722" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649398v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Elliot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2015.1096324" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454783v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre J. S. Morin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maiano" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Lee White" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine B. Owen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Tracey" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2016.08.016" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415458v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ib&#225;&#241;ez-Gij&#243;n" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Br&#233;jard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinus Buekers" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Casanova" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0157215" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649463v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649402v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Falconetti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2015.1080304" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01391889v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ibanez-Gijon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinus J. Buekers" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H.P. Morice" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rao" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2016.1164330" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649442v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.4968" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649471v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7352/IJSP2016.47.122" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01391888v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00336297.2016.1152982" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649393v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03055698.2015.1043979" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649327v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2014.11.001" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649431v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Roussel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-015-0249-6" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649444v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bodyim.2014.10.005" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649357v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17408989.2010.491817" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493184v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05493625v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04469325v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chomienne" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745203v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tarpin-Bernard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Collet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493207v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493505v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04217746v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493869v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04199917v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493530v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493512v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04245682v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mirault" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Favier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04548792v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493522v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05494621v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05494706v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203611v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.27130.06089" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273773v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02372979v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360207v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Coupaud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335154v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274950v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Laroche" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Cury" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05092994v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mascret" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Delbes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Goulon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Montagne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/57866" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05341629v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Navarro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Temprado" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10447318.2025.2578397" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05387872v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Valls" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Sessa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tardif" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/feduc.2025.1682152" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04914117v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Devri&#232;se-Sence" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kulpa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10055-025-01104-5" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04994429v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Egiziano" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chomienne" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Hervet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app15063224" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479743v2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Bossard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Ledouit" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fspor.2024.1324016" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04914140v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gaitpost.2024.02.009" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699687v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Stefanuto" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eulalie Verhulst" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejsc.12192" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04877919v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2024.1405231" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04132516v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kane Marlin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Laisney" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Cast&#233;ra" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brandt-Pomares" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10639-023-11832-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04158161v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vors" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12369-023-01025-w" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04005400v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph20043012" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03989719v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Devillers-Reolon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Sleimen-Malkoun" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2022.889807" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545042v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Marqueste" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cury" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00332941211040442" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644446v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2022.102201" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841092v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Nicolleau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Naude" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ragot-Court" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Serre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0276587" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03841091v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fbioe.2022.917486" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03644434v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Martha" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2022.03.003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545051v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Danthony" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-019-00481-w" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02090204v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Gregory Cowden" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Ryan Duckett" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2018.10.001" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03545023v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier REY" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ma&#239;ano" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2021.102016" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03555325v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189275v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1356336X20971325" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-03189462v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trf.2021.03.006" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507585v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0230349" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962645v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2020.101796" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03189263v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Voron" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/20691" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02090207v2" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1356336X19839408" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02873328v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lina Girard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gal-Petitfaux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Lenzen" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17408989.2020.1729348" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977949v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/58805" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02276587v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Casanova" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10615806.2019.1638680" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02462101v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jtpe.2018-0282" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02086418v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Morin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F H&#252;lya A&#351;&#231;i" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wissal Boughattas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/spy0000096" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01770010v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0195722" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649398v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Elliot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01443410.2015.1096324" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01454783v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre J. S. Morin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Maiano" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rhiannon Lee White" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katherine B. Owen" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Tracey" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2016.08.016" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01415458v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ib&#225;&#241;ez-Gij&#243;n" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Br&#233;jard" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinus Buekers" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Casanova" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0157215" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649463v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649402v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Falconetti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17461391.2015.1080304" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01391889v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Ibanez-Gijon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martinus J. Buekers" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine H.P. Morice" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Rao" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02640414.2016.1164330" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649442v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rfp.4968" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649471v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7352/IJSP2016.47.122" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01391888v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00336297.2016.1152982" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649393v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03055698.2015.1043979" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01649327v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2014.11.001" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649431v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Roussel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10212-015-0249-6" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649444v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bodyim.2014.10.005" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01649357v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17408989.2010.491817" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05493625v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493184v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04469325v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Chomienne" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745203v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Tarpin-Bernard" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Alvarez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Collet" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493207v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493505v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04217746v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493869v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04199917v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493512v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493530v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-04245682v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Mirault" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Favier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04548792v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493522v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05494621v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-05494706v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203611v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.27130.06089" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273773v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02372979v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04360207v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berthet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Coupaud" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335154v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02274950v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Laroche" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Cury" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>