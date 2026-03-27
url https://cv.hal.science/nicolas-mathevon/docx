--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Mathevon </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universités</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (113)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parenting and empathy capabilities drive brain response to pain cues in baby cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Faillenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Patural</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/j.pain.0000000000003914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05466321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear phenomena in pinnipeds: a preliminary investigation in the contact calls of northern elephant seal pups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Linossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen Reichmuth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 380 (1923), pp.20240016. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2024.0016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05356800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic signals support a large-scale communication landscape in wild mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lény Lego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Cladière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindelani Makuya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 35 (19), pp.4837-4844.e4. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2025.08.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualization and quantification of coral reef soundscapes using CoralSoundExplorer software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lana Minier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bamdad Sabbagh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (4), pp.e1012050. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1012050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of ambient water coloration on habitat and conspecific choice in the female Lake Malawi cichlid, Metriaclima zebra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noori Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eileen A Hebets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 70 (2), pp.214-224. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cz/zoad015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sleep fragmentation disrupts vocal interactions in rats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Cascarino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Mounichetty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 33 (1), pp.91-101. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09524622.2024.2303691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puppy whines mediate maternal behavior in domestic dogs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Massenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Pisanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Barluet de Beauchesne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (22), pp.e2316818121. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2316818121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pain cues override identity cues in baby cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Patural</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (7), pp.110375. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isci.2024.110375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-frequency hearing sensitivity does not systematically imply aversion to ultrasounds in large terrestrial mammals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Prosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Vion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Locatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 33 (5), pp.448-459. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09524622.2024.2377552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioural response to boat noise weakens the strength of a trophic link in coral reefs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lana Minier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamatoa Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Chamot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Turco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 361, pp.124770. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2024.124770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the workflow to crack Small, Unbalanced, Noisy, but Genuine (SUNG) datasets in bioacoustics: The case of bonobo calls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier St-Gelais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (4), pp.e1010325. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1010325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crocodile perception of distress in hominid baby cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coureaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 290 (2004), </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2023.0201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04272232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound categorization by crocodilians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounia Kehy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Pradeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isci.2023.106441⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04041406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adults learn to identify pain in babies’ cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (15), pp.R824-R825. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2022.06.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial release from masking in crocodilians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zilca Campos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Greenfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 5 (1), pp.869. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42003-022-03799-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voice-mediated interactions in a megaherbivore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Fonseca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (2), pp.R70-R71. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2021.12.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear vocal phenomena affect human perceptions of distress, size and dominance in puppy whines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Massenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Anikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Pisanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 289 (1973), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2022.0429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of pitch range on dogs’ response to conspecific vs. heterospecific distress cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holly Root-Gutteridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Ratcliffe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Timarchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe Yeung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), pp.19723. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-98967-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04984840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal responses to pup calls in a high-cost lactation species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Linossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen Reichmuth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (12), pp.20210469. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsbl.2021.0469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The genesis of giants: behavioural ontogeny of male northern elephant seals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parker Forman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 166, pp.247-259. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2020.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02990954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of communication signals and information during species radiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Theunissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sèbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ravignani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (1), pp.4970. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-020-18772-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02961294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations on breeding site, bioacoustics and biometry of hatchlings of Paleosuchus trigonatus (Schneider, 1801) from French Guiana (Crocodylia: Alligatoridae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lemaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Herpetology Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13, pp.513-516</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02883146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crocodiles use both interaural level differences and interaural time differences to locate a sound source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 148 (4), pp.EL307-EL313. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/10.0001979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02989184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The reliability of individual vocal signature varies across the bonobo's graded repertoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen M.G. Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Nicolè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Zuberbühler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 169, pp.9 - 21. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2020.08.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03492014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic monitoring of rock ptarmigan: A multi-year comparison with point-count protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Marin-Cudraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muffat-Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Novoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 101, pp.710-719. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2019.01.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of head morphology and natural postures on sound localization cues in crocodilians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (7), pp.190423. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.190423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02320224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adult human perception of distress in the cries of bonobo, chimpanzee, and human infants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kelly Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Gustafsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 120 (4), pp.919-930. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/biolinnean/blw016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Northern Elephant Seals Memorize the Rhythm and Timbre of Their Rivals’ Voices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen Reichmuth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27 (15), pp.2352 - 2356.e2. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2017.06.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01660420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic space of pain: cries as indicators of distress recovering dynamics in pre-verbal infants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Koutseff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Patural</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.1 - 13. </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09524622.2017.1344931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01663191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dog-directed speech: why do we use it and do dogs pay attention to it?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobey Ben-Aderet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gallego-Abenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 284 (1846), </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2016.2429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01441127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single neurons in the avian auditory cortex encode individual identity and propagation distance in naturally degraded communication calls.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solveig C. Mouterde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric E. Theunissen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 37 (13), pp.3491-3510. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2220-16.2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01481327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bonobos se rappellent-ils la voix de leurs anciens partenaires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen Mg Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pascal Guéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Primatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/primatologie.2790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02240541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-sensory modulation in a future top predator, the young Nile crocodile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Chabrolles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coureaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (6), pp.170386. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.170386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seven and up: individual differences in male voice fundamental frequency emerge before puberty and remain stable throughout adulthood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meddy Fouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Pisanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (10), </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.160395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Not for Parents Only: Begging Calls Allow Nest-Mate Discrimination in Juvenile Zebra Finches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Ligout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Dentressangle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 122 (3), pp.193-206. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eth.12450⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01307339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mate vocal recognition in the Scopoli's shearwater Calonectris diomedea: do females and males share the same acoustic code?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 128, pp.96-102. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beproc.2016.04.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01366065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enduring voice recognition in bonobos.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen Mg Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pascal Guéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Zuberbühler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.22046. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep22046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mate call as reward: Acoustic communication signals can acquire positive reinforcing values during adulthood in female zebra finches (Taeniopygia guttata).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra M Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie C. Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of comparative psychology (Washington, D.C. : 1983)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 130 (1), pp.36-43. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0040027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex stereotypes influence adults' perception of babies' cries.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Gustafsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (1), pp.19. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40359-016-0123-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A longitudinal study of within-individual variation in human voice pitch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Pisanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meddy Fouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 140 (4), pp.3397-3397. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/1.4970892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02240905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rival assessment among northern elephant seals: evidence of associative learning during male-male contests.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen Reichmuth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2 (8), pp.150228. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.150228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size does matter: crocodile mothers react more to the voice of smaller offspring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Shacks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane L. Bourquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5, pp.15547. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep15547⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rupture in long-term vocal recognition of past social partners in bonobos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Guéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Zuberbühler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Primatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/primatologie.2249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02241077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Housing conditions and sacrifice protocol affect neural activity and vocal behavior in a songbird species, the zebra finch (Taeniopygia guttata).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hédi Antoine Soula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Trouvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 338 (12), pp.825-837. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2015.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Song stability and neighbour recognition in a migratory songbird, the black redstart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor Ion Draganoiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Ravaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Bonckaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 151 (4), pp.435-453. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/1568539X-00003129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species Identity Coding by the Song of a Rainforest Warbler: An Adaptation to Long-Range Transmission?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Luisa da Silva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Acustica united with Acustica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 100 (4), pp.748-758. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3813/AAA.918754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to cope with degraded sounds: female zebra finches can improve their expertise in discriminating between male voices at long distances.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solveig C. Mouterde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric E. Theunissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 217 (Pt 17), pp.3169-77. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1242/jeb.104463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vocal signature in wild infant chimpanzees.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Primatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 75 (4), pp.324-32. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajp.22108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic signature of the male northern elephant seal: Individual variation supports recognition during competitive interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen Reichmuth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selene Fregosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 134 (5), pp.3988-3988. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/1.4830540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02241782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bearded seal males perceive geographic variation in their trills.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology and Sociobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 67 (10), pp.1679-1689. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00265-013-1578-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic communication and sound degradation: how do the individual signatures of male and female zebra finch calls transmit over distance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solveig C. Mouterde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric E. Theunissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (7), pp.e102842. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0102842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic expression of stress in a songbird : Does corticosterone drive isolaion-induced modifications of zebra finch call ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie C. Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe O. Soulage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Soula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hormones and Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61 (4), pp.573-581. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.yhbeh.2012.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response to begging calls by Zebra Finch parents : &amp;quot;first come, first served&amp;quot; rule may overcome a parental preference between chicks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 335 (2), pp.135-141. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2011.11.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00722076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounds produced by the cichlid fish Metriaclima zebra allow reliable estimation of size and provide information on individual identity.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fish Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 80 (4), pp.752-766. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1095-8649.2012.03222.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00722108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Males use time whereas females prefer harmony : individual call recognition in the dimorphic blue footed booby.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Dentressangle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 84 (2), pp.413-430. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2012.05.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social experience affects neuronal responses to individual specific vocalizations in the songbird auditory forebrain.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Menardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Touiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Dutrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bozon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 35 (8), pp.1322-1336. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1460-9568.2012.08047.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00720740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic communication in crocodilians : Information coding and species-specificity of juvenile calls.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie L. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15 (6), pp.1095-1109. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10071-012-0533-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relevance of temporal cues in a fish sound: a first experimental investigation using modified signals in cichlids.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16 (1), pp.45-54. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10071-012-0549-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontogenesis of agonistic vocalizations in the cichlid fish Metriaclima zebra.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Scaion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 335 (8), pp.529-34. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2012.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fathers are just as good as mothers at recognizing the cries of their baby.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Gustafsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4, pp.1698. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms2713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic cues used for species recognition can differ between sexes and between sibling species : evidence in shearwaters.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Mundry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 84 (1), pp.239-250. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2012.04.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic signals of baby black caimans.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie L. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 114 (6), pp.313-320. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.zool.2011.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of communal vocalizations in a social songbird, the zebra finch (Taeniopygia guttata)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hédi A Soula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 129 (6), pp.4037-46. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/1.3570959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721500v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-sex vocal interactions in two hybridizing seabird species (Puffinus sp).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology and Sociobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 64 (11), pp.1823-1837. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00265-010-0994-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00722393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of acoustic cue modifications on evoked vocal response to calls in zebra finches (Taeniopygia guttata).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Comparative Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 125 (2), pp.150-161. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0020865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional white-laser imaging to study brain oxygen uncoupling/recoupling in songbirds.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31 (4), pp.1170. </w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/jcbfm.2010.189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Same-sex pair-bonds are equivalent to male-female bonds in a life-long socially monogamous songbird.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology and Sociobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 65 (12), pp.2197-2208. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00265-011-1228-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CORRIGENDUM: Functional white laser imaging to study brain oxygen uncoupling/re-coupling in songbirds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Guillet De Chatelus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31, pp.1170. </w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/jcbfm.2010.206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex discrimination and mate recognition by voice in the Yelkouan shearwater Puffinus yelkouan.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 20 (3), pp.235-249. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09524622.2011.9753648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What the hyena's laugh tells : sex, age, dominance and individual signature in the giggling call of Crocuta crocuta.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Koralek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Weldele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen E. Glickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric E. Theunissen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (9), </w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1472-6785-10-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00635950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From preferential response to parental calls to sex-specific response to conspecific calls in juvenile zebra finches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 80 (2), pp.189-195. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2010.04.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01183360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vocal communication at the nest between mates in wild zebra finches: a private vocal duet?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène M. Mariette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon C. Griffith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 80, pp.597-605. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2010.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mother-calf vocal communication in Atlantic walrus : a first field experimental study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 13 (3), pp.471-482. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10071-009-0298-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00635941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Begging coordination between siblings in Black-headed Gulls.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ogier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Denizeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 333 (9), pp.688-93. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2010.06.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01183326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounds Modulate Males’ Aggressiveness in a Cichlid Fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethology - International Journal of Behavioural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 116 (12), pp.1179. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1439-0310.2010.01841.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01183305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Begging calls support offspring individual identity and recognition by zebra finch parents.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureline Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 332 (6), pp.579-589. </w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2009.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential responsiveness in brain and behavior to sexually dimorphic long calls in male and female zebra finches.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon M.H. Gobes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sita M. ter Haar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie L. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Comparative Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 516 (4), pp.312-320. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cne.22113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic convergence and divergence in two sympatric burrowing nocturnal seabirds.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 96 (1), pp.115-134. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1095-8312.2008.01104.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound-induced brain activity depends on stimulus subjective salience in female zebra finches.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Bouchut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 331 (5), pp.347-356. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2008.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual acoustic monitoring of the European Eagle Owl Bubo bubo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Grava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emelyne Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Balluet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ibis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 150, pp.279-287. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1474-919X.2007.00776.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Magnetic Resonance Imaging in Zebra Finch Discerns the Neural Substrate Involved in Segregation of Conspecific Song From Background Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiny Boumans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Smolders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Sijbers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marleen Verhoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 99, pp.931-938. </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/jn.00483.2007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00285990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring brain hemodynamic changes in a songbird: responses to hypercapnia measured with functional MRI and near-infrared spectroscopy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiny Boumans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marleen Verhoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics in Medicine and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 53 (10), pp.2457-2470. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0031-9155/53/10/001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Singing in the RainForest : How a Tropical Bird's Song Transmits Information.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques M. E. Vieilliar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Luisa da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sèbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3 (2), pp.e1580. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0001580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00320594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crocodile egg sounds signal hatching time.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie L. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 18 (12), pp.R513-514. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2008.04.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mate recognition by female zebra finch: Analysis of individuality in male call and first investigations on female decoding process.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 77 (2), pp.191-198. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beproc.2007.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic communication in the Kittiwake Rissa tridactyla: potential cues for sexual and individual signatures in long calls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Staszewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Boulinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polar Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 30 (8), pp.1027-1033. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00300-007-0262-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04202132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological versus acoustic analysis: what is the most efficient method for sexing Yelkouan shearwaters Puffinus yelkouan.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gomez-Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wilson journal of ornithology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 148, pp.261-269. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10336-007-0127-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00414001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon deep imaging through skin and skull of Zebra finch for in vivo brain metabolism monitoring.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darine Abi-Haidar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.64421M. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.439040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01499789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social context and response to female voice: audience effect in the male Zebra Finch(Taeniopygia guttata).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2, pp.107-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parent-offspring communication in the Nile crocodile &amp;lt;i&amp;gt;Crocodylus niloticus&amp;lt;/i&amp;gt;: do newborns' calls show an individual signature?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie L. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Avril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 94, pp.49-54. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00114-006-0156-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffuse optical tomography with an amplified ultrafast laser and a single shot streak camera: application to real-time in vivo songbird neuroimaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Verjat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.439025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01499792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of haemodynamic changes in zebra finch brain by optical and functional magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiny Boumans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marleen Verhoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan van Audekerke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.S388. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.jcbfm.9591524.0388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01499791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social context modulates behavioural and brain immediate early gene responses to sound in male songbird.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Andru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supplement .. to the European journal of neuroscience.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 22 (4), pp.949-55. </w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1460-9568.2005.04254.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vivo and noninvasive measurement of a songbird head's optical properties.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 44 (29), pp.6197-6204. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/ao.44.006197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00420622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parent-offspring conflict and the coordination of siblings in gulls.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 271 Suppl 4, pp.S145-7. </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsbl.2003.0117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audience drives male songbird response to partner's voice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 430 (6998), pp.448-51. </w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature02645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00420624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Background noise does not modify song-induced genic activation in the bird brain.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 153 (1), pp.241-8. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbr.2003.12.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are communication activities shaped by environmental constraints in reverberating and absorbing forest habitats?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Torben Dabelsteen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques M. E. Vieilliar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anais da Academia Brasileira de Ciências</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 76 (2), pp.259-263. </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/s0001-37652004000200011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A memory like a female Fur Seal: long-lasting recognition of pup's voice by mothers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anais da Academia Brasileira de Ciências</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 76 (2), pp.237-241. </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/s0001-37652004000200007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How a simple and stereotyped acoustic signal transmits individual information: the song of the White-browed Warbler Basileuterus leucoblepharus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Luisa da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques M. E. Vieilliar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sèbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anais da Academia Brasileira de Ciências</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 76 (2), pp.335-344. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/s0001-37652004000200022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fur seal mothers memorize subsequent versions of developing pups’ calls: adaptation to long-term recognition or evolutionary by-product?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 80 (2), pp.305-312. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1095-8312.2003.00239.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vocal signature recognition of mothers by fur seal pups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 65 (3), pp.543-550. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/anbe.2003.2073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INDIVIDUALITY IN THE VOICE OF FUR SEAL FEMALES: AN ANALYSIS STUDY OF THE PUP ATTRACTION CALL IN ARCTOCEPHALUS TROPICALIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Mammal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 19 (1), pp.161-172. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1748-7692.2003.tb01099.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential for individual recognition in acoustic signals: a comparative study of two gulls with different nesting patterns.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 326 (3), pp.329-37. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s1631-0691(03)00072-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does a fur seal mother recognize the voice of her pup? An experimental study of Arctocephalus tropicalis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 205 (Pt 5), pp.603-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The subantarctic fur seal pup switches its begging behaviour during maternal absence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Hassnaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Carraro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 80 (7), pp. 1250-1255. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/z02-109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-00703297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic Communication in a Black-Headed Gull Colony: How Do Chicks Identify Their Parents?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 107 (11), pp.961-974. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1439-0310.2001.00748.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual identity coding depends on call type in the South Polar skua Catharacta maccormicki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polar Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 24 (5), pp.378-382. </w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s003000100231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mother's voice recognition by seal pups.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 412 (6850), pp.873. </w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/35091136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degraded temporal sound features as a function of distance and potential as cues for ranging in birds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 9, pp.17-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propagation of bird acoustic signals: comparative study of starling and blackbird distress calls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Brémond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus de l'Académie des Sciences - Series III - Sciences de la Vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 320 (11), pp.869-876. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0764-4469(97)80871-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reaction to conspecific degraded song by the wren Troglodytes troglodytes: Territorial response and choice of song post</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 39 (1), pp.77-84. </w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0376-6357(96)00046-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What parameters can be used for individual acoustic recognition by the greater flamingo?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes rendus de l’Académie des sciences. Série III, Sciences de la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 319 (1), pp.29-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corridors écologiques et connectivité acoustique : une nouvelle approche pour préserver la biodiversité sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Sebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Dumortier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Brick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilka Champlly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05366244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La communication acoustique des hippopotames</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Massenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Fonseca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05365845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception vibratoire chez les scorpions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05365751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speech transformer models for extracting information from baby cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillem Bonafos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lény Lego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Patural</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Child Computer Interaction - WOCCI 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Nijmegen, Netherlands. pp.11 - 15, </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/wocci.2025-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception catégorielle et prise de décision chez les crocodiliens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounia Kehy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Pradeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception Multimodale des Sons Aériens et des Vibrations Aquatiques chez les Crocodiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naïs Caron Delbosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des interactions vocales des hippopotames</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Fonseca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic space of pain: How human baby cries code for distress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Patural</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Faillenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2403-2403, </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Perceptual and Acoustic Bases of Signals Discrimination in Crocodiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2401-2401, </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational modelling of penguins’ vocal tract</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livio Favaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Gamba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Ludynia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Snyman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorien Pichegru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2037-2037, </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are there individual differences in dog calls before two months of age?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Massenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2047-2047, </w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound localisation in crocodilians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zilca Campos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2399-2399, </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Form and Function in Human Pain Vocalisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Pisanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Raine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2049-2049, </w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Vocal Flexibility in a Female Songbird: Does social stress modify the vocal behavior of female zebra finches?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avelyne S. Villain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint meeting of the 33rd International Ethological Conference (IEC) &amp; the Association for the Study of Animal Behaviour (ASAB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Newcastle, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic communication in crocodiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acoustics 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00810863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved and spectral-resolved optical imaging to study brain hemodynamics in songbirds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diffuse Optical Imaging III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Munich, Germany. pp.11, </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.889799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00628818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographies Optique Diffuse spectrale et spatiale: réponse hémodynamique cérébrale à une stimulation acoustique chez le diamant mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Guillet De Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opt-Diag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographies Optiques et NeuroImageries Rhône-alpines chez le petit animal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Douady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opt-Diag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographie Optique Diffuse spectrale & spatiale : réponse hémodynamique cérébrale à une stimulation acoustique chez le diamant mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">opt-diag 2009, 7ième colloque.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographies Optique Diffuse spectrale et spatiale: réponse hémodynamique cérébrale à une stimulation acoustique chez le diamant mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Guillet De Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMVIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon deep imaging through skin and skull of Zebra finches: preliminary studies for in-vivo brain metabolism monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darine Abi Haidar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiphoton Microscopy in the Biomedical Sciences VII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, San Jose, United States. pp.64421M.1-64421M.10, </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.701464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00155652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffuse optical tomography with an amplified ultrafast laser and a single-shot streak camera: application to real-time in vivo songbird neuro-imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolat Verjat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Detectors and Associated Signal Processing II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Jena, Germany. pp.59640M, </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.624775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00384394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adults learn to identify pain in babies cries: investigations from behavior to brain responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Faillenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Meeting of the French Neuroscience Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain changes that accompany infant care: decoding pain in babies' cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Faillenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Congress of the European Pain Federation EFIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adults construct their representation of pain in babies cries with experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Koutseff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Congress of the European Pain Federation EFIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adults recognize pain in cries when currently involved in babies' care: investigations from behavior to brain responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASP 2022 World Congress on Pain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Toronto (CA), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adult non-parents can recognize babies from their pain cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Koutseff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASP 2021 Virtual World Congress on Pain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une courte exposition permet aux adultes de reconnaitre l'identité d'un bébé et sa douleur lorsqu'il pleure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Koutseff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21e congrès national de la SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-related song repertoire changes in a songbird: the black redstart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tifany Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Schloesing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Cocquelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Nourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. International Bioacoustics Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic monitoring of biodiversity response to habitat restoration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Betton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Foulché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ménoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Novoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Nicolè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Grouse Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Logan, Utah, United States. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05353106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’importance des études à long-terme pour étudier l’apprentissage vocal chez les oiseaux chanteurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor Ion Draganoiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Coquelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Ravaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SFECA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01699839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de HRTF chez les crocodiliens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Regnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Journées Perception Sonore</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Brest, France. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neighbour Recognition in a Territorial Songbird: Individual Recognition or Acoustic Similarity between Rival Songs?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Schloesing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor Ion Draganoiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Sfeca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Caen, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial, and temporal dynamic in a lek of a tropical bird: the Lipaugus vociferans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sèbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Olivier Mazagol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXV International Bioacoustic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Murnau, Germany. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01328137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Donnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Viennot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications de l'Université de Saint-Etienne, pp.289, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00540560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes femtosecondes pour la mesure intracérébrale de marqueurs fluorescents comme la E-GFP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Cespuglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Salin, François and Laporte, Pierre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes femtosecondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUSE-MRCT-CNRS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.409-412, 2001, Intégrations [des savoirs et savoir-faire], 2-86272-210-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01473497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId526"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Mathevon </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universités</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (113)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parenting and empathy capabilities drive brain response to pain cues in baby cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Faillenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Patural</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/j.pain.0000000000003914⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05466321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear phenomena in pinnipeds: a preliminary investigation in the contact calls of northern elephant seal pups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Linossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen Reichmuth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 380 (1923), pp.20240016. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rstb.2024.0016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05356800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ultrasonic signals support a large-scale communication landscape in wild mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lény Lego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Cladière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martin Blanchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindelani Makuya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 35 (19), pp.4837-4844.e4. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2025.08.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05419587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualization and quantification of coral reef soundscapes using CoralSoundExplorer software</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lana Minier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bamdad Sabbagh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 21 (4), pp.e1012050. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1012050⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05411525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavioural response to boat noise weakens the strength of a trophic link in coral reefs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lana Minier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tamatoa Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoé Chamot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théophile Turco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 361, pp.124770. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2024.124770⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04703521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puppy whines mediate maternal behavior in domestic dogs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Massenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Pisanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Barluet de Beauchesne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 121 (22), pp.e2316818121. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2316818121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04670627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pain cues override identity cues in baby cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Patural</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (7), pp.110375. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isci.2024.110375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sleep fragmentation disrupts vocal interactions in rats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Perrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Cascarino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Mounichetty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 33 (1), pp.91-101. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09524622.2024.2303691⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of ambient water coloration on habitat and conspecific choice in the female Lake Malawi cichlid, Metriaclima zebra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Noori Choi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eileen A Hebets</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 70 (2), pp.214-224. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/cz/zoad015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798635v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-frequency hearing sensitivity does not systematically imply aversion to ultrasounds in large terrestrial mammals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Terrade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Prosnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Vion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Locatelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 33 (5), pp.448-459. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09524622.2024.2377552⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04791162v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crocodile perception of distress in hominid baby cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coureaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 290 (2004), </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2023.0201⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04272232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound categorization by crocodilians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounia Kehy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Pradeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isci.2023.106441⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04041406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the workflow to crack Small, Unbalanced, Noisy, but Genuine (SUNG) datasets in bioacoustics: The case of bonobo calls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Pellegrino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier St-Gelais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 19 (4), pp.e1010325. </w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pcbi.1010325⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04273083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adults learn to identify pain in babies’ cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (15), pp.R824-R825. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2022.06.076⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03814821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial release from masking in crocodilians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zilca Campos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Greenfield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communications Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 5 (1), pp.869. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s42003-022-03799-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voice-mediated interactions in a megaherbivore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Fonseca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 32 (2), pp.R70-R71. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2021.12.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nonlinear vocal phenomena affect human perceptions of distress, size and dominance in puppy whines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Massenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrey Anikin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Pisanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 289 (1973), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2022.0429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maternal responses to pup calls in a high-cost lactation species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Linossier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen Reichmuth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 17 (12), pp.20210469. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsbl.2021.0469⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03617080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of pitch range on dogs’ response to conspecific vs. heterospecific distress cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holly Root-Gutteridge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Ratcliffe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Neumann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Timarchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloe Yeung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (1), pp.19723. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-98967-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04984840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The genesis of giants: behavioural ontogeny of male northern elephant seals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Nasr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parker Forman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 166, pp.247-259. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2020.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02990954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution of communication signals and information during species radiation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Theunissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sèbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Clavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Ravignani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 11 (1), pp.4970. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-020-18772-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02961294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observations on breeding site, bioacoustics and biometry of hatchlings of Paleosuchus trigonatus (Schneider, 1801) from French Guiana (Crocodylia: Alligatoridae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Marquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Gaucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Lemaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Herpetology Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13, pp.513-516</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02883146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crocodiles use both interaural level differences and interaural time differences to locate a sound source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Raymond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 148 (4), pp.EL307-EL313. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/10.0001979⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02989184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The reliability of individual vocal signature varies across the bonobo's graded repertoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen M.G. Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Nicolè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Zuberbühler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 169, pp.9 - 21. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2020.08.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03492014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic monitoring of rock ptarmigan: A multi-year comparison with point-count protocol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Marin-Cudraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Muffat-Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Novoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Desmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 101, pp.710-719. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2019.01.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02195956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of head morphology and natural postures on sound localization cues in crocodilians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 6 (7), pp.190423. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.190423⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02320224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adult human perception of distress in the cries of bonobo, chimpanzee, and human infants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kelly Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Gustafsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 120 (4), pp.919-930. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/biolinnean/blw016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01464470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Northern Elephant Seals Memorize the Rhythm and Timbre of Their Rivals’ Voices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen Reichmuth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 27 (15), pp.2352 - 2356.e2. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2017.06.035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01660420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dog-directed speech: why do we use it and do dogs pay attention to it?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tobey Ben-Aderet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Gallego-Abenza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 284 (1846), </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rspb.2016.2429⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01441127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single neurons in the avian auditory cortex encode individual identity and propagation distance in naturally degraded communication calls.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solveig C. Mouterde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric E. Theunissen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 37 (13), pp.3491-3510. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2220-16.2017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01481327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic space of pain: cries as indicators of distress recovering dynamics in pre-verbal infants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Koutseff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Patural</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.1 - 13. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09524622.2017.1344931⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01663191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les bonobos se rappellent-ils la voix de leurs anciens partenaires ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen Mg Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pascal Guéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Primatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8, </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/primatologie.2790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02240541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-sensory modulation in a future top predator, the young Nile crocodile</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Chabrolles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Coureaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 4 (6), pp.170386. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.170386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02330072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A longitudinal study of within-individual variation in human voice pitch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Pisanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meddy Fouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 140 (4), pp.3397-3397. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/1.4970892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02240905v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mate vocal recognition in the Scopoli's shearwater Calonectris diomedea: do females and males share the same acoustic code?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 128, pp.96-102. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beproc.2016.04.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01366065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Not for Parents Only: Begging Calls Allow Nest-Mate Discrimination in Juvenile Zebra Finches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Ligout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Dentressangle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 122 (3), pp.193-206. </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/eth.12450⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01307339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seven and up: individual differences in male voice fundamental frequency emerge before puberty and remain stable throughout adulthood</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meddy Fouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Pisanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 3 (10), </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.160395⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01400070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enduring voice recognition in bonobos.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen Mg Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Pascal Guéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Zuberbühler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.22046. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep22046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex stereotypes influence adults' perception of babies' cries.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Gustafsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (1), pp.19. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40359-016-0123-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mate call as reward: Acoustic communication signals can acquire positive reinforcing values during adulthood in female zebra finches (Taeniopygia guttata).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra M Hernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie C. Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of comparative psychology (Washington, D.C. : 1983)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 130 (1), pp.36-43. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0040027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01304630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size does matter: crocodile mothers react more to the voice of smaller offspring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Chabert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amy Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Shacks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane L. Bourquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5, pp.15547. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep15547⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240317v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rival assessment among northern elephant seals: evidence of associative learning during male-male contests.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen Reichmuth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Royal Society Open Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2 (8), pp.150228. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsos.150228⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240310v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rupture in long-term vocal recognition of past social partners in bonobos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sumir Keenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeroen Stevens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pascal Guéry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Klaus Zuberbühler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de Primatologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/primatologie.2249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02241077v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Housing conditions and sacrifice protocol affect neural activity and vocal behavior in a songbird species, the zebra finch (Taeniopygia guttata).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hédi Antoine Soula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Trouvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 338 (12), pp.825-837. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2015.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Species Identity Coding by the Song of a Rainforest Warbler: An Adaptation to Long-Range Transmission?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Luisa da Silva</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Acustica united with Acustica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 100 (4), pp.748-758. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3813/AAA.918754⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01101756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Song stability and neighbour recognition in a migratory songbird, the black redstart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor Ion Draganoiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Ravaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim Bonckaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 151 (4), pp.435-453. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/1568539X-00003129⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning to cope with degraded sounds: female zebra finches can improve their expertise in discriminating between male voices at long distances.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solveig C. Mouterde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric E. Theunissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 217 (Pt 17), pp.3169-77. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1242/jeb.104463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic communication and sound degradation: how do the individual signatures of male and female zebra finch calls transmit over distance?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solveig C. Mouterde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric E. Theunissen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (7), pp.e102842. </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0102842⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181130v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vocal signature in wild infant chimpanzees.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Primatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 75 (4), pp.324-32. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajp.22108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic signature of the male northern elephant seal: Individual variation supports recognition during competitive interactions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Casey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colleen Reichmuth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selene Fregosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 134 (5), pp.3988-3988. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/1.4830540⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02241782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bearded seal males perceive geographic variation in their trills.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology and Sociobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 67 (10), pp.1679-1689. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00265-013-1578-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00879656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic cues used for species recognition can differ between sexes and between sibling species : evidence in shearwaters.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Mundry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 84 (1), pp.239-250. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2012.04.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721840v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic expression of stress in a songbird : Does corticosterone drive isolaion-induced modifications of zebra finch call ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie C. Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe O. Soulage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hedi Soula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hormones and Behavior</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 61 (4), pp.573-581. </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.yhbeh.2012.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounds produced by the cichlid fish Metriaclima zebra allow reliable estimation of size and provide information on individual identity.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Fish Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 80 (4), pp.752-766. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1095-8649.2012.03222.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00722108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Response to begging calls by Zebra Finch parents : &amp;quot;first come, first served&amp;quot; rule may overcome a parental preference between chicks.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 335 (2), pp.135-141. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2011.11.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00722076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Males use time whereas females prefer harmony : individual call recognition in the dimorphic blue footed booby.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Dentressangle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 84 (2), pp.413-430. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2012.05.012⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social experience affects neuronal responses to individual specific vocalizations in the songbird auditory forebrain.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Menardy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Touiki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Dutrieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Bozon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 35 (8), pp.1322-1336. </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1460-9568.2012.08047.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00720740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic communication in crocodilians : Information coding and species-specificity of juvenile calls.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie L. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 15 (6), pp.1095-1109. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10071-012-0533-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relevance of temporal cues in a fish sound: a first experimental investigation using modified signals in cichlids.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 16 (1), pp.45-54. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10071-012-0549-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontogenesis of agonistic vocalizations in the cichlid fish Metriaclima zebra.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Scaion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 335 (8), pp.529-34. </w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2012.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240306v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fathers are just as good as mothers at recognizing the cries of their baby.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik Gustafsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 4, pp.1698. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/ncomms2713⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01240302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex discrimination and mate recognition by voice in the Yelkouan shearwater Puffinus yelkouan.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 20 (3), pp.235-249. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09524622.2011.9753648⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CORRIGENDUM: Functional white laser imaging to study brain oxygen uncoupling/re-coupling in songbirds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Guillet De Chatelus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31, pp.1170. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/jcbfm.2010.206⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic signals of baby black caimans.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie L. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Taylor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 114 (6), pp.313-320. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.zool.2011.07.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional white-laser imaging to study brain oxygen uncoupling/recoupling in songbirds.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 31 (4), pp.1170. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/jcbfm.2010.189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intra-sex vocal interactions in two hybridizing seabird species (Puffinus sp).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology and Sociobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 64 (11), pp.1823-1837. </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00265-010-0994-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00722393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamics of communal vocalizations in a social songbird, the zebra finch (Taeniopygia guttata)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hédi A Soula</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Acoustical Society of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 129 (6), pp.4037-46. </w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1121/1.3570959⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721500v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of acoustic cue modifications on evoked vocal response to calls in zebra finches (Taeniopygia guttata).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Comparative Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 125 (2), pp.150-161. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0020865⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Same-sex pair-bonds are equivalent to male-female bonds in a life-long socially monogamous songbird.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioral Ecology and Sociobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 65 (12), pp.2197-2208. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00265-011-1228-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00721490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vocal communication at the nest between mates in wild zebra finches: a private vocal duet?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie E. Elie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène M. Mariette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon C. Griffith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 80, pp.597-605. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2010.06.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00794060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mother-calf vocal communication in Atlantic walrus : a first field experimental study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 13 (3), pp.471-482. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10071-009-0298-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00635941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What the hyena's laugh tells : sex, age, dominance and individual signature in the giggling call of Crocuta crocuta.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aaron Koralek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mary Weldele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen E. Glickman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric E. Theunissen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (9), </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1472-6785-10-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00635950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From preferential response to parental calls to sex-specific response to conspecific calls in juvenile zebra finches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Mulard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 80 (2), pp.189-195. </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anbehav.2010.04.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01183360v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Begging coordination between siblings in Black-headed Gulls.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Ogier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Denizeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 333 (9), pp.688-93. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2010.06.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01183326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sounds Modulate Males’ Aggressiveness in a Cichlid Fish</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bertucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethology - International Journal of Behavioural Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 116 (12), pp.1179. </w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1439-0310.2010.01841.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01183305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential responsiveness in brain and behavior to sexually dimorphic long calls in male and female zebra finches.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sharon M.H. Gobes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sita M. ter Haar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie L. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Comparative Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 516 (4), pp.312-320. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cne.22113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413969v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Begging calls support offspring individual identity and recognition by zebra finch parents.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laureline Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Blanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 332 (6), pp.579-589. </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2009.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic convergence and divergence in two sympatric burrowing nocturnal seabirds.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 96 (1), pp.115-134. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1095-8312.2008.01104.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual acoustic monitoring of the European Eagle Owl Bubo bubo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault Grava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emelyne Place</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Balluet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ibis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 150, pp.279-287. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1474-919X.2007.00776.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring brain hemodynamic changes in a songbird: responses to hypercapnia measured with functional MRI and near-infrared spectroscopy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiny Boumans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marleen Verhoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physics in Medicine and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 53 (10), pp.2457-2470. </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/0031-9155/53/10/001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Magnetic Resonance Imaging in Zebra Finch Discerns the Neural Substrate Involved in Segregation of Conspecific Song From Background Noise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiny Boumans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Smolders</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan Sijbers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marleen Verhoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurophysiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 99, pp.931-938. </w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1152/jn.00483.2007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00285990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound-induced brain activity depends on stimulus subjective salience in female zebra finches.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Bouchut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 331 (5), pp.347-356. </w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crvi.2008.02.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Singing in the RainForest : How a Tropical Bird's Song Transmits Information.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques M. E. Vieilliar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Luisa da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sèbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 3 (2), pp.e1580. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0001580⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00320594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mate recognition by female zebra finch: Analysis of individuality in male call and first investigations on female decoding process.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 77 (2), pp.191-198. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.beproc.2007.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02656696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crocodile egg sounds signal hatching time.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie L. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 18 (12), pp.R513-514. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cub.2008.04.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00413984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon deep imaging through skin and skull of Zebra finch for in vivo brain metabolism monitoring.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darine Abi-Haidar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, pp.64421M. </w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.439040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01499789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphological versus acoustic analysis: what is the most efficient method for sexing Yelkouan shearwaters Puffinus yelkouan.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Curé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Legrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Gomez-Diaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Wilson journal of ornithology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 148, pp.261-269. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10336-007-0127-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00414001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic communication in the Kittiwake Rissa tridactyla: potential cues for sexual and individual signatures in long calls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Staszewski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Boulinier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polar Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 30 (8), pp.1027-1033. </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00300-007-0262-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04202132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social context and response to female voice: audience effect in the male Zebra Finch(Taeniopygia guttata).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2, pp.107-116</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173416v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parent-offspring communication in the Nile crocodile &amp;lt;i&amp;gt;Crocodylus niloticus&amp;lt;/i&amp;gt;: do newborns' calls show an individual signature?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie L. Vergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Avril</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 94, pp.49-54. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00114-006-0156-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00698301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vivo and noninvasive measurement of a songbird head's optical properties.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 44 (29), pp.6197-6204. </w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/ao.44.006197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00420622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffuse optical tomography with an amplified ultrafast laser and a single shot streak camera: application to real-time in vivo songbird neuroimaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Verjat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.439025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01499792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detection of haemodynamic changes in zebra finch brain by optical and functional magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiny Boumans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marleen Verhoye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan van Audekerke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cerebral Blood Flow and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, pp.S388. </w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/sj.jcbfm.9591524.0388⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01499791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social context modulates behavioural and brain immediate early gene responses to sound in male songbird.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Andru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supplement .. to the European journal of neuroscience.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 22 (4), pp.949-55. </w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1460-9568.2005.04254.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02556051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How a simple and stereotyped acoustic signal transmits individual information: the song of the White-browed Warbler Basileuterus leucoblepharus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria-Luisa da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques M. E. Vieilliar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sèbe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anais da Academia Brasileira de Ciências</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 76 (2), pp.335-344. </w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/s0001-37652004000200022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A memory like a female Fur Seal: long-lasting recognition of pup's voice by mothers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anais da Academia Brasileira de Ciências</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 76 (2), pp.237-241. </w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/s0001-37652004000200007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555268v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parent-offspring conflict and the coordination of siblings in gulls.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Royal Society B: Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 271 Suppl 4, pp.S145-7. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsbl.2003.0117⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audience drives male songbird response to partner's voice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 430 (6998), pp.448-51. </w:t></w:r><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature02645⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00420624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Background noise does not modify song-induced genic activation in the bird brain.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Attia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilyn Beauchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 153 (1), pp.241-8. </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbr.2003.12.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are communication activities shaped by environmental constraints in reverberating and absorbing forest habitats?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Torben Dabelsteen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques M. E. Vieilliar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Anais da Academia Brasileira de Ciências</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 76 (2), pp.259-263. </w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1590/s0001-37652004000200011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fur seal mothers memorize subsequent versions of developing pups’ calls: adaptation to long-term recognition or evolutionary by-product?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 80 (2), pp.305-312. </w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1095-8312.2003.00239.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vocal signature recognition of mothers by fur seal pups</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Behaviour</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 65 (3), pp.543-550. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/anbe.2003.2073⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INDIVIDUALITY IN THE VOICE OF FUR SEAL FEMALES: AN ANALYSIS STUDY OF THE PUP ATTRACTION CALL IN ARCTOCEPHALUS TROPICALIS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Mammal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 19 (1), pp.161-172. </w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1748-7692.2003.tb01099.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential for individual recognition in acoustic signals: a comparative study of two gulls with different nesting patterns.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Biologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 326 (3), pp.329-37. </w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s1631-0691(03)00072-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does a fur seal mother recognize the voice of her pup? An experimental study of Arctocephalus tropicalis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 205 (Pt 5), pp.603-12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555907v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The subantarctic fur seal pup switches its begging behaviour during maternal absence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Hassnaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Carraro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 80 (7), pp. 1250-1255. </w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/z02-109⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">emse-00703297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mother's voice recognition by seal pups.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 412 (6850), pp.873. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/35091136⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Individual identity coding depends on call type in the South Polar skua Catharacta maccormicki</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Polar Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 24 (5), pp.378-382. </w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s003000100231⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173707v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic Communication in a Black-Headed Gull Colony: How Do Chicks Identify Their Parents?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Charrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jouventin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ethology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 107 (11), pp.961-974. </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1046/j.1439-0310.2001.00748.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02558672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degraded temporal sound features as a function of distance and potential as cues for ranging in birds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioacoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 9, pp.17-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00173793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propagation of bird acoustic signals: comparative study of starling and blackbird distress calls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Brémond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus de l'Académie des Sciences - Series III - Sciences de la Vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 320 (11), pp.869-876. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0764-4469(97)80871-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reaction to conspecific degraded song by the wren Troglodytes troglodytes: Territorial response and choice of song post</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Behavioural Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 39 (1), pp.77-84. </w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/s0376-6357(96)00046-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What parameters can be used for individual acoustic recognition by the greater flamingo?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes rendus de l’Académie des sciences. Série III, Sciences de la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 319 (1), pp.29-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02555885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corridors écologiques et connectivité acoustique : une nouvelle approche pour préserver la biodiversité sonore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Sebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Dumortier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Brick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilka Champlly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05366244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La communication acoustique des hippopotames</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Massenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Fonseca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aubin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05365845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception vibratoire chez les scorpions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CFA 2025 - 17e Congrès Français d'Acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique (SFA), Apr 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05365751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Speech transformer models for extracting information from baby cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillem Bonafos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Rouch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lény Lego</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Patural</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Workshop on Child Computer Interaction - WOCCI 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Nijmegen, Netherlands. pp.11 - 15, </w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/wocci.2025-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception catégorielle et prise de décision chez les crocodiliens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounia Kehy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Pradeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perception Multimodale des Sons Aériens et des Vibrations Aquatiques chez les Crocodiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naïs Caron Delbosc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rôle des interactions vocales des hippopotames</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Fonseca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16ème Congrès Français d'Acoustique, CFA2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Acoustique; Laboratoire de Mécanique et d'Acoustique, Apr 2022, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03847851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The acoustic space of pain: How human baby cries code for distress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Patural</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Faillenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Levréro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2403-2403, </w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Perceptual and Acoustic Bases of Signals Discrimination in Crocodiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2401-2401, </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0567⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computational modelling of penguins’ vocal tract</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Livio Favaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Gamba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katrin Ludynia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albert Snyman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorien Pichegru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2037-2037, </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0984⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are there individual differences in dog calls before two months of age?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Massenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Reynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2047-2047, </w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sound localisation in crocodilians</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Thévenet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zilca Campos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2399-2399, </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Form and Function in Human Pain Vocalisations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katarzyna Pisanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Raine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Forum Acusticum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Lyon, France. pp.2049-2049, </w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48465/fa.2020.0820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03230813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Vocal Flexibility in a Female Songbird: Does social stress modify the vocal behavior of female zebra finches?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avelyne S. Villain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint meeting of the 33rd International Ethological Conference (IEC) &amp; the Association for the Study of Animal Behaviour (ASAB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2013, Newcastle, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04738584v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic communication in crocodiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acoustics 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00810863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Time-resolved and spectral-resolved optical imaging to study brain hemodynamics in songbirds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diffuse Optical Imaging III</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2011, Munich, Germany. pp.11, </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.889799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00628818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographies Optique Diffuse spectrale et spatiale: réponse hémodynamique cérébrale à une stimulation acoustique chez le diamant mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Guillet De Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMVIE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Mulhouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographies Optique Diffuse spectrale et spatiale: réponse hémodynamique cérébrale à une stimulation acoustique chez le diamant mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Guillet De Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opt-Diag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographies Optiques et NeuroImageries Rhône-alpines chez le petit animal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.C. Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Douady</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Opt-Diag</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01912465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tomographie Optique Diffuse spectrale & spatiale : réponse hémodynamique cérébrale à une stimulation acoustique chez le diamant mandarin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Montcel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">opt-diag 2009, 7ième colloque.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-photon deep imaging through skin and skull of Zebra finches: preliminary studies for in-vivo brain metabolism monitoring</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darine Abi Haidar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Multiphoton Microscopy in the Biomedical Sciences VII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, San Jose, United States. pp.64421M.1-64421M.10, </w:t></w:r><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.701464⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00155652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diffuse optical tomography with an amplified ultrafast laser and a single-shot streak camera: application to real-time in vivo songbird neuro-imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémentine Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ramstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolat Verjat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Detectors and Associated Signal Processing II</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Jena, Germany. pp.59640M, </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.624775⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00384394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adults learn to identify pain in babies cries: investigations from behavior to brain responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Faillenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16th International Meeting of the French Neuroscience Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain changes that accompany infant care: decoding pain in babies' cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Faillenot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Congress of the European Pain Federation EFIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2023, Budapest, Hungary</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719297v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adults construct their representation of pain in babies cries with experience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Koutseff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Congress of the European Pain Federation EFIC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2022, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adults recognize pain in cries when currently involved in babies' care: investigations from behavior to brain responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASP 2022 World Congress on Pain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Toronto (CA), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04719272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adult non-parents can recognize babies from their pain cries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Fauchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Koutseff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASP 2021 Virtual World Congress on Pain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04628993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une courte exposition permet aux adultes de reconnaitre l'identité d'un bébé et sa douleur lorsqu'il pleure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Siloé Corvin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Koutseff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Reby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Peyron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21e congrès national de la SFETD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04629013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-related song repertoire changes in a songbird: the black redstart</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tifany Volle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Schloesing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Cocquelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Nourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27. International Bioacoustics Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2019, Brighton, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04306361v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acoustic monitoring of biodiversity response to habitat restoration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Betton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Foulché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Ménoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Novoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Nicolè</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14th International Grouse Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Logan, Utah, United States. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05353106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’importance des études à long-terme pour étudier l’apprentissage vocal chez les oiseaux chanteurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor Ion Draganoiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Coquelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Ravaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque SFECA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2017, Gif-sur-Yvette, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01699839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mesure de HRTF chez les crocodiliens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Papet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Grimault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Regnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Boyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3èmes Journées Perception Sonore</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Brest, France. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01544006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neighbour Recognition in a Territorial Songbird: Individual Recognition or Acoustic Similarity between Rival Songs?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chambon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Schloesing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tudor Ion Draganoiu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Sfeca</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Caen, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01479335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial, and temporal dynamic in a lek of a tropical bird: the Lipaugus vociferans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Sèbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Grison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Olivier Mazagol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXV International Bioacoustic Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Murnau, Germany. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01328137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contact</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Donnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliane Viennot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Publications de l'Université de Saint-Etienne, pp.289, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ujm-00540560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systèmes femtosecondes pour la mesure intracérébrale de marqueurs fluorescents comme la E-GFP</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Mottin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mathevon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Laporte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raymond Cespuglio</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Salin, François and Laporte, Pierre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Systèmes femtosecondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, </w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUSE-MRCT-CNRS</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.409-412, 2001, Intégrations [des savoirs et savoir-faire], 2-86272-210-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01473497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId526"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466321v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fauchon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silo&#233; Corvin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Faillenot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Patural" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reby" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/j.pain.0000000000003914" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356800v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Linossier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Casey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colleen Reichmuth" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2024.0016" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419587v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Perrier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ny Lego" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cladi&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Blanchard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindelani Makuya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2025.08.028" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05411525v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Minier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rouch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bamdad Sabbagh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertucci" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Parmentier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1012050" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798635v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noori Choi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen A Hebets" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Beauchaud" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cz/zoad015" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798109v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cascarino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mounichetty" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levr&#233;ro" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2024.2303691" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04670627v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Massenet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Philippe" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Pisanski" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arnaud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barluet de Beauchesne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2316818121" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719402v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Peyron" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.110375" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791162v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Terrade" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Prosnier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Vion" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Locatelli" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2024.2377552" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04703521v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamatoa Gay" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Chamot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Turco" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.124770" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273083v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pellegrino" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumir Keenan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier St-Gelais" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010325" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04272232v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Th&#233;venet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Papet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coureaud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyer" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.0201" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041406v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounia Kehy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pradeau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106441" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814821v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2022.06.076" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763553v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zilca Campos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Greenfield" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03799-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543609v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grimault" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Fonseca" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.12.017" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799562v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Anikin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Reynaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.0429" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984840v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Root-Gutteridge" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ratcliffe" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Neumann" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Timarchi" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Yeung" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-98967-w" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617080v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2021.0469" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990954v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Charrier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nasr" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parker Forman" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2020.06.014" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961294v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Garcia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Theunissen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#232;be" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Clavel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ravignani" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18772-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883146v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marquis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaucher" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lemaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989184v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raymond" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0001979" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492014v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen M.G. Stevens" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicol&#232;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Zuberb&#252;hler" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2020.08.024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195956v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Marin-Cudraz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Muffat-Joly" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Novoa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aubry" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Desmet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2019.01.071" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320224v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.190423" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464470v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Taylor" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Gustafsson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blw016" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660420v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2017.06.035" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663191v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Koutseff" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2017.1344931" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441127v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobey Ben-Aderet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gallego-Abenza" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2016.2429" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481327v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig C. Mouterde" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie E. Elie" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric E. Theunissen" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2220-16.2017" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02240541v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Mg Stevens" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2790" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330072v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chabrolles" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.170386" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400070v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meddy Fouquet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.160395" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307339v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ligout" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dentressangle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.12450" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TR637XJ8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366065v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Cur&#233;" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2016.04.013" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304628v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep22046" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304630v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra M Hernandez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie C. Perez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mulard" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0040027" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304627v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-016-0123-6" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02240905v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4970892" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240310v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.150228" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240317v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chabert" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Colin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Shacks" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane L. Bourquin" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep15547" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241077v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Stevens" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2249" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240321v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di Antoine Soula" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Trouv&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2015.09.004" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181219v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Ion Draganoiu" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Moreau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ravaux" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Bonckaert" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1568539X-00003129" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101756v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Luisa da Silva" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.918754" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181123v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.104463" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240304v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.22108" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GX1F4ZWZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241782v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selene Fregosi" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4830540" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879656v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-013-1578-6" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HT64KF4S-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181130v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0102842" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721847v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O. Soulage" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Soula" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yhbeh.2012.02.004" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GKNJ9ZXS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722076v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2011.11.007" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KVLC45ZV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722108v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Attia" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8649.2012.03222.x" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FQGKB5M5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721837v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2012.05.012" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXJP0DLG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720740v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Menardy" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Touiki" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dutrieux" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bozon" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2012.08047.x" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D7MK468R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721539v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie L. Vergne" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Martin" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-012-0533-7" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DLXNG1Z5-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240309v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-012-0549-z" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-H9BJD067-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240306v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Scaion" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2012.06.004" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26QZRF47-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240302v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2713" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721840v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Mundry" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2012.04.039" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8CNSCNM7-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721528v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Taylor" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.zool.2011.07.003" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-707PW1BL-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00721500v2" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di A Soula" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3570959" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722393v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-010-0994-0" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4ZZP7K9C-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721506v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0020865" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721524v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mottin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Montcel" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Guillet de Chatellus" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ramstein" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jcbfm.2010.189" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721490v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-011-1228-9" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K2LP6FTS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912461v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mottin" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Montcel" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guillet De Chatelus" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ramstein" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vignal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jcbfm.2010.206" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721497v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2011.9753648" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635950v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Koralek" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Weldele" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen E. Glickman" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6785-10-9" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183360v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pelletier" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2010.04.011" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HZVRVT5D-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00794060v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne M. Mariette" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon C. Griffith" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2010.06.003" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-075DK0K2-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635941v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-009-0298-9" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D58G6GK2-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183326v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ogier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Roux" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Denizeau" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2010.06.002" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QPQBN98D-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183305v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0310.2010.01841.x" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5C4EDD8EBE35CAD91539175491AB245C848424A3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413980v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Durand" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.02.006" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TWLN6GSW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413969v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon M.H. Gobes" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sita M. ter Haar" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.22113" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QC1S248Q-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656791v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2008.01104.x" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413993v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Bouchut" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2008.02.004" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FTX9PKWK-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413990v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Grava" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelyne Place" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balluet" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1474-919X.2007.00776.x" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GG2BJL0J-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00285990v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiny Boumans" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Smolders" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Sijbers" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marleen Verhoye" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00483.2007" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656787v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/53/10/001" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320594v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques M. E. Vieilliar" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0001580" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413984v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2008.04.011" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656696v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2007.09.003" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202132v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Staszewski" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulinier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00300-007-0262-6" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J53HVF8Z-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414001v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Bourgeois" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Legrand" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gomez-Diaz" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vidal" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10336-007-0127-3" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J8XTW602-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499789v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darine Abi-Haidar" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Olivier" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.439040" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173416v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698301v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Avril" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-006-0156-4" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MF6XKG3C-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499792v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verjat" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.439025" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499791v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan van Audekerke" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.jcbfm.9591524.0388" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556051v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Andru" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2005.04254.x" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VMK6Z3SC-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420622v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ao.44.006197" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555962v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2003.0117" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420624v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature02645" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-F3DGXVW5-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555936v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2003.12.006" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DC3PQFNB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555254v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torben Dabelsteen" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0001-37652004000200011" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555268v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0001-37652004000200007" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555219v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0001-37652004000200022" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558655v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jouventin" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1095-8312.2003.00239.x" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558718v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/anbe.2003.2073" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R12M6V80-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558663v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1748-7692.2003.tb01099.x" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W67T16N1-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555925v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1631-0691(03)00072-6" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CX739CST-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555907v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00703297v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hassnaoui" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carraro" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/z02-109" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558672v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1439-0310.2001.00748.x" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PTJPM4C7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173707v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003000100231" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZCJ4NPLP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173719v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/35091136" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173793v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555412v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Br&#233;mond" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0764-4469(97)80871-2" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GHCT88L4-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555426v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0376-6357(96)00046-0" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9K363725-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555885v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05366244v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Sebe" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Dumortier" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brick" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilka Champlly" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365845v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365751v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304733v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Bonafos" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/wocci.2025-3" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847857v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847858v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;s Caron Delbosc" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847851v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230819v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0029" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230821v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0567" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230814v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio Favaro" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gamba" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Ludynia" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Snyman" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorien Pichegru" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0984" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230812v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0799" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230820v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0056" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230813v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Raine" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0820" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04738584v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne S. Villain" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810863v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00628818v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mottin" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.889799" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912463v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guillet De Chatellus" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mathevon" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912465v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Vial" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Douady" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Olivier" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005206v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912462v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00155652v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darine Abi Haidar" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.701464" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00384394v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolat Verjat" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.624775" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719293v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719297v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719265v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719272v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628993v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629013v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306361v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifany Volle" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Schloesing" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Cocquelet" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chambon" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Nourdin" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05353106v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Betton" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Foulch&#233;" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel M&#233;noni" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699839v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Coquelet" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01544006v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Regnault" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479335v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328137v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grison" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grison" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Mazagol" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00540560v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Donnet" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Viennot" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473497v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laporte" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Cespuglio" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/INTEGRATIONS/page/systemes-femtosecondes" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466321v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Fauchon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silo&#233; Corvin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Faillenot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Patural" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Reby" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/j.pain.0000000000003914" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356800v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Linossier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Charrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mathevon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Casey" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colleen Reichmuth" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rstb.2024.0016" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05419587v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Perrier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ny Lego" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Cladi&#232;re" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Blanchard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindelani Makuya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2025.08.028" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05411525v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lana Minier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Rouch" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bamdad Sabbagh" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertucci" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Parmentier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1012050" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-04703521v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tamatoa Gay" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zo&#233; Chamot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;ophile Turco" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2024.124770" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-04670627v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Massenet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Philippe" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katarzyna Pisanski" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Arnaud" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Barluet de Beauchesne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2316818121" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719402v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Peyron" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2024.110375" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798109v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cascarino" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Mounichetty" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Levr&#233;ro" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2024.2303691" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798635v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noori Choi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eileen A Hebets" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyn Beauchaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/cz/zoad015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04791162v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Terrade" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Prosnier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Vion" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Locatelli" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2024.2377552" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04272232v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Th&#233;venet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Papet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coureaud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Boyer" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2023.0201" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041406v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounia Kehy" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pradeau" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.106441" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273083v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Pellegrino" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumir Keenan" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier St-Gelais" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010325" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03814821v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2022.06.076" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763553v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zilca Campos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Greenfield" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-022-03799-7" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543609v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Grimault" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Fonseca" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.12.017" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03799562v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Anikin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Reynaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2022.0429" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617080v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2021.0469" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984840v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Root-Gutteridge" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Ratcliffe" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Neumann" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Timarchi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Yeung" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-98967-w" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02990954v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Charrier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nasr" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parker Forman" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2020.06.014" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961294v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Garcia" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Theunissen" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric S&#232;be" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Clavel" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Ravignani" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-18772-3" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02883146v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marquis" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aubin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gaucher" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lemaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02989184v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Raymond" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/10.0001979" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492014v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen M.G. Stevens" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Nicol&#232;" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Zuberb&#252;hler" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2020.08.024" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195956v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Marin-Cudraz" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Muffat-Joly" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Novoa" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Aubry" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Desmet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2019.01.071" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02320224v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.190423" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01464470v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Taylor" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Gustafsson" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blw016" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01660420v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2017.06.035" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01441127v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobey Ben-Aderet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Gallego-Abenza" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspb.2016.2429" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481327v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig C. Mouterde" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie E. Elie" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric E. Theunissen" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2220-16.2017" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663191v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Koutseff" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Martin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2017.1344931" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02240541v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Mg Stevens" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2790" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02330072v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chabrolles" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.170386" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02240905v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meddy Fouquet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4970892" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01366065v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Cur&#233;" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2016.04.013" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01307339v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Ligout" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dentressangle" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mentine Vignal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/eth.12450" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-TR637XJ8-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400070v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.160395" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304628v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep22046" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304627v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40359-016-0123-6" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01304630v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra M Hernandez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie C. Perez" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Mulard" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0040027" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240317v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Chabert" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Colin" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Shacks" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane L. Bourquin" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep15547" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240310v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsos.150228" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241077v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeroen Stevens" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pascal Gu&#233;ry" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/primatologie.2249" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240321v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di Antoine Soula" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Trouv&#233;" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2015.09.004" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101756v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria-Luisa da Silva" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3813/AAA.918754" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181219v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tudor Ion Draganoiu" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Moreau" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Ravaux" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Bonckaert" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/1568539X-00003129" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181123v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jeb.104463" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181130v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0102842" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240304v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajp.22108" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GX1F4ZWZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02241782v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selene Fregosi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.4830540" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00879656v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-013-1578-6" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-HT64KF4S-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721840v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Mundry" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2012.04.039" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8CNSCNM7-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721847v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O. Soulage" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Soula" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yhbeh.2012.02.004" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GKNJ9ZXS-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722108v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Attia" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8649.2012.03222.x" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-FQGKB5M5-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722076v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2011.11.007" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KVLC45ZV-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721837v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2012.05.012" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GXJP0DLG-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720740v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Menardy" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Touiki" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dutrieux" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Bozon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2012.08047.x" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D7MK468R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721539v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie L. Vergne" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Martin" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-012-0533-7" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DLXNG1Z5-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240309v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-012-0549-z" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-H9BJD067-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240306v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Scaion" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2012.06.004" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-26QZRF47-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01240302v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ncomms2713" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721497v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09524622.2011.9753648" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912461v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mottin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Montcel" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guillet De Chatelus" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ramstein" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vignal" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jcbfm.2010.206" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721528v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Taylor" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.zool.2011.07.003" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-707PW1BL-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721524v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Mottin" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Montcel" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Guillet de Chatellus" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ramstein" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/jcbfm.2010.189" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00722393v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-010-0994-0" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-4ZZP7K9C-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00721500v2" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;di A Soula" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1121/1.3570959" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721506v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0020865" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721490v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00265-011-1228-9" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K2LP6FTS-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00794060v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne M. Mariette" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon C. Griffith" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2010.06.003" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-075DK0K2-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635941v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10071-009-0298-9" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-D58G6GK2-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00635950v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aaron Koralek" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Weldele" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen E. Glickman" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6785-10-9" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183360v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Pelletier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anbehav.2010.04.011" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HZVRVT5D-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183326v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ogier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Roux" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Denizeau" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2010.06.002" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QPQBN98D-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01183305v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1439-0310.2010.01841.x" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5C4EDD8EBE35CAD91539175491AB245C848424A3/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413969v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon M.H. Gobes" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sita M. ter Haar" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cne.22113" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-QC1S248Q-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413980v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Durand" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2009.02.006" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TWLN6GSW-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656791v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1095-8312.2008.01104.x" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413990v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Grava" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emelyne Place" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Balluet" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1474-919X.2007.00776.x" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-GG2BJL0J-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656787v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiny Boumans" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marleen Verhoye" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0031-9155/53/10/001" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00285990v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Smolders" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Sijbers" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00483.2007" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413993v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Bouchut" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crvi.2008.02.004" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-FTX9PKWK-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00320594v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques M. E. Vieilliar" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0001580" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02656696v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.beproc.2007.09.003" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00413984v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2008.04.011" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499789v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darine Abi-Haidar" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Olivier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.439040" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00414001v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Bourgeois" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Legrand" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gomez-Diaz" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Vidal" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10336-007-0127-3" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J8XTW602-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202132v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Staszewski" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Boulinier" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00300-007-0262-6" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-J53HVF8Z-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173416v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698301v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Avril" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Martin" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-006-0156-4" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MF6XKG3C-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420622v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ao.44.006197" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499792v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verjat" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.439025" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499791v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan van Audekerke" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.jcbfm.9591524.0388" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02556051v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Andru" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-9568.2005.04254.x" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-VMK6Z3SC-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555219v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0001-37652004000200022" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555268v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0001-37652004000200007" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555962v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsbl.2003.0117" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00420624v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature02645" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-F3DGXVW5-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555936v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2003.12.006" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DC3PQFNB-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555254v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Torben Dabelsteen" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/s0001-37652004000200011" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558655v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Jouventin" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1095-8312.2003.00239.x" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558718v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/anbe.2003.2073" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R12M6V80-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558663v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1748-7692.2003.tb01099.x" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-W67T16N1-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555925v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s1631-0691(03)00072-6" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CX739CST-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555907v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00703297v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Hassnaoui" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Carraro" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/z02-109" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173719v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/35091136" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173707v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s003000100231" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZCJ4NPLP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02558672v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1439-0310.2001.00748.x" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-PTJPM4C7-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00173793v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555412v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Br&#233;mond" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0764-4469(97)80871-2" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GHCT88L4-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555426v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0376-6357(96)00046-0" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9K363725-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02555885v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05366244v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Sebe" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Dumortier" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brick" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilka Champlly" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365845v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05365751v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304733v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Bonafos" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/wocci.2025-3" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847857v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847858v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;s Caron Delbosc" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03847851v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230819v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0029" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230821v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0567" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230814v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Livio Favaro" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Gamba" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katrin Ludynia" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Snyman" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorien Pichegru" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0984" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230812v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0799" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230820v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0056" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230813v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Raine" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48465/fa.2020.0820" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04738584v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avelyne S. Villain" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00810863v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00628818v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Mottin" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.889799" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912462v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guillet De Chatellus" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mathevon" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912463v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912465v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Vial" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Douady" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Olivier" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005206v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00155652v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darine Abi Haidar" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.701464" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00384394v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolat Verjat" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.624775" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719293v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719297v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719265v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04719272v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04628993v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04629013v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306361v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifany Volle" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Schloesing" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Cocquelet" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chambon" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Nourdin" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ofb.hal.science/hal-05353106v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Betton" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Foulch&#233;" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel M&#233;noni" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01699839v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Coquelet" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01544006v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Regnault" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01479335v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01328137v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grison" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Grison" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Mazagol" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00540560v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Donnet" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Viennot" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01473497v1" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Laporte" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Cespuglio" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.archives-ouvertes.fr/INTEGRATIONS/page/systemes-femtosecondes" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>