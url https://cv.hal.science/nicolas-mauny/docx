--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -398,940 +398,944 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-05457930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision-making impairments in binge drinking and cannabis use among young adults</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">ALCOhol use, Norms, Identities and Motivations-based (ALCONIM) prevention program for binge drinking among college students: a study protocol for a parallel-group randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Lehoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Amélie Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Hamonniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Addictive Behaviors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/adb0001089⟩</w:t>
+              <w:t xml:space="preserve">Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (25), 17 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13063-025-09272-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05262778v1</w:t>
+                <w:t xml:space="preserve">hal-05461378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why Do University Students Smoke Tobacco? French Validity of Brief Wisconsin Inventory of Smoking Dependence Motives Among (non-) Daily Smokers and Associations With Psychological Variables</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Maxime Mauduy</w:t>
+                <w:t xml:space="preserve">Decision-making impairments in binge drinking and cannabis use among young adults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maurage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Montcharmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Ritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Drug Issues</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/00220426231214461⟩</w:t>
+              <w:t xml:space="preserve">Psychology of Addictive Behaviors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, [Advance online publication], 16 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/adb0001089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04289298v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05262778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision-Making Deficits Among Young Adults With Food and Alcohol Disturbance: Insights From The Iowa Gambling Task</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Suarez-Suarez</w:t>
+                <w:t xml:space="preserve">Why Do University Students Smoke Tobacco? French Validity of Brief Wisconsin Inventory of Smoking Dependence Motives Among (non-) Daily Smokers and Associations With Psychological Variables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Mange</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11469-025-01579-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of Drug Issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 55 (2), pp.281-299. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/00220426231214461⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-05401693v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04289298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictors of alcohol use disorder risk in young adults: Direct and indirect psychological paths through binge drinking</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Decision-Making Deficits Among Young Adults With Food and Alcohol Disturbance: Insights From The Iowa Gambling Task</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Maurage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Suarez-Suarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Lise Pitel</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Montcharmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0321974⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mental Health and Addiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, [Original Article. Published: 03 December 2025], 23 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11469-025-01579-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05062915v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05401693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indirect association between childhood maltreatment and Food and Alcohol Disturbance through insecure attachment in university students</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Ritz</w:t>
+                <w:t xml:space="preserve">Predictors of alcohol use disorder risk in young adults: Direct and indirect psychological paths through binge drinking</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauduy Maxime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Maurage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Denis Jacquet</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lise Pitel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Eating Disorders</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 20 (5), pp.e0321974. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0321974⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s40337-025-01321-y⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04644568v3</w:t>
+                <w:t xml:space="preserve">hal-05062915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ALCOhol use, Norms, Identities and Motivations-based (ALCONIM) prevention program for binge drinking among college students: a study protocol for a parallel-group randomized controlled trial</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie-Amélie Dupont</w:t>
+                <w:t xml:space="preserve">Indirect association between childhood maltreatment and Food and Alcohol Disturbance through insecure attachment in university students</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Ritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mauny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Montcharmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlle Fleury</w:t>
+                <w:t xml:space="preserve">Ninon Dessommes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Hamonniere</w:t>
+                <w:t xml:space="preserve">Denis Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (25), 17 p. </w:t>
+              <w:t xml:space="preserve">Journal of Eating Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (1), pp.126. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13063-025-09272-0⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s40337-025-01321-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05461378v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04644568v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distinct profiles of university students engaged in Food and Alcohol Disturbance behaviors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Ritz</w:t>
+                <w:t xml:space="preserve">A prevention program for binge drinking among students based on mindfulness and implementation intention (ALCOMEDIIT): a randomized controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jessica Mange</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Montcharmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Margas</w:t>
+                <w:t xml:space="preserve">Eve Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascale Leconte</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Maud Lemercier-Dugarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eating Disorders</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 33 (2), pp.253-275. </w:t>
+              <w:t xml:space="preserve">Trials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 25 (1), 12 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10640266.2024.2347740⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s13063-023-07887-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04146743v2</w:t>
+                <w:t xml:space="preserve">hal-04372610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Association de la drunkorexie au risque de troubles des conduites alimentaires et de trouble de l'usage de substance en population étudiante</w:t>
               </w:r>
@@ -1356,64 +1360,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Margas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Alcoologie et Addictologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 44 (1), pp.30-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1424,303 +1428,299 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04643285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multilab Replication of the Induced-Compliance Paradigm of Cognitive Dissonance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Distinct profiles of university students engaged in Food and Alcohol Disturbance behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Ritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mauny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Mange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Vaidis</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Margas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Leconte</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Methods and Practices in Psychological Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/25152459231213375⟩</w:t>
+              <w:t xml:space="preserve">Eating Disorders</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 33 (2), pp.253-275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10640266.2024.2347740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04443137v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04146743v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A prevention program for binge drinking among students based on mindfulness and implementation intention (ALCOMEDIIT): a randomized controlled trial</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Montcharmont</w:t>
+                <w:t xml:space="preserve">A Multilab Replication of the Induced-Compliance Paradigm of Cognitive Dissonance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Vaidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Willem Sleegers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian van Leeuwen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eve Legrand</w:t>
+                <w:t xml:space="preserve">Kenneth Demarree</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Lemercier-Dugarin</w:t>
+                <w:t xml:space="preserve">Bjørn Sætrevik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 25 (1), 12 p. </w:t>
+              <w:t xml:space="preserve">Advances in Methods and Practices in Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (1), pp.1-26. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/s13063-023-07887-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/25152459231213375⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04372610v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04443137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">French validation of the Compensatory Eating and Behaviors in Response to Alcohol Consumption Scale (CEBRACS) in a university student sample</w:t>
               </w:r>
@@ -1732,64 +1732,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Ritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Margas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eating and Weight Disorders - Studies on Anorexia, Bulimia and Obesity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 28 (Art. 95), 11 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1823,77 +1823,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tobacco Dependence among French University Students: A Cluster Analytic Approach to Identifying Distinct Psychological Profiles of Smokers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Drug Issues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 53 (2), pp.226-246. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1940,51 +1940,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When a refusal turns into donation: the moderating effect of the initial position toward blood donation in the door-in-the-face effectiveness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Mortier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2109,51 +2109,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerian Boudjemadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Review of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 35 (1 [art. 7]), 16 p. </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2200,51 +2200,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why should we ask binge drinkers if they smoke cannabis? Additive effect of alcohol and cannabis use on college students’ neuropsychological performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Deniel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Cheam-Bernière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2321,103 +2321,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What really matters in binge drinking: A dominance analysis of binge drinking psychological determinants among University students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sénémeaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Bagneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Cabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Addictive Behaviors Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 13 (art. 100346), 9 p. </w:t>
@@ -2589,329 +2589,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05248171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ateliers d'intervention psychosociale au service de la prévention du Binge Drinking en milieu étudiant</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Profil cognitif dans la drunkorexie : entre effet délétère et style cognitif particulier, quels impacts pour l’accompagnement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Ritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Mauny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Montcharmont</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Société Française d’Alcoologie (JSPA) Alcool en France : prévention, soin, engagement [Atelier]</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française d’Alcoologie (SPA), Mar 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès Français de Psychiatrie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05047358v1</w:t>
+                <w:t xml:space="preserve">hal-04853492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profil cognitif dans la drunkorexie : entre effet délétère et style cognitif particulier, quels impacts pour l’accompagnement ?</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ateliers d'intervention psychosociale au service de la prévention du Binge Drinking en milieu étudiant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Mange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Cabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Amélie Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maëlle Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Hamonniere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Français de Psychiatrie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Rennes, France</w:t>
+              <w:t xml:space="preserve">Journées de la Société Française d’Alcoologie (JSPA) Alcool en France : prévention, soin, engagement [Atelier]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française d’Alcoologie (SPA), Mar 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04853492v1</w:t>
+                <w:t xml:space="preserve">hal-05047358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variabilité et stabilité des prédicteurs de la consommation et du trouble de l’usage chez les étudiants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Ritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Rasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12ème congrès de l’Association Francophone de Psychologie de la Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFPSA (Association Francophone de Psychologie de la Santé); Laboratoire de psychologie Epsylon de l’Université Paul Valéry Montpellier 3; Epidaure, le département prévention de l’Institut du Cancer de Montpellier (ICM), Jul 2023, Montpellier, France</w:t>
@@ -2934,260 +2934,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05047366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identité(s) et polyconsommation de substances en milieu étudiant</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pauline Rasset</w:t>
+                <w:t xml:space="preserve">Impact de la consommation de cannabis sur la prise de décision : étude chez les étudiants binge drinkers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Montcharmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Ritz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12ème congrès de l’Association Francophone de Psychologie de la Santé (’AFPSA)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFPSA (Association Francophone de Psychologie de la Santé); Laboratoire de psychologie Epsylon de l’Université Paul Valéry Montpellier 3; Epidaure, le département prévention de l’Institut du Cancer de Montpellier (ICM)., Jul 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">18ème journées du GREPACO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GREPACO (Groupe de Réflexion en Psychopathologie Cognitive), May 2023, Louvain -la-Neuve, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05047361v1</w:t>
+                <w:t xml:space="preserve">hal-04147228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la consommation de cannabis sur la prise de décision : étude chez les étudiants binge drinkers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Beaunieux</w:t>
+                <w:t xml:space="preserve">Identité(s) et polyconsommation de substances en milieu étudiant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Mange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Rasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Ritz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18ème journées du GREPACO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GREPACO (Groupe de Réflexion en Psychopathologie Cognitive), May 2023, Louvain -la-Neuve, Belgique</w:t>
+              <w:t xml:space="preserve">12ème congrès de l’Association Francophone de Psychologie de la Santé (’AFPSA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFPSA (Association Francophone de Psychologie de la Santé); Laboratoire de psychologie Epsylon de l’Université Paul Valéry Montpellier 3; Epidaure, le département prévention de l’Institut du Cancer de Montpellier (ICM)., Jul 2023, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04147228v1</w:t>
+                <w:t xml:space="preserve">hal-05047361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Dis-moi comment tu te définis et je te dirai combien tu bois et combien tu fumes » : Identités et niveaux de dépendance liées à l'alcool, au tabac et au cannabis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Rasset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3238,90 +3238,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers une sortie efficace du tabac en identifiant les leviers et obstacles psychologiques à l’arrêt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15e congrès national de la Société Francophone de Tabacologie (CSFT) : Sortir du tabac, une priorité pour tous</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3346,103 +3346,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Dominance Analysis Approach Applied to Psychological Factors Associated with Binge Drinking among University Students</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Gierski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Bagneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Cabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th European Society for Biomedical Research on Alcoholism congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Timisoara, Romania</w:t>
@@ -3471,77 +3471,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La dépendance au tabac chez les étudiants à l'université : une approche en cluster pour identifier des profils psychologiques de fumeurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16ème Journées d’étude du GREPACO. Addictions : diversité des pratiques et des approches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Groupe de REflexion en psychoPAthologie COgnitive (GREPACO), May 2021, Caen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3579,64 +3579,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs de risques des troubles liés à la consommation de tabac, d’alcool et de cannabis chez les primo-entrant à l’université. Quels impacts de la crise sanitaire liée à la COVID-19 ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3674,77 +3674,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profils psychologiques, dépendance et intention d'arrêt chez les étudiant.e.s fumeur.se.s : une approche par analyse en cluster</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Congrès de la Société Francophone de Tabacologie (CSFT) : Tabagisme : le début de la fin..</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Francophone de Tabacologie, Nov 2020, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3763,243 +3763,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03262577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre petite et grande concession dans la technique de porte-au-nez : l'enjeu de la prise en compte de l'attitude</w:t>
+                <w:t xml:space="preserve">Se sentir coupable en situation de porte-au-nez : un éveil émotionnel en lien avec l’attitude initiale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Thomas Forastiero</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Cheam-Bernière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Bagneux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sénémeaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">60ème congrès de la Société Française de Psychologie : Apprentissages, Vulnérabilités, Préventions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Psychologie (SFP), Sep 2019, Poiters, France</w:t>
+              <w:t xml:space="preserve">14ème Colloque Jeunes Chercheurs en psychologie sociale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire Epsylon; ADRIPS, Jun 2019, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03266352v1</w:t>
+                <w:t xml:space="preserve">hal-03266663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Se sentir coupable en situation de porte-au-nez : un éveil émotionnel en lien avec l’attitude initiale</w:t>
+                <w:t xml:space="preserve">Entre petite et grande concession dans la technique de porte-au-nez : l'enjeu de la prise en compte de l'attitude</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Virginie Bagneux</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurelen Ladurée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Forastiero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sénémeaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Colloque Jeunes Chercheurs en psychologie sociale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire Epsylon; ADRIPS, Jun 2019, Montpellier, France</w:t>
+              <w:t xml:space="preserve">60ème congrès de la Société Française de Psychologie : Apprentissages, Vulnérabilités, Préventions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Psychologie (SFP), Sep 2019, Poiters, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03266663v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03266352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact du coût des requêtes et de l'attitude initiale sur l'efficacité de la technique de porte-au-nez</w:t>
               </w:r>
@@ -4024,51 +4024,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ophélie Jouanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécile Sénémeaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4220,103 +4220,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alcool, méditation de pleine conscience et implémentation d'intention : évaluation (non concluante !) de l'essai contrôlé randomisé ALCOMEDIIT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Amélie Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Montcharmont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Cabe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maud Lemercier-Dugarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13éme congrès de l'AFPSA. Les apports de la psychologie au regard des inégalités sociales de santé : comprendre et agir tout au long de la vie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Toulouse, France. , </w:t>
@@ -4348,442 +4348,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05219682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivations à fumer chez les étudiant·e·s : Validation française du Brief Wisconsin Inventory of Smoking Dependence Motives (FB-WISDM)</w:t>
+                <w:t xml:space="preserve">Vers une sortie efficace du tabac chez les étudiant.e.s en identifiant les leviers et obstacles psychologiques à l'arrêt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauduy Maxime</w:t>
+                <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Mange</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16ème Congrès de la Société Francophone de Tabacologie (CSFT 2022) : La tabacologie en première ligne</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Colloque GREPACO 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Lausanne, Suisse. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.23015.93607⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03880505v1</w:t>
+                <w:t xml:space="preserve">hal-03694215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trouble de l'usage d'alcool et binge drinking chez des Étudiant.e.s de première année. Effet de la Crise du Covid-19 sur les consommations d'alcool et ses facteurs de risques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Motivations à fumer chez les étudiant·e·s : Validation française du Brief Wisconsin Inventory of Smoking Dependence Motives (FB-WISDM)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauduy Maxime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jessica Mange</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Montcharmont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Ritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Groupe de réflexion en psychopathologie cognitive (GREPACO)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">16ème Congrès de la Société Francophone de Tabacologie (CSFT 2022) : La tabacologie en première ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Dijon, France. , 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.32033.68966⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03684651v1</w:t>
+                <w:t xml:space="preserve">hal-03880505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une sortie efficace du tabac chez les étudiant.e.s en identifiant les leviers et obstacles psychologiques à l'arrêt</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Trouble de l'usage d'alcool et binge drinking chez des Étudiant.e.s de première année. Effet de la Crise du Covid-19 sur les consommations d'alcool et ses facteurs de risques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauduy Maxime</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Mange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque GREPACO 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Lausanne, Suisse. </w:t>
+              <w:t xml:space="preserve">Colloque Groupe de réflexion en psychopathologie cognitive (GREPACO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Lausanne, Suisse. , </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.13140/RG.2.2.23015.93607⟩</w:t>
+                <w:t xml:space="preserve">⟨10.13140/RG.2.2.32033.68966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03694215v1</w:t>
+                <w:t xml:space="preserve">hal-03684651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alcohol Use and Binge Drinking among First-Year University Students: Prevalence, Risk Factors and the COVID-19 Health Crisis Effect</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5110,64 +5110,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ludivine Ritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Leconte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Margas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5185,90 +5185,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why Do University Students Smoke Tobacco? French Validity of Brief Wisconsin Inventory of Smoking Dependence Motives among (non-) Daily Smokers and Associations with Psychological Variables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Mauduy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Mauny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Beaunieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Mange</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
@@ -5483,51 +5483,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B969E28E"/>
+    <w:nsid w:val="CB06E9EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5631,51 +5631,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="3934DC7D"/>
+    <w:nsid w:val="FB8DCA4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5779,51 +5779,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="25CDCEC7"/>
+    <w:nsid w:val="82101C5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6016,51 +6016,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-mauny" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5156-3530" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/099490676" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05457930v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Ritz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauny" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Montcharmont" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beaunieux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurage" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychires.2026.01.020" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262778v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/adb0001089" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289298v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mauduy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Mange" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220426231214461" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05401693v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Suarez-Suarez" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-025-01579-y" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062915v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauduy Maxime" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lise Pitel" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0321974" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644568v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Dessommes" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40337-025-01321-y" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461378v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lehoux" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabe" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Am&#233;lie Dupont" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Fleury" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Hamonniere" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-025-09272-0" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146743v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Margas" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Leconte" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10640266.2024.2347740" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643285v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mortier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443137v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vaidis" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Sleegers" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian van Leeuwen" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Demarree" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn S&#230;trevik" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459231213375" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372610v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Legrand" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Lemercier-Dugarin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-023-07887-9" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951691v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-023-01622-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694129v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220426221107560" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879582v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Somat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile S&#233;n&#233;meaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2022.2043815" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866943v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rasset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Montalan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerian Boudjemadi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.596" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261299v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deniel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cheam-Berni&#232;re" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abrep.2021.100362" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262037v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bagneux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abrep.2021.100346" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248171v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047358v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853492v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047366v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047361v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147228v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942541v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047381v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373285v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gierski" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262597v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03543926v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262577v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266352v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurelen Ladur&#233;e" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Forastiero" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03266663v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03118825v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Poulain" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Jouanne" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03266654v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219682v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.17493.13288" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880505v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03684651v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.32033.68966" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694215v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.23015.93607" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371985v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266024v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Travignet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Houdart" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26387.50726" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947959v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648065v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120073v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03043966v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020NORMC015" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-mauny" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-5156-3530" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/099490676" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05457930v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Ritz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mauny" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Montcharmont" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Beaunieux" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Maurage" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpsychires.2026.01.020" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05461378v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lehoux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cabe" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Am&#233;lie Dupont" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Fleury" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Hamonniere" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-025-09272-0" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05262778v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/adb0001089" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04289298v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Mauduy" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Mange" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220426231214461" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05401693v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Suarez-Suarez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11469-025-01579-y" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062915v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauduy Maxime" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lise Pitel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0321974" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04644568v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ninon Dessommes" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40337-025-01321-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04372610v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Legrand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Lemercier-Dugarin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13063-023-07887-9" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04643285v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mortier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Leconte" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Margas" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146743v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10640266.2024.2347740" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443137v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Vaidis" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Sleegers" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian van Leeuwen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Demarree" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#248;rn S&#230;trevik" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/25152459231213375" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03951691v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40519-023-01622-8" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694129v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00220426221107560" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879582v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Somat" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile S&#233;n&#233;meaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00224545.2022.2043815" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03866943v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Rasset" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Montalan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerian Boudjemadi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5334/irsp.596" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261299v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Deniel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Cheam-Berni&#232;re" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abrep.2021.100362" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262037v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Bagneux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.abrep.2021.100346" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05248171v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853492v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047358v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047366v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147228v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047361v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03942541v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047381v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03373285v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gierski" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262597v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03543926v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262577v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03266663v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266352v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurelen Ladur&#233;e" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Forastiero" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03118825v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Poulain" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oph&#233;lie Jouanne" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03266654v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05219682v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.17493.13288" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694215v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.23015.93607" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03880505v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03684651v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.32033.68966" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03371985v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266024v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Travignet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Houdart" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.26387.50726" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947959v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648065v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04120073v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03043966v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020NORMC015" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>