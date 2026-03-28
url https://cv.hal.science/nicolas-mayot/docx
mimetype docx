--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Mayot </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheur postdoctorant, Laboratoire d'Océanographie de Villefranche, Villefranche-sur-mer, France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Carbon Budget 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Friedlingstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael O'Sullivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robbie Andrew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Hauck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (3), pp.965-1039. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-17-965-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing satellite and BGC-Argo chlorophyll estimation: A phenological study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Baudena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilhem Riom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Taillandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing of Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 326, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rse.2025.114743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining the trend in the ocean CO2 sink during 2000–2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik T Buitenhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca M Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Hauck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothee C E Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.8429. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-52641-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate-driven variability of the Southern Ocean CO 2 sink</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Corinne Le Quéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Rödenbeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Bernardello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bopp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 381 (2249), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsta.2022.0055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fingerprint of Climate Change on Southern Ocean Carbon Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R M Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Quéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Olsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D C E Bakker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Biogeochemical Cycles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 37 (4), pp.e2022GB007596. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022GB007596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Carbon Budget 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Friedlingstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael O'Sullivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew W Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robbie M Andrew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothee C E Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (12), pp.5301 - 5369. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-15-5301-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Carbon Budget 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Friedlingstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael O'Sullivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robbie M. Andrew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luke Gregor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (11), pp.4811-4900. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-14-4811-2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03863123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regionalization of the Red Sea Based on Phytoplankton Phenology: A Satellite Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Kheireddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ouhssain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B H Jones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (10), pp.e2021JC017486. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2021JC017486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Under-Ice Phytoplankton Blooms: Shedding Light on the “Invisible” Part of Arctic Primary Production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ardyna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mundy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Oziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2020.608032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03094300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springtime Export of Arctic Sea Ice Influences Phytoplankton Production in the Greenland Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. A. Matrai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Arjona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bélanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marchese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019JC015799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03661726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regionalisation of the Mediterranean basin, a MERMEX synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sakina-Dorothée Ayata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Olivier Irisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Dutay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Oceanography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 163, pp.7-20. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pocean.2017.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Phytoplankton Activities in the Seasonal Ice Zone of the Greenland Sea Over an Annual Cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P A Matrai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I H Ellingsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Steele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Johnson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 123 (11), pp.8004-8025. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2018JC014271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrography and biogeochemistry dedicated to the Mediterranean BGC-Argo network during a cruise with RV &amp;lt;em&amp;gt;Tethys 2&amp;lt;/em&amp;gt; in May 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Taillandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Wagener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1), pp.627 - 641. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-10-627-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale Observations of Deep Convection in the Northwestern Mediterranean Sea during Winter 2012-2013 Using Multiple Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Testor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Houpert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Margirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mortier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 123 (3), pp.1745-1776. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JC012671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open-ocean convection process: A driver of the winter nutrient supply and the spring phytoplankton distribution in the Northwestern Mediterranean Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Severin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayçal Kessouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Rembauville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elvia Denisse Sánchez-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Oriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (6), pp.4587 - 4601. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JC012664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A submesoscale coherent vortex in the Ligurian Sea: From dynamical barriers to biological implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Testor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (8), pp.6196 - 6217. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JC012634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Phytoplankton Community Structure on the Spring and Annual Primary Production in the Northwestern Mediterranean Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Gentili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joséphine Ras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (12), pp.9918-9936. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JC012668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical and biogeochemical controls of the phytoplankton blooms in North-Western Mediterranean Sea: A multiplatform approach over a complete annual cycle (2012-2013 DEWEX experiment)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Taillandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron de Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (12), pp.9999-10019. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JC012052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interannual variability of the Mediterranean trophic regimes from ocean color satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Ribera D 'Alcalà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (6), pp.1901-1917. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-13-1901-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01341963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ imaging reveals the biomass of giant protists in the global ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Biard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Stemmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Picheral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pieter Vandromme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 532 (7600), pp.504-507. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature17652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01324873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production primaire en mer Ligure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lévy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chistophe Migon; Antoine Sciandra; Paul Nival. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mer Méditerranée face au changement global 1. Conditions de la production phytoplanctonique en mer Ligure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE Editions Ltd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.149-174, 2021, 978-1-78405-732-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Primary Production in the Ligurian Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lévy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christophe Migon; Paul Nival; Antoine Sciandra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Mediterranean Sea in the Era of Global Change 1: 30 Years of Multidisciplinary Study of the Ligurian Sea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Wiley, pp.139-164, 2020, 9781786304285. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119706960.ch6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03003497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La saisonnalité du phytoplancton en Mer Méditerranée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de la Terre. Université Pierre et Marie Curie - Paris VI, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016PA066440⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01498480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building an early career network through outreach projects: The &amp;quot;mon océan & moi&amp;quot; example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Barbieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Scheurle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Ferraris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, New Orleans, Louisiana, USA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId132"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Mayot </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Chercheur postdoctorant, Laboratoire d'Océanographie de Villefranche, Villefranche-sur-mer, France</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Carbon Budget 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Friedlingstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael O'Sullivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robbie Andrew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Hauck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (3), pp.965-1039. </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-17-965-2025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05003819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing satellite and BGC-Argo chlorophyll estimation: A phenological study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Baudena</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wilhem Riom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Taillandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Mignot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing of Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 326, </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rse.2025.114743⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05067331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constraining the trend in the ocean CO2 sink during 2000–2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erik T Buitenhuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rebecca M Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Hauck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothee C E Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 15 (1), pp.8429. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-52641-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04726121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Climate-driven variability of the Southern Ocean CO 2 sink</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Corinne Le Quéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Rödenbeck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raffaele Bernardello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bopp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 381 (2249), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1098/rsta.2022.0055⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04106303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fingerprint of Climate Change on Southern Ocean Carbon Storage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R M Wright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Le Quéré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Olsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D C E Bakker</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Biogeochemical Cycles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 37 (4), pp.e2022GB007596. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2022GB007596⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452182v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Carbon Budget 2023</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Friedlingstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael O'Sullivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew W Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robbie M Andrew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorothee C E Bakker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (12), pp.5301 - 5369. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-15-5301-2023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04338139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Global Carbon Budget 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Friedlingstein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael O'Sullivan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robbie M. Andrew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luke Gregor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 14 (11), pp.4811-4900. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-14-4811-2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03863123v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regionalization of the Red Sea Based on Phytoplankton Phenology: A Satellite Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Kheireddine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ouhssain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B H Jones</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 126 (10), pp.e2021JC017486. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2021JC017486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springtime Export of Arctic Sea Ice Influences Phytoplankton Production in the Greenland Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. A. Matrai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Arjona</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bélanger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marchese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 125, </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2019JC015799⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-03661726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Under-Ice Phytoplankton Blooms: Shedding Light on the “Invisible” Part of Arctic Primary Production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Ardyna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Mundy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Matthes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Oziel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7, </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2020.608032⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03094300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regionalisation of the Mediterranean basin, a MERMEX synthesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sakina-Dorothée Ayata</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Olivier Irisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anais Aubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Berline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Claude Dutay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Oceanography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 163, pp.7-20. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pocean.2017.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01629104v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrography and biogeochemistry dedicated to the Mediterranean BGC-Argo network during a cruise with RV &amp;lt;em&amp;gt;Tethys 2&amp;lt;/em&amp;gt; in May 2015</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Taillandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Wagener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth System Science Data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (1), pp.627 - 641. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/essd-10-627-2018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01832247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing Phytoplankton Activities in the Seasonal Ice Zone of the Greenland Sea Over an Annual Cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P A Matrai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I H Ellingsen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Steele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Johnson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 123 (11), pp.8004-8025. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1029/2018JC014271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05452192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale Observations of Deep Convection in the Northwestern Mediterranean Sea during Winter 2012-2013 Using Multiple Platforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Testor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Houpert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Margirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mortier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 123 (3), pp.1745-1776. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JC012671⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01764125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of the Phytoplankton Community Structure on the Spring and Annual Primary Production in the Northwestern Mediterranean Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Uitz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Gentili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joséphine Ras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (12), pp.9918-9936. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JC012668⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A submesoscale coherent vortex in the Ligurian Sea: From dynamical barriers to biological implications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Testor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (8), pp.6196 - 6217. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JC012634⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01621729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open-ocean convection process: A driver of the winter nutrient supply and the spring phytoplankton distribution in the Northwestern Mediterranean Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Severin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayçal Kessouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Rembauville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elvia Denisse Sánchez-Pérez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Oriol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (6), pp.4587 - 4601. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JC012664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01757587v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Physical and biogeochemical controls of the phytoplankton blooms in North-Western Mediterranean Sea: A multiplatform approach over a complete annual cycle (2012-2013 DEWEX experiment)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Taillandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louis Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron de Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 122 (12), pp.9999-10019. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/2016JC012052⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interannual variability of the Mediterranean trophic regimes from ocean color satellites</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurizio Ribera D 'Alcalà</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Lavigne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Claustre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biogeosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 13 (6), pp.1901-1917. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/bg-13-1901-2016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01341963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In situ imaging reveals the biomass of giant protists in the global ocean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Biard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lars Stemmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Picheral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pieter Vandromme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 532 (7600), pp.504-507. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nature17652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01324873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production primaire en mer Ligure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lévy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chistophe Migon; Antoine Sciandra; Paul Nival. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La mer Méditerranée face au changement global 1. Conditions de la production phytoplanctonique en mer Ligure</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISTE Editions Ltd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.149-174, 2021, 978-1-78405-732-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Primary Production in the Ligurian Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Nival</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Lévy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christophe Migon; Paul Nival; Antoine Sciandra. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Mediterranean Sea in the Era of Global Change 1: 30 Years of Multidisciplinary Study of the Ligurian Sea</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1, Wiley, pp.139-164, 2020, 9781786304285. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/9781119706960.ch6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03003497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building an early career network through outreach projects: The &amp;quot;mon océan & moi&amp;quot; example</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Barbieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Scheurle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martina Ferraris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orens Pasqueron De Fommervault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ocean Sciences Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, New Orleans, Louisiana, USA, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03971524v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La saisonnalité du phytoplancton en Mer Méditerranée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Mayot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de la Terre. Université Pierre et Marie Curie - Paris VI, 2016. Français. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2016PA066440⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01498480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId132"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003819v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Friedlingstein" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Sullivan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Jones" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbie Andrew" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hauck" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-965-2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05067331v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Baudena" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhem Riom" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Taillandier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mayot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mignot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.114743" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726121v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik T Buitenhuis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca M Wright" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee C E Bakker" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-52641-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106303v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Corinne Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R&#246;denbeck" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Bernardello" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bopp" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2022.0055" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452182v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R M Wright" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mayot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Olsen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D C E Bakker" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GB007596" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338139v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew W Jones" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbie M Andrew" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-5301-2023" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863123v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbie M. Andrew" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Gregor" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-14-4811-2022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452187v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kheireddine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ouhssain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B H Jones" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC017486" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03094300v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ardyna" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mundy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Matthes" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oziel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.608032" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661726v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Matrai" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arjona" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;langer" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchese" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015799" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01629104v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakina-Doroth&#233;e Ayata" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Olivier Irisson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Aubert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berline" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dutay" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2017.09.016" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452192v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P A Matrai" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I H Ellingsen" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Steele" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Johnson" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JC014271" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832247v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Wagener" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio d'Ortenzio" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Goff" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-10-627-2018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01764125v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Testor" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bosse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Houpert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Margirier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mortier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012671" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01757587v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Severin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Kessouri" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rembauville" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvia Denisse S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Oriol" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012664" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01621729v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Prieur" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012634" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136999v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Uitz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gentili" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Ras" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012668" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630494v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron de Fommervault" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012052" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01341963v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Ribera D 'Alcal&#224;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Lavigne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Claustre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-13-1901-2016" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01324873v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Biard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Stemmann" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Picheral" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Vandromme" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature17652" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199991v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nival" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina L&#233;vy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/la-mer-mediterranee-face-au-changement-global-1/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003497v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119706960.ch6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01498480v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA066440" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971524v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Barbieux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Scheurle" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ferraris" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron De Fommervault" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05003819v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Friedlingstein" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael O'Sullivan" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Jones" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbie Andrew" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Hauck" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-17-965-2025" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05067331v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Baudena" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhem Riom" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Taillandier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Mayot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Mignot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rse.2025.114743" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726121v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik T Buitenhuis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca M Wright" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee C E Bakker" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-52641-7" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04106303v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Corinne Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian R&#246;denbeck" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaele Bernardello" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bopp" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2022.0055" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452182v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R M Wright" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Le Qu&#233;r&#233;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mayot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Olsen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D C E Bakker" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022GB007596" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338139v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew W Jones" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbie M Andrew" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-15-5301-2023" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03863123v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbie M. Andrew" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Gregor" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-14-4811-2022" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452187v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Kheireddine" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ouhssain" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B H Jones" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC017486" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03661726v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Matrai" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Arjona" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;langer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marchese" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2019JC015799" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03094300v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Ardyna" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mundy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Matthes" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Oziel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.608032" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01629104v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sakina-Doroth&#233;e Ayata" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Olivier Irisson" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Aubert" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Berline" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Dutay" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pocean.2017.09.016" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832247v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Wagener" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio d'Ortenzio" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Le Goff" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/essd-10-627-2018" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452192v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P A Matrai" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I H Ellingsen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Steele" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Johnson" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2018JC014271" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01764125v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Testor" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bosse" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Houpert" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Margirier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mortier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012671" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136999v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Uitz" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Gentili" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;phine Ras" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012668" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01621729v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Prieur" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012634" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-01757587v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Severin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Kessouri" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Rembauville" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elvia Denisse S&#225;nchez-P&#233;rez" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Oriol" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012664" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630494v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron de Fommervault" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/2016JC012052" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01341963v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurizio Ribera D 'Alcal&#224;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Lavigne" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Claustre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-13-1901-2016" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01324873v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Biard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lars Stemmann" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Picheral" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pieter Vandromme" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature17652" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199991v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Nival" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina L&#233;vy" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.istegroup.com/fr/produit/la-mer-mediterranee-face-au-changement-global-1/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03003497v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119706960.ch6" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971524v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Barbieux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Scheurle" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Ferraris" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron De Fommervault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01498480v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2016PA066440" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>