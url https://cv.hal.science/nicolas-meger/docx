--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -3363,342 +3363,342 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00988907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Connectivity constraint-based sequential pattern extraction from Satellite Image Time Series</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">GFS-pattern extraction in satellite image time series: application to the monitoring of Mount Etna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felicity Lodge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Meger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rigotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Gueguen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Pothier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Vol. 8892, Image and Signal Processing for Remote Sensing XIX - SPIE Remote Sensing 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Dresden, Germany. 10 p., CD-ROM</w:t>
+              <w:t xml:space="preserve">Atelier Mesure de Déformations par Imagerie Spatiale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Autrans, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00870315v1</w:t>
+                <w:t xml:space="preserve">hal-01339287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fouille de données spatio-temporelles appliquée aux séries d'images satellite</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Catherine Pothier</w:t>
+                <w:t xml:space="preserve">Connectivity constraint-based sequential pattern extraction from Satellite Image Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Méger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Julea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cité des Sciences et de l'Industrie - Rencontres du Numérique de l'ANR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Paris, France</w:t>
+              <w:t xml:space="preserve">SPIE Vol. 8892, Image and Signal Processing for Remote Sensing XIX - SPIE Remote Sensing 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Dresden, Germany. 10 p., CD-ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01339286v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00870315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GFS-pattern extraction in satellite image time series: application to the monitoring of Mount Etna</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fouille de données spatio-temporelles appliquée aux séries d'images satellite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rigotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Meger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felicity Lodge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Pothier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier Mesure de Déformations par Imagerie Spatiale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Autrans, France. pp.1-1</w:t>
+              <w:t xml:space="preserve">Cité des Sciences et de l'Industrie - Rencontres du Numérique de l'ANR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01339287v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01339286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normalized Mutual Information-Based Ranking of Spatio-Temporal Localization Maps</w:t>
               </w:r>
@@ -3710,51 +3710,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Meger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Gueguen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felicity Lodge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4316,168 +4316,151 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00620882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extraction of Frequent Grouped Sequential Patterns from Satellite Image Time Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andreea Julea</w:t>
+                <w:t xml:space="preserve">Data-Driven Prognosis Applied to Complex Vacuum Pumping Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Méger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Galichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bécourt</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Geoscience and Remote Sensing Symposium, IGARSS 2010.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, Honolulu, United States. pp.4</w:t>
+              <w:t xml:space="preserve">23rd International Conference on Industrial Engineering and Other Applications of Applied Intelligent Systems, IEA/AIE 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Cordoba, Spain. pp.468-477</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00520601v1</w:t>
+                <w:t xml:space="preserve">hal-00494018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Episode Rule-Based Prognosis Applied to Complex Vacuum Pumping Systems Using Vibratory Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4509,766 +4492,783 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bécourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th Industrial Conference on Data Mining ICDM 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2010, Berlin, Germany. pp.376-389, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-14400-4_29⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-14400-4_29⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00504653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-Driven Prognosis Applied to Complex Vacuum Pumping Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Martin</w:t>
+                <w:t xml:space="preserve">Spatio-Temporal Mining of PolSAR Satellite Image Time Series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Julea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Méger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Rigotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Conference on Industrial Engineering and Other Applications of Applied Intelligent Systems, IEA/AIE 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Cordoba, Spain. pp.468-477</w:t>
+              <w:t xml:space="preserve">The 2010 European Space Agency Living Planet Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Bergen, Norway. pp.6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00494018v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00504655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-Temporal Mining of PolSAR Satellite Image Time Series</w:t>
+                <w:t xml:space="preserve">Extraction of Frequent Grouped Sequential Patterns from Satellite Image Time Series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Julea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Méger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Rigotti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.-P. Doin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Lasserre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 2010 European Space Agency Living Planet Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Bergen, Norway. pp.6</w:t>
+              <w:t xml:space="preserve">IEEE International Geoscience and Remote Sensing Symposium, IGARSS 2010.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, Honolulu, United States. pp.4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00504655v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Radiometric evolution classification in high resolution satellite image time series SITS</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">On mining pixel based evolution classes in satellite image time series</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Julea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Méger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bolon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 5th Conf. on Image Information Mining : pursuing automation of geospatial intelligence for environment and security - ESA-EUSC 2008</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Mar 2008, Frascati - ESRIN ESA Centre, Italy. CR-ROM 4 p</w:t>
+              <w:t xml:space="preserve">, Mar 2008, Frascati - ESRIN ESA Centre, Italy. pp.CD-ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00520970v1</w:t>
+                <w:t xml:space="preserve">hal-00520967v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On mining pixel based evolution classes in satellite image time series</w:t>
+                <w:t xml:space="preserve">On Extracting Evolutions from Satellite Image Time Series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreea Julea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Méger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Trouvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Bolon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 5th Conf. on Image Information Mining : pursuing automation of geospatial intelligence for environment and security - ESA-EUSC 2008</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium, 2008. IGARSS 2008. IEEE International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2008, Boston, United States. pp. 228-231, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2008.4780069⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00520967v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On Extracting Evolutions from Satellite Image Time Series</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andreea Julea</w:t>
+                <w:t xml:space="preserve">Supply chain management by means of FLM-rules</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Le Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Boissière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Méger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Philippe Bolon</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Valet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Geoscience and Remote Sensing Symposium, 2008. IGARSS 2008. IEEE International</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">12th European Conference on Principles and Practice of Knowledge Discovery in Databases (PKDD'08), Induction of Process Models Workshop.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Antwerp, Belgium. pp.29-36</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00520961v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supply chain management by means of FLM-rules</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Radiometric evolution classification in high resolution satellite image time series SITS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Boissière</w:t>
+                <w:t xml:space="preserve">Camille Le Men</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andreea Julea</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Méger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Valet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mihai Datcu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Bolon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th European Conference on Principles and Practice of Knowledge Discovery in Databases (PKDD'08), Induction of Process Models Workshop.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Antwerp, Belgium. pp.29-36</w:t>
+              <w:t xml:space="preserve">The 5th Conf. on Image Information Mining : pursuing automation of geospatial intelligence for environment and security - ESA-EUSC 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Frascati - ESRIN ESA Centre, Italy. CR-ROM 4 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00520952v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00520970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequential patterns extraction in multitemporal satellite images</w:t>
               </w:r>
@@ -6970,51 +6970,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650672v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Pelous" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;ger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benoit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourrahmane Atto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Ienco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2024.06.021" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115681v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourrahmane Mahamane Atto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Galichet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pastor" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neunet.2022.12.019" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898015v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rigotti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pothier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicity Lodge" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-018-0591-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912708v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Trouv&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2018.2874499" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01066024v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702433v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Julea" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jolivet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748129v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Martin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;court" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596806v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Doin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2010.2081372" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646032v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Nicolas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferro-Famil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pinel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ts.28.375-416" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-J7SHH10Z-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494640v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leleu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311348v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Bouaziz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lin-Kwong-Chon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amitrano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878860v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brandon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878421v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694444v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M&#233;ger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Courteille" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benoit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Atto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2022-673-2022" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736583v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-aur&#233;lie Chanut" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara L&#233;vy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Meignan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gasc-Barbier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182049v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Courteille" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N M&#233;ger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Atto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9554205" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091306v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gregorio Rejas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Vasquez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B2-2020-1259-2020" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361793v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Gourmelen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDMW.2019.00165" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868749v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/igarss.2018.8518969" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591461v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Multi-Temp.2017.8035228" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306556v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youen Pericault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Vernier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367992v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Andr&#233;oli" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367996v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46131-1_14" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237206v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Multi-Temp.2015.7245757" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200674v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091940v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988907v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870315v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339286v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339287v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gueguen" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353105v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560747v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621236v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lasserre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Multi-Temp.2011.6005067" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620881v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Ledo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620882v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23184-1_15" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-3SFWDB30-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520601v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Doin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504653v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14400-4_29" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-262V03CH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494018v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504655v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520970v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Men" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Datcu" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520967v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520961v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2008.4780069" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520952v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Normand" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissi&#232;re" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Valet" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133151v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Julea" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133152v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494637v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521031v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Bykowski" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Daurel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520976v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741918v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yajing Yan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jauvin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Prebet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hippert-Ferrer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567675v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Pasolli" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Melgani" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66330-2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494639v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b99016" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560629v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pariset" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951195v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04472843v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404146v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aur&#233;lie Chanut" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gasc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01154121v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650672v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enzo Pelous" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M&#233;ger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Benoit" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourrahmane Atto" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dino Ienco" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2024.06.021" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03115681v3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdourrahmane Mahamane Atto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Galichet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Pastor" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neunet.2022.12.019" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898015v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Rigotti" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Pothier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tuan Nguyen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felicity Lodge" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10618-018-0591-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912708v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Trouv&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2018.2874499" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01066024v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00702433v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreea Julea" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Jolivet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00748129v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Martin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas B&#233;court" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00596806v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Bolon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Doin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TGRS.2010.2081372" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00646032v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Nicolas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferro-Famil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gay" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Pinel" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ts.28.375-416" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-J7SHH10Z-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494640v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leleu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311348v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Bouaziz" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lin-Kwong-Chon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Amitrano" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878860v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Brandon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878421v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694444v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. M&#233;ger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Courteille" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Benoit" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Atto" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2022-673-2022" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03736583v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-aur&#233;lie Chanut" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara L&#233;vy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Meignan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gasc-Barbier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182049v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermann Courteille" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N M&#233;ger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Atto" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS47720.2021.9554205" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03091306v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Gregorio Rejas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Vasquez" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B2-2020-1259-2020" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02361793v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noel Gourmelen" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDMW.2019.00165" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01868749v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/igarss.2018.8518969" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01591461v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Multi-Temp.2017.8035228" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01306556v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youen Pericault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Vernier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367992v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Andr&#233;oli" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01367996v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-46131-1_14" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01237206v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Meger" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Multi-Temp.2015.7245757" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200674v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01091940v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00988907v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339287v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Gueguen" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00870315v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01339286v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01353105v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560747v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621236v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lasserre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Multi-Temp.2011.6005067" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620881v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Ledo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00620882v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23184-1_15" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-3SFWDB30-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494018v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504653v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-14400-4_29" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-262V03CH-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504655v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520601v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-P. Doin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520967v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520961v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2008.4780069" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520952v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Normand" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boissi&#232;re" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Valet" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520970v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Le Men" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Datcu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133151v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Julea" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00133152v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494637v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00521031v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artur Bykowski" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Daurel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00520976v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01741918v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yajing Yan" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Jauvin" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Prebet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Hippert-Ferrer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567675v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edoardo Pasolli" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Melgani" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-66330-2" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00494639v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/b99016" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00560629v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pariset" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951195v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-04472843v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404146v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aur&#233;lie Chanut" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Gasc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01154121v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>