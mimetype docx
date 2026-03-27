--- v0 (2026-03-04)
+++ v1 (2026-03-27)
@@ -311,2281 +311,2281 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05210556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon monoxide dissociation at planetary entry conditions examined by MHz-rate laser spectroscopy</w:t>
+                <w:t xml:space="preserve">THz rotational absorption spectroscopy of the hydroxyl radical at high temperatures using a quantum-cascade laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Minesi</w:t>
+                <w:t xml:space="preserve">Nicholas M Kuenning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lok Lai</w:t>
+                <w:t xml:space="preserve">Brett A Honaker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Mitchell Spearrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thermophysics and Heat Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/1.T6915⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 40 (1-4), pp.105480. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proci.2024.105480⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04661633v1</w:t>
+                <w:t xml:space="preserve">hal-04661629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combustion and Flame Multiplexed MHz-rate mid-infrared laser absorption spectroscopy for simultaneous in-chamber CO, CO$_2$ , H$_2$O, temperature, and pressure in a rotating detonation rocket engine</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental characterization and 3D simulations of turbulent flames assisted by nanosecond plasma discharges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorien P Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yacine Bechane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicholas Kuenning</w:t>
+                <w:t xml:space="preserve">Stéphane Q.E. Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anil Nair</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emre Ozen</w:t>
+                <w:t xml:space="preserve">Benoît Fiorina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Combustion and Flame</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 268, pp.113608. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2024.113608⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 270, pp.113709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2024.113709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04667589v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04756401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reconstruction of Mars 2020 Backshell Radiative Heating via Infrared Emission Spectroscopy of CO 2 /N 2 /Ar Shockwaves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Combustion and Flame Multiplexed MHz-rate mid-infrared laser absorption spectroscopy for simultaneous in-chamber CO, CO$_2$ , H$_2$O, temperature, and pressure in a rotating detonation rocket engine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Kuenning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Augustin Tibere-Inglesse</w:t>
+                <w:t xml:space="preserve">Alex Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas West</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">R. Mitchell Spearrin</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emre Ozen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thermophysics and Heat Transfer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/1.T6916⟩</w:t>
+              <w:t xml:space="preserve">Combustion and Flame</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 268, pp.113608. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2024.113608⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04679577v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04667589v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THz rotational absorption spectroscopy of the hydroxyl radical at high temperatures using a quantum-cascade laser</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
+                <w:t xml:space="preserve">Carbon monoxide dissociation at planetary entry conditions examined by MHz-rate laser spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brett A Honaker</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Lok Lai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miles Richmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Jelloian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Mitchell Spearrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Combustion Institute</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.proci.2024.105480⟩</w:t>
+              <w:t xml:space="preserve">Journal of Thermophysics and Heat Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38 (3), pp.380-389. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/1.T6915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04661629v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04661633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization and 3D simulations of turbulent flames assisted by nanosecond plasma discharges</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reconstruction of Mars 2020 Backshell Radiative Heating via Infrared Emission Spectroscopy of CO 2 /N 2 /Ar Shockwaves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Q.E. Wang</w:t>
+                <w:t xml:space="preserve">Augustin Tibere-Inglesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît Fiorina</w:t>
+                <w:t xml:space="preserve">Thomas West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Jelloian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Minesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Mitchell Spearrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Combustion and Flame</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 270, pp.113709. </w:t>
+              <w:t xml:space="preserve">Journal of Thermophysics and Heat Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-17. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.combustflame.2024.113709⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/1.T6916⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04756401v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04679577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous in-chamber MHz sensing of CO, H 2 O, temperature, and pressure via mid-infrared laser absorption in a rotating detonation rocket engine</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">High-temperature absorption cross-sections and interference-immune sensing method for formaldehyde near 3.6 µm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Kuenning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raymond Spearrin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Isabelle Sanders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Pineda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Mitchell Spearrin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA SCITECH 2023 Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/6.2023-2062⟩</w:t>
+              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.108690. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2023.108690⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03969609v1</w:t>
+                <w:t xml:space="preserve">hal-04121619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examination of Mars2020 shock-layer conditions via infrared laser absorption spectroscopy of CO 2 and CO</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christopher C Jelloian</w:t>
+                <w:t xml:space="preserve">Transient analysis of solar pyrolysis and hydrogen yield via interband cascade laser absorption spectroscopy of methane, acetylene, ethylene, and ethane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barathan Jeevaretanam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostafa Abuseada</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chuyu Wei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Megan E Macdonald</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timothy S Fisher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIAA SCITECH 2023 Forum</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2514/6.2023-0959⟩</w:t>
+              <w:t xml:space="preserve">Applications in Energy and Combustion Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 16, pp.100223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jaecs.2023.100223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03968970v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04301511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mars2020 entry shock layer thermochemical kinetics examined by MHz-rate laser absorption spectroscopy</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Methyl methacrylate thermal decomposition: modeling and laser spectroscopy of species time-histories behind reflected shock waves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sanders</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Kuenning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Pineda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Mitchell Spearrin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Thermophysics and Heat Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-16. </w:t>
+              <w:t xml:space="preserve">Fuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 335, pp.126846. </w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/1.T6868⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.fuel.2022.126846⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04301498v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transient analysis of solar pyrolysis and hydrogen yield via interband cascade laser absorption spectroscopy of methane, acetylene, ethylene, and ethane</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mars2020 entry shock layer thermochemical kinetics examined by MHz-rate laser absorption spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Jelloian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Minesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Mitchell Spearrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Barathan Jeevaretanam</w:t>
+                <w:t xml:space="preserve">Augustin Tibère-Inglesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mostafa Abuseada</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Timothy S Fisher</w:t>
+                <w:t xml:space="preserve">Megan Macdonald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applications in Energy and Combustion Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jaecs.2023.100223⟩</w:t>
+              <w:t xml:space="preserve">Journal of Thermophysics and Heat Transfer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/1.T6868⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04301511v1</w:t>
+                <w:t xml:space="preserve">hal-04301498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methyl methacrylate thermal decomposition: modeling and laser spectroscopy of species time-histories behind reflected shock waves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Examination of Mars2020 shock-layer conditions via infrared laser absorption spectroscopy of CO 2 and CO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher C Jelloian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Mitchell Spearrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Augustin Tibère-Inglesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Sanders</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Megan E Macdonald</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fuel.2022.126846⟩</w:t>
+              <w:t xml:space="preserve">AIAA SCITECH 2023 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2023-0959⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03969620v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03968970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Excited oxygen kinetics at electronvolt temperatures via 5-MHz RF-diplexed laser absorption spectroscopy</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christopher C Jelloian</w:t>
+                <w:t xml:space="preserve">Simultaneous in-chamber MHz sensing of CO, H 2 O, temperature, and pressure via mid-infrared laser absorption in a rotating detonation rocket engine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Kuenning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alex Keller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Minesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Spearrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1364/AO.479155⟩</w:t>
+              <w:t xml:space="preserve">AIAA SCITECH 2023 Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2514/6.2023-2062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03947703v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03969609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetic mechanism and sub-ns measurements of the thermal spark in air</w:t>
+                <w:t xml:space="preserve">Excited oxygen kinetics at electronvolt temperatures via 5-MHz RF-diplexed laser absorption spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Gabi Daniel Stancu</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil P Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miles O Richmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas M Kuenning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher C Jelloian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/acc9da⟩</w:t>
+              <w:t xml:space="preserve">Applied optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 62 (3), pp.782. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1364/AO.479155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04061759v2</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03947703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-temperature absorption cross-sections and interference-immune sensing method for formaldehyde near 3.6 µm</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kinetic mechanism and sub-ns measurements of the thermal spark in air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre B Mariotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Vincent-Randonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabi Daniel Stancu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Quantitative Spectroscopy and Radiative Transfer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.108690. </w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jqsrt.2023.108690⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/acc9da⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04121619v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04061759v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extended tuning of distributed-feedback lasers in a bias-tee circuit via waveform optimization for MHz-rate absorption spectroscopy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anil Pradeep Nair</w:t>
+                <w:t xml:space="preserve">High-speed mid-infrared laser absorption spectroscopy of CO2 for shock-induced thermal non-equilibrium studies of planetary entry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher C Jelloian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">R Mitchell Spearrin</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Mitchell Spearrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6501/ac7b13⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 128 (12), pp.216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00340-022-07934-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03715867v1</w:t>
+                <w:t xml:space="preserve">hal-03862192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma-assisted combustion with nanosecond discharges. Part I: discharge effects characterization in the burnt gases of a lean flame</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Multi-line Boltzmann regression for near-electronvolt temperature and CO sensing via MHz-rate infrared laser absorption spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miles Richmond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Jelloian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Kuenning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6595/ac5cd4⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 128 (12), pp.214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00340-022-07931-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03607157v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03862194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-speed mid-infrared laser absorption spectroscopy of CO2 for shock-induced thermal non-equilibrium studies of planetary entry</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">R. Mitchell Spearrin</w:t>
+                <w:t xml:space="preserve">Plasma-assisted combustion with nanosecond discharges. Part I: discharge effects characterization in the burnt gases of a lean flame</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Minesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victorien Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabi Daniel Stancu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00340-022-07934-4⟩</w:t>
+              <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6595/ac5cd4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03862192v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03607157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-line Boltzmann regression for near-electronvolt temperature and CO sensing via MHz-rate infrared laser absorption spectroscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Extended tuning of distributed-feedback lasers in a bias-tee circuit via waveform optimization for MHz-rate absorption spectroscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Pradeep Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Jelloian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Minesi</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicholas M Kuenning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Mitchell Spearrin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics B - Laser and Optics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 128 (12), pp.214. </w:t>
+              <w:t xml:space="preserve">Measurement Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00340-022-07931-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1088/1361-6501/ac7b13⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03862194v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03715867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improvement of lean blow out performance of spray and premixed swirled flames using nanosecond repetitively pulsed discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Vignat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preethi Rajendram Soundararajan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2662,103 +2662,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of excited electronic states in ambient air ionization by a nanosecond discharge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mariotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi D. Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Sources Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2792,90 +2792,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fully ionized nanosecond discharges in air: the thermal spark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Stepanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mariotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi Daniel Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2948,77 +2948,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ciprian Dumitrache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Gallant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Stepanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi Daniel Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
@@ -3069,90 +3069,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial evolution of the plasma kernel produced by nanosecond discharges in air</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Stepanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Augustin Tibère-Inglesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Salmon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi Daniel Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 52 (29), pp.295203. </w:t>
@@ -3350,351 +3350,351 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental characterization of nanosecond discharges in methane</w:t>
+                <w:t xml:space="preserve">Coupled Kinetic and Electrical Simulations of Methane Plasmalysis by Nanosecond Discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Goutier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sara Delahaie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sean D Mcguire</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christophe O Laux</w:t>
+                <w:t xml:space="preserve">Sean Mcguire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Minesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Laux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA SCITECH 2026 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2026, Orlando (FL), United States. </w:t>
+              <w:t xml:space="preserve">, Jan 2026, Orlando, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/6.2026-1425⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/6.2026-1424⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05482350v1</w:t>
+                <w:t xml:space="preserve">hal-05483196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled Kinetic and Electrical Simulations of Methane Plasmalysis by Nanosecond Discharges</w:t>
+                <w:t xml:space="preserve">Experimental characterization of nanosecond discharges in methane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Sara Delahaie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Goutier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sara Delahaie</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sean Mcguire</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Laux</w:t>
+                <w:t xml:space="preserve">Sean D Mcguire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA SCITECH 2026 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jan 2026, Orlando, United States. </w:t>
+              <w:t xml:space="preserve">, Jan 2026, Orlando (FL), United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/6.2026-1424⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/6.2026-1425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05483196v1</w:t>
+                <w:t xml:space="preserve">hal-05482350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Near-infrared laser absorption imaging of excited oxygen kinetics at MHz rates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariya Olaee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Kuenning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mitchell Spearrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3741,103 +3741,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shock Tube Study of CO Dissociation for Entry Applications via MHz Rate Laser Absorption Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lok Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miles Richmond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Jelloian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Spearrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA AVIATION 2023 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, San Diego, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3865,343 +3865,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04135544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-speed interband cascade laser absorption sensor for multiple temperatures in CO2 rovibrational non-equilibrium</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">RF-waveform optimization for MHz-rate DFB laser absorption spectroscopy in dynamic combustion environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anil Nair</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Minesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Jelloian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Kuenning</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Spearrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA SCITECH 2022 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, San Diego, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/6.2022-2398⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/6.2022-2373⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03527547v1</w:t>
+                <w:t xml:space="preserve">hal-03527544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RF-waveform optimization for MHz-rate DFB laser absorption spectroscopy in dynamic combustion environments</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">High-speed interband cascade laser absorption sensor for multiple temperatures in CO2 rovibrational non-equilibrium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Jelloian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raymond Spearrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA SCITECH 2022 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, San Diego, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2514/6.2022-2373⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2514/6.2022-2398⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03527544v1</w:t>
+                <w:t xml:space="preserve">hal-03527547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and numerical characterization of a lean premixed flame stabilized by nanosecond discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Bechane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Fiorina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA SCITECH 2022 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, San Diego, CA, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4235,103 +4235,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kinetics of methyl methacrylate (MMA) combustion assessed by time-resolved speciation behind shock waves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Kuenning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Sanders</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tara Mellor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Pineda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA SCITECH 2022 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, San Diego, United States. </w:t>
@@ -4382,64 +4382,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cycle-resolved emissions analysis of polyfuel reciprocating engines via in-situ laser absorption spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Schwarm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barathan Jeevaretanam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Enayati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4529,77 +4529,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alex R Keller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joel Otomize</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anil P Nair</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Q Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Mitchell Spearrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA SCITECH 2022 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, San Diego, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4633,103 +4633,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of a Lean Flame Stabilized by Nanosecond Discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victorien Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Stepanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi Daniel Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA Scitech 2021 Forum (Session: Plasma-Assisted Combustion II)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, VIRTUAL EVENT, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4763,90 +4763,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionization Mechanism in a Thermal Spark Discharge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mariotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi-Daniel Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA Scitech 2021 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, VIRTUAL EVENT, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4880,90 +4880,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Role of the excited electronic states in the ionization of ambient air by a nanosecond discharge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mariotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi D. Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA Scitech 2020 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2020, Orlando, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4997,90 +4997,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Student Excellence Award Finalist: The Ionization Mechanism of Thermal Sparks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Mariotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi Daniel Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">73rd Gaseous Electronics Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2020, Online (virtual conference), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5118,90 +5118,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atmospheric pressure plasmas: energy, kinetic and dynamic studies by advanced laser diagnostics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi-Daniel Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ciprian Dumitrache</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Stepanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th Laser Aided Plasma Diagnostics 2019 (LAPD2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Whitefish, United States</w:t>
@@ -5230,51 +5230,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the arc transition mechanism in nanosecond air discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Stepanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5282,51 +5282,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mariotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi-Daniel Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA Scitech 2019 Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2019, San Diego, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5373,90 +5373,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrodynamic effects induced by nanosecond repetitive pulsed discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Stepanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabi-Daniel Stancu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe O Laux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 AIAA Aerospace Sciences Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2018, Kissimmee, United States. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5609,260 +5609,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02342228v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of nanosecond sparks for ignition of lean mixtures</w:t>
+                <w:t xml:space="preserve">Hydrodynamic effects induced by nanosecond sparks in ambient air</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Stepanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabi D. Stancu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe O Laux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Symposium on Plasma Chemistry (ISPC23)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2017, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">70th Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Pittsburg, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01866565v1</w:t>
+                <w:t xml:space="preserve">hal-01866392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrodynamic effects induced by nanosecond sparks in ambient air</w:t>
+                <w:t xml:space="preserve">Application of nanosecond sparks for ignition of lean mixtures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Stepanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Salmon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Pannier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gd Stancu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">70th Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Pittsburg, United States</w:t>
+              <w:t xml:space="preserve">23rd International Symposium on Plasma Chemistry (ISPC23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01866392v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5995,273 +5995,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04917517v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two types of nanosecond spark discharges in atmospheric air</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Hydrodynamic effects induced by nanosecond sparks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Stepanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabi-Daniel Stancu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe O. Laux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">70th Gaseous Electronics Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Pittsburg, United States</w:t>
+              <w:t xml:space="preserve">6th Aerospace Thematic Workshop, Fundamentals of Flow and Combustion Control by Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Saint-Petersburg, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01866390v1</w:t>
+                <w:t xml:space="preserve">hal-01866537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrodynamic effects induced by nanosecond sparks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Two types of nanosecond spark discharges in atmospheric air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sergey Stepanyan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Pannier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mariotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabi D. Stancu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Aerospace Thematic Workshop, Fundamentals of Flow and Combustion Control by Plasmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Saint-Petersburg, Russia</w:t>
+              <w:t xml:space="preserve">70th Gaseous Electronics Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Pittsburg, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01866537v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6279,51 +6279,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal spark formation and plasma-assisted combustion by nanosecond repetitive discharges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Minesi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chemical and Process Engineering. Université Paris-Saclay, 2020. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2020UPAST052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6440,51 +6440,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8A668FC2"/>
+    <w:nsid w:val="E2BB009B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6671,51 +6671,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-minesi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7050-7873" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253863325" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210556v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Brisset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pascual-Fort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Q Minesi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de Oliveira" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G D Stancu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2025.1606147" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661633v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minesi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lok Lai" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles Richmond" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jelloian" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mitchell Spearrin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T6915" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667589v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Kuenning" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Nair" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Keller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Ozen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113608" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679577v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Tibere-Inglesse" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas West" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T6916" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661629v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas M Kuenning" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett A Honaker" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105480" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756401v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien P Blanchard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Bechane" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Q.E. Wang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fiorina" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113709" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969609v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Spearrin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-2062" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968970v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher C Jelloian" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Mitchell Spearrin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Tib&#232;re-Inglesse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan E Macdonald" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-0959" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04301498v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Macdonald" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T6868" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04301511v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barathan Jeevaretanam" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Abuseada" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuyu Wei" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy S Fisher" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaecs.2023.100223" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969620v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanders" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pineda" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2022.126846" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947703v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil P Nair" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles O Richmond" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.479155" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061759v2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B Mariotto" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Pannier" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Vincent-Randonnier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabi Daniel Stancu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/acc9da" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121619v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2023.108690" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715867v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Pradeep Nair" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ac7b13" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607157v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Blanchard" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O Laux" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac5cd4" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862192v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-022-07934-4" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862194v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-022-07931-7" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117288v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vignat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Preethi Rajendram Soundararajan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Durox" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Renaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.136" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123580v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mariotto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabi D. Stancu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abe0a3" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614662v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Stepanyan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab94d3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164353v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciprian Dumitrache" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gallant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Stepanyan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab28f9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118073v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Salmon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab1ba4" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266591v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Schr&#246;ter" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apiwat Wijaikhum" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gibson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew West" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Davies" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp02473a" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482350v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Delahaie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Goutier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean D Mcguire" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2026-1425" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483196v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcguire" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2026-1424" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224082v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariya Olaee" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitchell Spearrin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-4381" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135544v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-3731" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527547v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2398" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527544v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2373" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527548v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fiorina" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2255" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527546v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Mellor" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2231" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123257v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Schwarm" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Enayati" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsu-Chin Tsao" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ICEF2022-88543" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715869v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex R Keller" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Otomize" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-1265" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117130v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-1700" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103724v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabi-Daniel Stancu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-1698" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431589v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2020-0437" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472492v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mariotto" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154586v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990137v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-0463" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866398v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-0930" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342228v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wijiakaum" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bredin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Niemi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866565v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Salmon" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Pannier" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gd Stancu" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866392v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917517v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.D. Stancu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866390v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866537v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O. Laux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03155208v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020UPAST052" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-minesi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7050-7873" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253863325" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05210556v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Brisset" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pascual-Fort" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Q Minesi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. de Oliveira" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G D Stancu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphy.2025.1606147" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661629v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas M Kuenning" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett A Honaker" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mitchell Spearrin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2024.105480" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756401v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien P Blanchard" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Bechane" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Q.E. Wang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Fiorina" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113709" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667589v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Kuenning" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Nair" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Keller" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Minesi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emre Ozen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.combustflame.2024.113608" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04661633v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lok Lai" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles Richmond" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Jelloian" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T6915" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679577v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Tibere-Inglesse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas West" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T6916" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121619v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanders" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pineda" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jqsrt.2023.108690" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04301511v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barathan Jeevaretanam" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Abuseada" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuyu Wei" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy S Fisher" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jaecs.2023.100223" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969620v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fuel.2022.126846" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-04301498v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Tib&#232;re-Inglesse" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Macdonald" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.T6868" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03968970v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher C Jelloian" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Mitchell Spearrin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan E Macdonald" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-0959" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03969609v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Spearrin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-2062" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03947703v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil P Nair" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miles O Richmond" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.479155" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04061759v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre B Mariotto" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Pannier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Vincent-Randonnier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabi Daniel Stancu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/acc9da" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862192v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-022-07934-4" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03862194v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00340-022-07931-7" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607157v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victorien Blanchard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O Laux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ac5cd4" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715867v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anil Pradeep Nair" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ac7b13" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117288v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vignat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Preethi Rajendram Soundararajan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Durox" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Renaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proci.2020.06.136" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03123580v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mariotto" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabi D. Stancu" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/abe0a3" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02614662v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Stepanyan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Laux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6595/ab94d3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02164353v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciprian Dumitrache" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Gallant" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergey Stepanyan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab28f9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02118073v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Salmon" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ab1ba4" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266591v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Schr&#246;ter" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apiwat Wijaikhum" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gibson" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew West" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Davies" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8cp02473a" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483196v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Goutier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Delahaie" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean Mcguire" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2026-1424" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05482350v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sean D Mcguire" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2026-1425" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224082v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariya Olaee" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mitchell Spearrin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-4381" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135544v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2023-3731" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527544v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2373" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527547v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2398" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527548v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Fiorina" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2255" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527546v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Mellor" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-2231" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04123257v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Schwarm" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Enayati" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsu-Chin Tsao" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/ICEF2022-88543" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715869v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex R Keller" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Otomize" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2022-1265" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03117130v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-1700" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103724v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabi-Daniel Stancu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2021-1698" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02431589v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2020-0437" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472492v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Mariotto" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154586v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01990137v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2019-0463" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866398v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2018-0930" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02342228v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Wijiakaum" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bredin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Niemi" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866392v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866565v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Salmon" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Pannier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gd Stancu" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917517v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.D. Stancu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866537v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe O. Laux" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866390v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03155208v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020UPAST052" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>