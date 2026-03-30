--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:108.47457627119px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas MOLLE </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences, ATILF (UMR7118 CNRS & Université de Lorraine)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nicolas-molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7497-6346</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">199566550</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Directeur de l'UFR </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve"> LANSAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-éditeur de la revue </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanges CRAPEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Trésorier de l'</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARDAA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(https://)Membre du CA </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Page perso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does an autonomising scheme contribute to changing university students’ representations of language learning?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kossi Seto Yibokou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Learning in Higher Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (1), pp.131-144. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cercles-2024-0104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Je ne sais pas trop comment m’y prendre... » : les enseignants Lansad face aux défis de la traduction automatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Hamza-Jamann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nassau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (3), </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/130lw⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping the Use of Generative Artificial Intelligence (GAI) in Language Learning Among Lansad Students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Hamza-Jamann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23-2, </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15bf1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generative AI in language learning: a study of ChatGPT uses in a French as a Foreign Language Department</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nassau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langues Modernes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives d’avenir des Centres de Langues &amp; Centres de Ressources en Langues : quelle(s) vision(s) du futur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kossi Seto Yibokou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et pratiques pédagogiques en langues. Cahiers de l’APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 43 (2), </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12qye⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détournement des applications immersives pour un apprentissage authentique et situé dans un Centre de Ressources en Langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et pratiques pédagogiques en langues. Cahiers de l’APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 43 (2), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12qyh⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutionalised autonomisation of language learning in a French language centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Learning in Higher Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.231-245. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cercles-2023-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EDOLANG ou le renouveau de l'autonomisation des apprenants à l'ère du numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges CRAPEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (2), pp.8-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pandémie et continuité pédagogique : peut-on faciliter le passage à distance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 41 (2), </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/apliut.10174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05249789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et perceptions des outils de traduction automatique : une enquête auprès d'apprenants Lansad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nassau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (2), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/alsic.6239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04750249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">50 ans d'autonomie dans les Mélanges Crapel : une revue systématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges CRAPEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04750260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle comme vecteur d’immersion pour apprendre les langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes en didactique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Transmission et vecteurs/vectors, 34, pp.69-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02939273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real and perceived affordances of Immersive Virtual Environments in a language teacher-training context: effects on the design of learning tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Docência e Cibercultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (3), pp.83-111. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12957/redoc.2020.56752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle comme vecteur d'immersion pour apprendre les langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes en didactique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Transmission &amp; vecteurs/vectors, 34, pp.69-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04013114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adding virtual reality to the university self-access language centre. Brave new world or passing fad?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Language Policy = Revue européenne de politique linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02378246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’un service transversal prestataire de services à une UFR décisionnaire de la politique des langues : exemple concret de la structuration d’une UFR Lansad à l'université de Lorraine et de ses impacts en termes de recherche et formations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Le secteur Lansad, fédérateur de diversité(s) ?, 38 (1), </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/apliut.6653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02367644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer la pluralité des usages de l’IAG dans le contexte Lansad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Hamza-Jamann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème Congrès de RANACLES : Pluralité des apprentissages en centres de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nantes, Nov 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05385841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle(s) pratique(s) du prompt : l'IA Générative transforme-t-elle l'apprentissage des langues ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Hamza-Jamann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Cousinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NéALA : Naturel et Artificiel en linguistique appliquée : une époque de paradoxes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les outils de traduction automatique dans une classe de langue : &amp;quot;Rien n’est parfait, mais ça ne veut pas dire qu’ils sont nuls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Hamza-Jamann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nassau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives didactiques pour la traduction automatique et l’apprentissage des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutionnalisation du secteur Lansad à L’Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour la gouvernance linguistique des universités et établissements d’enseignement Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtually Real Stimulations in English for Professional Purposes (EPP): Promising Leads for Language and Soft Skills Training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kossi Seto Yibokou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocall 2021: CALL &amp; Professionalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03715028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EDOlang ou le renouveau de l’autonomisation des apprenants à l’ère du numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Didactique et acquisition des langues (ARDAA). Congrès SAES 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03449023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pandémie et continuité pédagogique, quel type de formation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIIeme congres RANACLES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03449031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles expériences d’apprentissage en CRL : l’apport de la réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SAES, Université d’Aix-Marseille. Atelier de l’ARDAA – Association pour la recherche en didactique de l’anglais et en acquisition.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Aix-Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cours hybrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier. Journées pédagogiques de l’UFR Lansad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques immersives en soutien à l’apprentissage / enseignement des langues : la réalité virtuelle, un gadget ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire hebdomadaire de l’UMR 7118 – ATILF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le CRL un potentiel pivot de la politique linguistique et de la formation en langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interactions et apprentissages dans les centres de (ressources en) langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction et apprentissage dans les centres de (ressources en) langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de l’association RANACLES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Aix-Marseille, Nov 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création d'un ‘espace réalité virtuelle’ en CRL : objectifs et opportunités pour l'apprentissage des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les immersions linguistiques appuyées et augmentées par le numérique : Mobilités, Interactions, Virtualités, Authenticités ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La séparation des compétences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier. Journées pédagogiques de l’UFR Lansad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cas d’un Master 2 Juriste d’Affaires International : l’Anglais comme nécessaire Lingua Franca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">l’Internationalisation des Formations et les Dispositifs d’Enseignement des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APLIUT, May 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutionnalisation du Secteur Lansad à l’Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La gouvernance linguistique des universités et établissements d'enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Éditions de l'École polytechnique, pp.319-327, 2022, 978-2-7302-1696-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’intégration des dimensions sociale et psychologique de l’autonomie dans l’élaboration d’un outil d’autoévaluation pour la pratique orale en langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Évaluation(s) et autonomisation dans l’enseignement-apprentissage des langues étrangères à l’université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, A paraître</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02950892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faut-il forcément faire cours en anglais pour internationaliser les formations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.qykh3gurc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId74"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:108.47457627119px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas MOLLE </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences, ATILF (UMR7118 CNRS & Université de Lorraine)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">nicolas-molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-7497-6346</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">199566550</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Directeur de l'UFR </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve"> LANSAD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Co-éditeur de la revue </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanges CRAPEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Trésorier de l'</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ARDAA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">(https://)Membre du CA </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ranacles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Page perso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping the Use of Generative Artificial Intelligence (GAI) in Language Learning Among Lansad Students</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Hamza-Jamann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherches en Didactique des Langues et Cultures - Les Cahiers de l'Acedle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 23-2, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/15bf1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05417961v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">« Je ne sais pas trop comment m’y prendre... » : les enseignants Lansad face aux défis de la traduction automatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Hamza-Jamann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nassau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 27 (3), </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/130lw⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does an autonomising scheme contribute to changing university students’ representations of language learning?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kossi Seto Yibokou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Learning in Higher Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (1), pp.131-144. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cercles-2024-0104⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generative AI in language learning: a study of ChatGPT uses in a French as a Foreign Language Department</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nassau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Langues Modernes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05313736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Perspectives d’avenir des Centres de Langues &amp; Centres de Ressources en Langues : quelle(s) vision(s) du futur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kossi Seto Yibokou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et pratiques pédagogiques en langues. Cahiers de l’APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 43 (2), </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12qye⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Détournement des applications immersives pour un apprentissage authentique et situé dans un Centre de Ressources en Langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et pratiques pédagogiques en langues. Cahiers de l’APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 43 (2), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/12qyh⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04803284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutionalised autonomisation of language learning in a French language centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Learning in Higher Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.231-245. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1515/cercles-2023-2013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EDOLANG ou le renouveau de l'autonomisation des apprenants à l'ère du numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges CRAPEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 43 (2), pp.8-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pandémie et continuité pédagogique : peut-on faciliter le passage à distance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 41 (2), </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/apliut.10174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05249789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Usages et perceptions des outils de traduction automatique : une enquête auprès d'apprenants Lansad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nassau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ALSIC - Apprentissage des Langues et Systèmes d'Information et de Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (2), </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/alsic.6239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04750249v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">50 ans d'autonomie dans les Mélanges Crapel : une revue systématique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mélanges CRAPEL</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04750260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle comme vecteur d’immersion pour apprendre les langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes en didactique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Transmission et vecteurs/vectors, 34, pp.69-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02939273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Real and perceived affordances of Immersive Virtual Environments in a language teacher-training context: effects on the design of learning tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revista Docência e Cibercultura</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 4 (3), pp.83-111. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.12957/redoc.2020.56752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938908v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réalité virtuelle comme vecteur d'immersion pour apprendre les langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes en didactique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Transmission &amp; vecteurs/vectors, 34, pp.69-89</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04013114v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adding virtual reality to the university self-access language centre. Brave new world or passing fad?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Language Policy = Revue européenne de politique linguistique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 11 (2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02378246v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D’un service transversal prestataire de services à une UFR décisionnaire de la politique des langues : exemple concret de la structuration d’une UFR Lansad à l'université de Lorraine et de ses impacts en termes de recherche et formations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Le secteur Lansad, fédérateur de diversité(s) ?, 38 (1), </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/apliut.6653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02367644v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explorer la pluralité des usages de l’IAG dans le contexte Lansad</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Hamza-Jamann</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">32ème Congrès de RANACLES : Pluralité des apprentissages en centres de langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Nantes, Nov 2025, Nantes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05385841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle(s) pratique(s) du prompt : l'IA Générative transforme-t-elle l'apprentissage des langues ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Hamza-Jamann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Cousinard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NéALA : Naturel et Artificiel en linguistique appliquée : une époque de paradoxes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les outils de traduction automatique dans une classe de langue : &amp;quot;Rien n’est parfait, mais ça ne veut pas dire qu’ils sont nuls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anissa Hamza-Jamann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Nassau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives didactiques pour la traduction automatique et l’apprentissage des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05224833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virtually Real Stimulations in English for Professional Purposes (EPP): Promising Leads for Language and Soft Skills Training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kossi Seto Yibokou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Eurocall 2021: CALL &amp; Professionalisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03715028v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutionnalisation du secteur Lansad à L’Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pour la gouvernance linguistique des universités et établissements d’enseignement Supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EDOlang ou le renouveau de l’autonomisation des apprenants à l’ère du numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier Didactique et acquisition des langues (ARDAA). Congrès SAES 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Tours, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03449023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pandémie et continuité pédagogique, quel type de formation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXVIIIeme congres RANACLES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03449031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le CRL un potentiel pivot de la politique linguistique et de la formation en langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interactions et apprentissages dans les centres de (ressources en) langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Aix en Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02938965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les pratiques immersives en soutien à l’apprentissage / enseignement des langues : la réalité virtuelle, un gadget ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Ciekanski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Privas-Bréauté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire hebdomadaire de l’UMR 7118 – ATILF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles expériences d’apprentissage en CRL : l’apport de la réalité virtuelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la SAES, Université d’Aix-Marseille. Atelier de l’ARDAA – Association pour la recherche en didactique de l’anglais et en acquisition.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Aix-Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les cours hybrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier. Journées pédagogiques de l’UFR Lansad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interaction et apprentissage dans les centres de (ressources en) langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel de l’association RANACLES</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Aix-Marseille, Nov 2019, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03120142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création d'un ‘espace réalité virtuelle’ en CRL : objectifs et opportunités pour l'apprentissage des langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Paris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les immersions linguistiques appuyées et augmentées par le numérique : Mobilités, Interactions, Virtualités, Authenticités ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02473458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La séparation des compétences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Atelier. Journées pédagogiques de l’UFR Lansad</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03188667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le cas d’un Master 2 Juriste d’Affaires International : l’Anglais comme nécessaire Lingua Franca</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">l’Internationalisation des Formations et les Dispositifs d’Enseignement des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, APLIUT, May 2017, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02959463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 10. Conception d’un outil d’autoévaluation pour la pratique orale en langues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmenne Kalyaniwala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Peggy Candas; Pia Acker; Denyze Toffoli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissage, Évaluation(s) et autonomisation. L’enseignement des langues à l’université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Septentrion Presses Université, 2025, Education et Didactique, 978-2-7574-4370-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02950892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutionnalisation du Secteur Lansad à l’Université de Lorraine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Chateau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La gouvernance linguistique des universités et établissements d'enseignement supérieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Éditions de l'École polytechnique, pp.319-327, 2022, 978-2-7302-1696-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05250126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faut-il forcément faire cours en anglais pour internationaliser les formations ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégory Miras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Molle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.64628/AAK.qykh3gurc⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04709932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId74"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E2E9E266"/>
+    <w:nsid w:val="BA3B3691"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-molle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7497-6346" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/199566550" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lansad.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atilf.fr/publications/revues-atilf/melanges-crapel/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ardaa.hypotheses.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ranacles.org/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perso.atilf.fr/nmolle/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250161v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chateau" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Molle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi Seto Yibokou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cercles-2024-0104" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224843v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Hamza-Jamann" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nassau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/130lw" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417961v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bf1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313736v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803273v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmenne Kalyaniwala" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qye" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803284v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qyh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250146v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cercles-2023-2013" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250179v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249789v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.10174" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-J8BPKQKJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750249v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.6239" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750260v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939273v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Privas-Br&#233;aut&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Ciekanski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938908v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12957/redoc.2020.56752" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013114v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378246v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Paris" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367644v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.6653" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385841v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224812v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Cousinard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224833v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473407v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03715028v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449023v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449031v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473394v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188668v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473445v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938965v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120142v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473458v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188667v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959463v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250126v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02950892v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709932v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Miras" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.qykh3gurc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-molle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7497-6346" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/199566550" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lansad.univ-lorraine.fr/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atilf.fr/publications/revues-atilf/melanges-crapel/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ardaa.hypotheses.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ranacles.org/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://perso.atilf.fr/nmolle/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05417961v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anissa Hamza-Jamann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Molle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15bf1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224843v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nassau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/130lw" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250161v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chateau" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi Seto Yibokou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cercles-2024-0104" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313736v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803273v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmenne Kalyaniwala" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qye" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04803284v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12qyh" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250146v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cercles-2023-2013" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250179v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249789v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.10174" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-J8BPKQKJ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750249v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/alsic.6239" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750260v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02939273v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Privas-Br&#233;aut&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Ciekanski" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938908v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12957/redoc.2020.56752" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04013114v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378246v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Paris" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367644v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Martin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.6653" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05385841v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224812v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Cousinard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05224833v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03715028v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473407v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449023v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03449031v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938965v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473445v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473394v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188668v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120142v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02473458v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03188667v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959463v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02950892v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250126v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709932v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Miras" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/AAK.qykh3gurc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>