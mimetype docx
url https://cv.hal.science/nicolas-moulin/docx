--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -196,321 +196,321 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures de perméabilité de structures poreuses en impression 3D : Vers une convergence entre résultats expérimentaux et numériques</w:t>
+                <w:t xml:space="preserve">Challenges in modelling the forming of unidirectional HiTape® reinforcements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Baral</w:t>
+                <w:t xml:space="preserve">Bastien Durif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Bruchon</w:t>
+                <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Drapier</w:t>
+                <w:t xml:space="preserve">Laure Bouquerel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Blais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESAFORM 2021 - 24th International Conference on Material Forming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Liège, Apr 2021, Liège, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25518/esaform21.2299⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05360142v1</w:t>
+                <w:t xml:space="preserve">emse-04919665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges in modelling the forming of unidirectional HiTape® reinforcements</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bastien Durif</w:t>
+                <w:t xml:space="preserve">Mesures de perméabilité de structures poreuses en impression 3D : Vers une convergence entre résultats expérimentaux et numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Baral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maxime Blais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAFORM 2021 - 24th International Conference on Material Forming</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-04919665v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05360142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduction de modèles darcéens diphasiques transitoires par POD-Galerkin à partir de données stationnaires grossières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maydine Ghestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -561,90 +561,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogénéisation stochastique d'écoulements transverses en régimes saturé et transitoire pour la modélisation des procédés d'élaboration de composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Geoffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26e Congrès Français de Mécanique (CFM 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Laboratoire d'Etude des Microstructures et de Mécanique des Matériaux (LEM3 - UMR CNRS 7239), Aug 2025, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -669,90 +669,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Homogénéisation stochastique des écoulements diphasiques transverses transitoires dans les milieux fibreux pour modéliser l'élaboration de composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Geoffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LMPS, Jun 2025, Gif-sur-Yvette, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -777,90 +777,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A stochastic upscaling approach of impregnation flows in fibrous microstructures for composite process modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Geoffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM21 - 21th European Conference on Composite Materials - For academia and industry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CENTRALE NANTES; Nantes Université, Jul 2024, Nantes, France. pp.308-315</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1010,90 +1010,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Permeability of 3D printed porous media: towards the convergence of experimental and numerical results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Baral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCM21 - 21th European Conference on Composite Materials - For academia and industry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CENTRALE NANTES; Nantes Université, Jul 2024, Nantes, France. pp.757 - 764</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1144,51 +1144,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Ben Elhaj Salah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Le Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1403,51 +1403,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th International Workshop on Model Reduction Techniques (MORTEch)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1511,64 +1511,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd Computational Fluids Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Cannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1606,64 +1606,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation de perméabilités numériques (benchmark international) – application à l’élaboration de matériaux composites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SImulation et Modélisation pour l’Ingénierie Virtuelle (SIMIV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Saint-Etienne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1852,51 +1852,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymères &amp; Composites pour l’aéronautique et le spatial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1973,51 +1973,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd Computational Fluids Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2023, Cannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2068,64 +2068,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Geoffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECCOMAS Congress 2022 - 8th European Congress on Computational Methods in Applied Sciences and Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2306,51 +2306,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Geoffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2423,64 +2423,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Geoffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2518,64 +2518,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accélération de simulations éléments finis de problèmes transitoires par projection de Galerkin à partir de solutions obtenues en régime permanent diphasique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maydine Ghestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2639,51 +2639,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A P1/P1 Finite Element Framework for Taking Into Account Capillary Effects in Biphasic Flow Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2760,90 +2760,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A P1/P1 Finite Element Framework for Taking Into Account Capillary Effects in Biphasic Flow Simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th WCCM-ECCOMAS Congress - World Congress on Computational Mechanic</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2021, Virtual Congress, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2871,467 +2871,463 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03522798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse thermique numérique et expérimentale durant un chauffage par micro-ondes : comparaison entre approches directe et hybride</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical assessment of capillary pressure by flow simulation in a fibrous medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inès Ghorbel</w:t>
+                <w:t xml:space="preserve">Koloina Andriamananjara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Ganster</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">H.N. Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poudres 2019 : Matériaux Frittés et Fabrication Additive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Grenoble, France</w:t>
+              <w:t xml:space="preserve">ICCM 22 - 22nd International Conference on Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Melbourne, Australia. pp.181</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-05018657v1</w:t>
+                <w:t xml:space="preserve">emse-04920904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical assessment of capillary pressure by flow simulation in a fibrous medium</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyse thermique numérique et expérimentale durant un chauffage par micro-ondes : comparaison entre approches directe et hybride</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Koloina Andriamananjara</w:t>
+                <w:t xml:space="preserve">Inès Ghorbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H.N. Vo</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Patrick Ganster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCM 22 - 22nd International Conference on Composite Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Melbourne, Australia. pp.181</w:t>
+              <w:t xml:space="preserve">Poudres 2019 : Matériaux Frittés et Fabrication Additive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-04920904v1</w:t>
+                <w:t xml:space="preserve">emse-05018657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical assessment of capillary pressure by flow simulation in a fibrous medium</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">H.N. Vo</w:t>
+                <w:t xml:space="preserve">Mise en oeuvre de l'adhésion-frottement pour le formage de renforts composites UDs HiTape®</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Bouquerel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bastien Durif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Bruchon</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sylvain Drapier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICCM 22 - 22nd International Conference on Composite Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Melbourne, Australia</w:t>
+              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-05018844v1</w:t>
+                <w:t xml:space="preserve">hal-04824629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Écoulements capillaires dans une microstructure fibreuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
@@ -3354,230 +3350,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04824595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en oeuvre de l'adhésion-frottement pour le formage de renforts composites UDs HiTape®</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Numerical assessment of capillary pressure by flow simulation in a fibrous medium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koloina Andriamananjara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.N. Vo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
+              <w:t xml:space="preserve">ICCM 22 - 22nd International Conference on Composite Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Melbourne, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04824629v1</w:t>
+                <w:t xml:space="preserve">emse-05018844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation numérique en configuration industrielle de procédés d'élaboration de composites structuraux par infusion de résine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kouetcha Daniella Nguemalieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koloina Andriamananjara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14ème Colloque National en Calcul de Structures (CSMA 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, LEM3, MSME, Université de Lorraine, Arts et Métiers, CNRS, May 2019, Hyères, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3602,90 +3602,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical and experimental thermal analysis for direct and hybrid microwave heating (of SiC)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Ghorbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ganster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECerS16 - 16th Conference of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Turin, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3710,51 +3710,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche multi-échelle pour la simulation numérique de procédés d'élaboration directe par infusion de résine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koloina Andriamananjara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3762,51 +3762,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème Journées Nationales sur les Composites</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École Nationale Supérieure d'Arts et Métiers (ENSAM) - Bordeaux, Jul 2019, Bordeaux, Talence, France</w:t>
@@ -3835,77 +3835,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling and Simulating the Forming of New Dry Automated Lay-up Reinforcements for Primary Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bouquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boisse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3965,77 +3965,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation et Simulation de la Mise en Forme d'un Renfort Sec pour Structures Primaires Aéronautiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bouquerel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Boisse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4073,90 +4073,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison des modèles de Darcy et de Brinkman pour la prise en compte des effets capillaires locaux dans la simulation des écoulements macroscopiques en milieux poreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koloina Andriamananjara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4207,64 +4207,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rabih Mezher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris-Saclay, May 2017, Giens, Var, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4289,90 +4289,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prise en compte des effets capillaires locaux dans la simulation des procédés d'infusion pour les composites structuraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koloina Andriamananjara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Nationales sur les Composites 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École des Ponts ParisTech (ENPC), Jun 2017, 77455 Champs-sur-Marne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4423,77 +4423,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yujie Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12e Colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4518,103 +4518,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche monolithique pour la simulation numérique des procédés d'élaboration de matériaux composites par infusion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, May 2015, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4652,77 +4652,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monolithic approach for coupling Stokes-Darcy in severe regimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Abouorm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4760,77 +4760,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation par éléments finis des procédés par infusion de résine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pacquaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Abouorm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4881,77 +4881,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Utilisation d'une méthode Level Set pour le couplage Stokes-Darcy : application aux procédés d'élaboration par infusion de résine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pacquaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e Colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CSMA, May 2009, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5315,51 +5315,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Ferrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Descamps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Mathematical Modelling</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 136, pp.115612. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5553,64 +5553,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aubin Geoffre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transport in Porous Media</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 147 (2), pp.345 à 374. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5644,103 +5644,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct microwave heating of alumina for different densities: experimental and numerical thermal analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Ghorbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ganster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 106 (5), pp.2773-2785. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5768,287 +5768,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04664493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bounding transverse permeability of fibrous media: a statistical study from random representative volume elements with consideration of fluid slip</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maydine Ghestin</w:t>
+                <w:t xml:space="preserve">Experimental and numerical thermal analysis for direct microwave heating of silicon carbide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Ghorbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ganster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bruchon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 143, pp.103751. </w:t>
+              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 104 (1), pp.302-312. </w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2021.103751⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/jace.17451⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-03896733v1</w:t>
+                <w:t xml:space="preserve">emse-03223272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and numerical thermal analysis for direct microwave heating of silicon carbide</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrick Ganster</w:t>
+                <w:t xml:space="preserve">Bounding transverse permeability of fibrous media: a statistical study from random representative volume elements with consideration of fluid slip</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aubin Geoffre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maydine Ghestin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christophe Meunier</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Bruchon</w:t>
+                <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Ceramic Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 104 (1), pp.302-312. </w:t>
+              <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 143, pp.103751. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/jace.17451⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmultiphaseflow.2021.103751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">emse-03223272v1</w:t>
+                <w:t xml:space="preserve">emse-03896733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of intra-yarn flows on whole 3D woven fabric numerical permeability: from Stokes to Stokes-Darcy simulations</w:t>
               </w:r>
@@ -6073,64 +6073,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanneck Wielhorski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Multiphase Flow</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 129, pp.103349. </w:t>
@@ -6168,103 +6168,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical modeling of local capillary effects in porous media as a pressure discontinuity acting on the interface of a transient bi-fluid flow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koloina Andriamananjara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Material Forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6311,90 +6311,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Accounting for local capillary effects in two-phase flows with relaxed surface tension formulation in enriched finite elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 346 (8), pp.617-633. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6428,90 +6428,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resin infusion-based processes simulation : coupled Stokes-Darcy flows in orthotropic preforms undergoing finite strain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Material Forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 10 (Issue : 1), pp.43-54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6571,77 +6571,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yujie Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Liotier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comptes Rendus. Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 344 (4-5), pp.236-250. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6700,90 +6700,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A robust monolithic approach for resin infusion based process modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Abouorm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Blais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Key Engineering Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 611-612, pp.306-315. </w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6830,51 +6830,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Substrate Depletion Analysis and Modeling of the High Temperature Oxidation of Binary Alloys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Marrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Ganster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7264,64 +7264,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lara Abouorm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Moulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CURRENT STATE-OF-THE-ART ON MATERIAL FORMING: NUMERICAL AND EXPERIMENTAL APPROACHES AT DIFFERENT LENGTH-SCALES, PTS 1-3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 554-557, pp.447-455. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7368,77 +7368,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining a level-set method and a mixed stabilized P1/P1 formulation for coupling Stokes-Darcy flows</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pacquaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Moulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Numerical Methods in Fluids</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 69 (2), pp.459-480. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
@@ -7484,64 +7484,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation par éléments finis des procédés par infusion de résine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bruchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Drapier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Pacquaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8285,51 +8285,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="26834DE5"/>
+    <w:nsid w:val="1DB45868"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8516,51 +8516,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-moulin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4946-0142" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/123596289" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360142v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Baral" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moulin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bruchon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Drapier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04919665v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Durif" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bouquerel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Blais" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.2299" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313123v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maydine Ghestin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Ferrier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313012v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Geoffre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360129v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04873548v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04867767v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Cataldi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanneck Wielhorski" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Parret-Fr&#233;aud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Francesca Pucci" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04877094v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610944v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Ben Elhaj Salah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04937817v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ravel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05023804v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Drapier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019704v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05049991v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04871015v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05023742v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019688v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Badia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Descamps" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019534v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04593308v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jacques Liotier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5075/epfl-298799_978-2-9701614-0-0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04938543v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718295v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717978v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05018907v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chevalier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03522798v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.032" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05018657v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Ghorbel" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ganster" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04920904v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koloina Andriamananjara" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.N. Vo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05018844v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824595v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824629v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824619v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouetcha Daniella Nguemalieu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05018722v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420706v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670982v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boisse" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Beraud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5007995" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926717v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926723v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926876v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Mezher" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623670v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514282v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujie Liu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400461v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722059v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Abouorm" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592736v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pacquaut" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413706v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496740v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Parra-Denis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Bigot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jeulin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Kl&#246;cker" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05303732v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Hoang Thi Thanh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jamon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Landreau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Hainsworth" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Morana" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/qtwf-f99d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04664090v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2024.07.019" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04547252v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.104721" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04257598v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-023-01912-w" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04664493v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Meunier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.18971" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03896733v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2021.103751" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03223272v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.17451" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02888000v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2020.103349" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02015861v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-018-1442-3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02016311v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2018.06.008" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01577875v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-015-1259-2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01353584v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2016.02.004" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z8384SK4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01144951v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.611-612.306" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00957647v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Marrier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Wolski" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-012-9353-z" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MQGD8H2C-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00962433v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mattei" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Daniel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guiglionda" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2013.06.044" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-87QTV2D9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01011783v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00959587v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.554-557.447" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00830372v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.2569" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G333PSD8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852599v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abou Orm" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681824v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ducottet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.200900241" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853032v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2008.08.012" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXJ2QPM5-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681847v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00505850v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Feulvarch" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saillard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lornage" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bergheau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2005.02.135" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5N9TF765-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00348163v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-moulin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-4946-0142" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/123596289" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04919665v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Durif" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moulin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Drapier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bouquerel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Blais" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25518/esaform21.2299" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360142v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Baral" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bruchon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313123v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maydine Ghestin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Ferrier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313012v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aubin Geoffre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05360129v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04873548v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04867767v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Cataldi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanneck Wielhorski" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Parret-Fr&#233;aud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Francesca Pucci" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04877094v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04610944v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Ben Elhaj Salah" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04937817v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Ravel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05023804v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Drapier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019704v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05049991v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04871015v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05023742v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019688v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayoub Badia" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Descamps" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05019534v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04593308v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jacques Liotier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5075/epfl-298799_978-2-9701614-0-0" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04938543v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03718295v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717978v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05018907v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Chevalier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03522798v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23967/wccm-eccomas.2020.032" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04920904v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koloina Andriamananjara" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.N. Vo" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05018657v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Ghorbel" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ganster" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824629v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824595v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05018844v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824619v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouetcha Daniella Nguemalieu" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05018722v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420706v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670982v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Boisse" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Beraud" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.5007995" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926717v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926723v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926876v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabih Mezher" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623670v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01514282v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yujie Liu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01400461v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01722059v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Abouorm" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00592736v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Pacquaut" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01413706v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00496740v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Parra-Denis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Bigot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jeulin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helmut Kl&#246;cker" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-05303732v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Hoang Thi Thanh" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jamon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Landreau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Hainsworth" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Morana" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/qtwf-f99d" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04664090v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2024.07.019" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04547252v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2024.104721" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04257598v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11242-023-01912-w" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04664493v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Meunier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.18971" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03223272v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.17451" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-03896733v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2021.103751" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02888000v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmultiphaseflow.2020.103349" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02015861v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-018-1442-3" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-02016311v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2018.06.008" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01577875v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-015-1259-2" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01353584v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2016.02.004" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z8384SK4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01144951v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.611-612.306" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00957647v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Marrier" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Wolski" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-012-9353-z" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-MQGD8H2C-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00962433v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mattei" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Daniel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Guiglionda" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2013.06.044" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-87QTV2D9-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01011783v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00959587v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.554-557.447" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00830372v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fld.2569" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G333PSD8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00852599v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Abou Orm" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681824v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ducottet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.200900241" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853032v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijengsci.2008.08.012" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PXJ2QPM5-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00681847v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00505850v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Feulvarch" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Saillard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Lornage" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Bergheau" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmatprotec.2005.02.135" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5N9TF765-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00348163v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>