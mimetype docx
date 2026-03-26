--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Pech </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiota associated with the skin, gills, and gut of the fish Parachondrostoma toxostoma from the Rhône basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Freshwater Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/fwb.13437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canals as ecological corridors and hybridization zones for two cyprinid species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Duflot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Tissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 830 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-018-3843-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03438478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiota Diversity Within and Between the Tissues of Two Wild Interbreeding Species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ungaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 75 (3), pp.799-810. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-017-1077-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and advances for transcriptome assembly in non-model species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ungaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. J. Scott Mccairns</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Mévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (9), pp.e0185020. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0185020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale biomarker evaluation of the toxicity of a commercial azo dye (Disperse Red 1) in an animal model, the freshwater cnidarian Hydra attenuata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia de Jong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisela de Aragao Umbuzeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 96, pp.62-73. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2016.03.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01452189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When anthropogenic river disturbance decreases hybridisation between non-native and endemic Cyprinids and drives an ecomorphological displacement towards juvenile state in both species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melthide Sinama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (11), pp.e0142592. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0142592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary history of Chaetognatha inferred from molecular and morphological data: a case study for body plan simplification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samah Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Nève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sada Tekaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (1), pp.84. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12983-014-0084-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QDD version 3.1: a user-friendly computer program for microsatellite selection and primer design revisited: experimental validation of variables determining genotyping success rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dubut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Hingamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (6), pp.1302-1313. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1755-0998.12271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-homogeneous combination of two porous genomes induces complex body shape trajectories in cyprinid hybrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melthide Sinama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1742-9994-10-22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00837911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic Analysis of Thecosomata Blainville, 1824 (Holoplanktonic Opisthobranchia) Using Morphological and Molecular Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeannine Rampal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Cuoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (4), pp.59439 - 59439. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0059439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A shot in the genome: how accurately do shotgun 454 sequences represent a genome?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael G Gardner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Research Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (1), pp.259. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1756-0500-5-259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy and quality assessment of 454 GS-FLX Titanium pyrosequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Malausa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-12-245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges of microsatellite development in Lepidoptera: Euphydryas aurinia (Nymphalidae) as a case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melthide Sinama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dubut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Junker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 108 (108), pp.261-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01294296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SESAME (SEquence Sorter & AMplicon Explorer): genotyping based on high-throughput multiplex amplicon sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Piry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Desmarais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Galan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 27 (2), pp.277-278. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btq641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-throughput microsatellite isolation through 454 GS-FLX Titanium pyrosequencing of enriched DNA libraries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Malausa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Blancard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Duthoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11 (4), pp.638-644. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1755-0998.2011.02992.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A PCR-based method for diet analysis in freshwater organisms using rDNA barcoding on faeces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (1), pp.96-108. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1755-0998.2009.02795.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Representativeness of microsatellite distributions in genomes, as revealed by 454 GS-FLX Titanium pyrosequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11, pp.560. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-11-560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QDD: a user-friendly program to select microsatellite markers and design primers from large sequencing projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dubut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Malausa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 26 (3), pp.403-404. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btp670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of 55 novel polymorphic microsatellite loci for the critically endangered L. (Actinopterygii: Perciformes: Percidae) and cross-species amplification in five other percids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dubut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Wildlife Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 56 (6), pp.931-938. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10344-010-0421-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00609749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inter- and Extra-Indian Admixture and Genetic Diversity in Reunion Island Revealed by Analysis of Mitochondrial DNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dubut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Murail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Thionville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cartault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 73, pp.314-334</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00433392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garden plants dynamics at urban fallow land interfaces : influence of local versus landscape factors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Marco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Oliveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dutoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bertaudiere-Montes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salzburger Geographische Arbeiten</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 42, pp.25-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00372633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l’hybridation introgressive entre Chondrostoma t. toxostoma et Chondrostoma n. nasus (Téléostéen, Cyprinidae) en utilisant une approche multiple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puy Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la compatibilité génomique entre deux espèces de cyprinidés et son implication dans la réorganisation du transcriptome chez les hybrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ungaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ardisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Barascud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Rencontres de l'Ichtyologie en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Paris, France. 2015, RIF 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptic species in western and central Africa cichlids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Bilong Bilong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Elmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Congres of Evolution ESEB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chondrostoma hybrid zone: interaction between genes and environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Meeting "Genetic of Speciation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise en compte des phénomènes d'hybridation dans les politiques de conservation : illustration par l'étude d'une zone hybride entre deux espèces de Cyprinidae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e congrès le réveil du Dodo Journées des Sciences de la Conservation de la Biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude dans l’espace et dans le temps d’une zone hybride de Cyprinidae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2emes Journées de la Biodiversité organisées par l'Institut Français de la Biodiversité (IFB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of a cyprinid's hybrid zone over space and time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIIth Evolutionary Biology Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolutionary biology of Leuciscus souffia souffia, a french endemic cyprinidae : implication for its conservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIth Evolutionary Biology Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pertinence d'une approche combinée Sciences de la Nature et Sciences de l'Homme, pour prévoir et gérer les invasions d'espèces ornementales en région méditerranéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Marco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dutoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Journées francophones des Sciences de la Conservation de la Biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les crottes passent à la caisse: développement d’un barcoding alimentaire adapté aux poissons de rivières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Andre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e rencontre de l’Ichtyologie en France, RIF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossroads between population genomic and ecological approaches in the study of hybrid zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European congres of Ichthyology ECI XII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Cavtat - Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déchiffrer l'histoire évolutive en utilisant des approches multiples- Implications pour la conservation du blageon, Leuciscus souffia souffia (Téléostei : Cyprinidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de Conservation de la Biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2003, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de la croissance et de la reproduction de Chondrostoma t. toxostoma, Chondrostoma n. nasus et des hybrides entre les deux espèces dans une rivière aménagée, la Durance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Stolzenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cavalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIe Rencontre de l’ichtyologie en France (RIF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introgression mitochondriale et nucléaire entre deux espèces Chondrostoma t. toxostoma et Chondrostoma n. nasus (Teleostei: Cyprinidae) : implication dans la politique de conservation des espèces européennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Stolzenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIe Rencontre de l’ichtyologie en France (RIF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId121"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Nicolas Pech </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiota associated with the skin, gills, and gut of the fish Parachondrostoma toxostoma from the Rhône basin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Freshwater Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/fwb.13437⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02505021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Canals as ecological corridors and hybridization zones for two cyprinid species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Duflot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Tissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrobiologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 830 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10750-018-3843-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03438478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiota Diversity Within and Between the Tissues of Two Wild Interbreeding Species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Guivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ungaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 75 (3), pp.799-810. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-017-1077-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02270253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges and advances for transcriptome assembly in non-model species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ungaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. J. Scott Mccairns</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Mévy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 12 (9), pp.e0185020. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0185020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multi-scale biomarker evaluation of the toxicity of a commercial azo dye (Disperse Red 1) in an animal model, the freshwater cnidarian Hydra attenuata</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia de Jong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gisela de Aragao Umbuzeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Moreau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 96, pp.62-73. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.watres.2016.03.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01452189v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When anthropogenic river disturbance decreases hybridisation between non-native and endemic Cyprinids and drives an ecomorphological displacement towards juvenile state in both species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melthide Sinama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (11), pp.e0142592. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0142592⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01445169v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QDD version 3.1: a user-friendly computer program for microsatellite selection and primer design revisited: experimental validation of variables determining genotyping success rate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dubut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Hingamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (6), pp.1302-1313. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1755-0998.12271⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolutionary history of Chaetognatha inferred from molecular and morphological data: a case study for body plan simplification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samah Gasmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriel Nève</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sada Tekaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 11 (1), pp.84. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12983-014-0084-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785760v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-homogeneous combination of two porous genomes induces complex body shape trajectories in cyprinid hybrids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melthide Sinama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 10 (1), pp.1-16. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1742-9994-10-22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halsde-00837911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phylogenetic Analysis of Thecosomata Blainville, 1824 (Holoplanktonic Opisthobranchia) Using Morphological and Molecular Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeannine Rampal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Cuoc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yvan Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8 (4), pp.59439 - 59439. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0059439⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01771570v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A shot in the genome: how accurately do shotgun 454 sequences represent a genome?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael G Gardner</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Research Notes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 5 (1), pp.259. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1756-0500-5-259⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges of microsatellite development in Lepidoptera: Euphydryas aurinia (Nymphalidae) as a case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melthide Sinama</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dubut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Junker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Entomology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 108 (108), pp.261-266</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01294296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accuracy and quality assessment of 454 GS-FLX Titanium pyrosequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Malausa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12 (1), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-12-245⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01995051v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-throughput microsatellite isolation through 454 GS-FLX Titanium pyrosequencing of enriched DNA libraries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Malausa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Blancard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Duthoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11 (4), pp.638-644. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1755-0998.2011.02992.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01506135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SESAME (SEquence Sorter & AMplicon Explorer): genotyping based on high-throughput multiplex amplicon sequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Piry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erick Desmarais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Galan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 27 (2), pp.277-278. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btq641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02356496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Representativeness of microsatellite distributions in genomes, as revealed by 454 GS-FLX Titanium pyrosequencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 11, pp.560. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1471-2164-11-560⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663878v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A PCR-based method for diet analysis in freshwater organisms using rDNA barcoding on faeces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Ecology Resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 10 (1), pp.96-108. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/j.1755-0998.2009.02795.x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">QDD: a user-friendly program to select microsatellite markers and design primers from large sequencing projects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dubut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">André Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Malausa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioinformatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 26 (3), pp.403-404. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btp670⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02667917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of 55 novel polymorphic microsatellite loci for the critically endangered L. (Actinopterygii: Perciformes: Percidae) and cross-species amplification in five other percids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dubut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emese Meglécz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Wildlife Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 56 (6), pp.931-938. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10344-010-0421-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00609749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inter- and Extra-Indian Admixture and Genetic Diversity in Reunion Island Revealed by Analysis of Mitochondrial DNA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dubut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Murail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Thionville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Cartault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Human Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 73, pp.314-334</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00433392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Garden plants dynamics at urban fallow land interfaces : influence of local versus landscape factors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Marco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Oliveau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dutoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bertaudiere-Montes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Salzburger Geographische Arbeiten</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 42, pp.25-41</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00372633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude de l’hybridation introgressive entre Chondrostoma t. toxostoma et Chondrostoma n. nasus (Téléostéen, Cyprinidae) en utilisant une approche multiple</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Puy Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybium : Revue Internationale d’Ichtyologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03517491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Étude de la compatibilité génomique entre deux espèces de cyprinidés et son implication dans la réorganisation du transcriptome chez les hybrides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Ungaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ardisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Barascud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Rencontres de l'Ichtyologie en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Paris, France. 2015, RIF 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743393v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cryptic species in western and central Africa cichlids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Bilong Bilong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K Elmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axel Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Congres of Evolution ESEB</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2009, Torino, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535679v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chondrostoma hybrid zone: interaction between genes and environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Meeting "Genetic of Speciation"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2006, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535690v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prise en compte des phénomènes d'hybridation dans les politiques de conservation : illustration par l'étude d'une zone hybride entre deux espèces de Cyprinidae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2e congrès le réveil du Dodo Journées des Sciences de la Conservation de la Biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude dans l’espace et dans le temps d’une zone hybride de Cyprinidae</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2emes Journées de la Biodiversité organisées par l'Institut Français de la Biodiversité (IFB)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2004, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535705v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Study of a cyprinid's hybrid zone over space and time</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIIth Evolutionary Biology Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2004, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolutionary biology of Leuciscus souffia souffia, a french endemic cyprinidae : implication for its conservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIIth Evolutionary Biology Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03535710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les crottes passent à la caisse: développement d’un barcoding alimentaire adapté aux poissons de rivières</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Corse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Andre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4e rencontre de l’Ichtyologie en France, RIF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pertinence d'une approche combinée Sciences de la Nature et Sciences de l'Homme, pour prévoir et gérer les invasions d'espèces ornementales en région méditerranéenne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Marco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Dutoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Lavergne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème Journées francophones des Sciences de la Conservation de la Biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crossroads between population genomic and ecological approaches in the study of hybrid zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European congres of Ichthyology ECI XII</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Cavtat - Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déchiffrer l'histoire évolutive en utilisant des approches multiples- Implications pour la conservation du blageon, Leuciscus souffia souffia (Téléostei : Cyprinidae)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Dominique Salducci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Francophones de Conservation de la Biodiversité</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2003, Villeurbanne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison de la croissance et de la reproduction de Chondrostoma t. toxostoma, Chondrostoma n. nasus et des hybrides entre les deux espèces dans une rivière aménagée, la Durance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Stolzenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Cavalli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIe Rencontre de l’ichtyologie en France (RIF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introgression mitochondriale et nucléaire entre deux espèces Chondrostoma t. toxostoma et Chondrostoma n. nasus (Teleostei: Cyprinidae) : implication dans la politique de conservation des espèces européennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Costedoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Stolzenberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Pech</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remi Chappaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles André</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IIe Rencontre de l’ichtyologie en France (RIF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2003, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03533474v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId122"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505021v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guivier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chappaz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gilles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13437" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438478v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duflot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tissot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-018-3843-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02270253v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ungaro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-017-1077-9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681642v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Scott Mccairns" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe M&#233;vy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0185020" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452189v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia de Jong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisela de Aragao Umbuzeiro" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Moreau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.03.043" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445169v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corse" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melthide Sinama" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Costedoat" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0142592" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01785760v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Gasmi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel N&#232;ve" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sada Tekaya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12983-014-0084-7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02356473v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emese Megl&#233;cz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubut" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hingamp" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12271" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CJG44CKB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00837911v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-9994-10-22" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01771570v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Rampal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cuoc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Perez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0059439" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02356481v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G Gardner" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-5-259" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-01995051v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferreira" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Malausa" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-245" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294296v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Junker" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02356496v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Piry" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Desmarais" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Galan" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq641" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506135v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blancard" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duthoy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2011.02992.x" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666530v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2009.02795.x" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SX6RV5Q4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663878v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-560" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667917v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btp670" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609749v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Grenier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-010-0421-x" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433392v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Murail" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Thionville" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cartault" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00372633v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Marco" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Oliveau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bertaudiere-Montes" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517491v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Salducci" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puy Lim" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743393v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Petit" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ardisson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barascud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535679v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bilong Bilong" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Costedoat" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Elmer" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Andr&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Meyer" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535690v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chappaz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535693v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535705v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535699v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535710v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141312v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavergne" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533432v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Andre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533436v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533468v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533484v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Stolzenberg" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cavalli" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533474v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02505021v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guivier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pech" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chappaz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Gilles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.13437" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03438478v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Duflot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tissot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-018-3843-1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02270253v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Martin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Ungaro" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-017-1077-9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681642v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. J. Scott Mccairns" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe M&#233;vy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0185020" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01452189v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia de Jong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gisela de Aragao Umbuzeiro" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Moreau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.watres.2016.03.043" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5MLG6B8T-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445169v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corse" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melthide Sinama" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Costedoat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0142592" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02356473v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emese Megl&#233;cz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dubut" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Hingamp" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1755-0998.12271" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-CJG44CKB-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01785760v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samah Gasmi" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel N&#232;ve" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sada Tekaya" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12983-014-0084-7" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00837911v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Olivier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1742-9994-10-22" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01771570v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannine Rampal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Cuoc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Perez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0059439" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02356481v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G Gardner" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1756-0500-5-259" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294296v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Junker" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-01995051v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferreira" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Malausa" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-12-245" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01506135v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blancard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Duthoy" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2011.02992.x" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-montpellier.hal.science/hal-02356496v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Piry" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erick Desmarais" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Galan" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btq641" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663878v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-11-560" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666530v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1755-0998.2009.02795.x" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SX6RV5Q4-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02667917v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btp670" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00609749v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Grenier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10344-010-0421-x" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433392v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Murail" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Thionville" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Cartault" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00372633v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Marco" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Oliveau" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Dutoit" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bertaudiere-Montes" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03517491v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Salducci" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Puy Lim" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743393v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Petit" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ardisson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Barascud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535679v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Bilong Bilong" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Costedoat" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Elmer" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Andr&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Meyer" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535690v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Chappaz" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535693v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535705v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535699v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03535710v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533432v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Andre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01141312v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lavergne" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533436v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533468v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533484v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Stolzenberg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cavalli" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533474v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>