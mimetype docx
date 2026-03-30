--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -301,295 +301,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05137629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors Associated With Psychological Distress in Parents of LGBT + People</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Differential effects of psychological resources on well-being and psychological distress: a one-year longitudinal study during the COVID-19 pandemic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pellerin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Charbonnier</w:t>
+                <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Montalescot</w:t>
+                <w:t xml:space="preserve">Maya Corman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëtan Briet</w:t>
+                <w:t xml:space="preserve">Frederique Teissedre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Deshayes</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marylou Gouilly</w:t>
+                <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Family Process</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/famp.70051⟩</w:t>
+              <w:t xml:space="preserve">Journal of Positive Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17439760.2024.2433046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05137643v1</w:t>
+                <w:t xml:space="preserve">hal-04810799v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential effects of psychological resources on well-being and psychological distress: a one-year longitudinal study during the COVID-19 pandemic</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Pellerin</w:t>
+                <w:t xml:space="preserve">Factors Associated With Psychological Distress in Parents of LGBT + People</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Raufaste</w:t>
+                <w:t xml:space="preserve">Lucile Montalescot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maya Corman</w:t>
+                <w:t xml:space="preserve">Gaëtan Briet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frederique Teissedre</w:t>
+                <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
+                <w:t xml:space="preserve">Marylou Gouilly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Positive Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Family Process</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 64 (2), pp.e70051. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17439760.2024.2433046⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/famp.70051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04810799v2</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05137643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The effect of a short mindfulness meditation practice on positive mental health: Self-transcendence as a mediating process</w:t>
               </w:r>
@@ -752,51 +752,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gustavo Carrero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Dambrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -882,51 +882,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Juneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Stinus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Corman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noemi Michelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -990,51 +990,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Activités et motivations sous-jacentes : quelles relations avec le bien-être en confinement ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychologie Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 67 (4), pp.387-403. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1081,77 +1081,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychological resources and flexibility predict resilient mental health trajectories during the French covid‑19 lockdown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Corman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Teissedre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Dambrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1224,51 +1224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Dambrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Happiness Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 23, pp.3127-3142. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1449,51 +1449,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selflessness and Happiness in Everyday Life: An Experience Sampling Method Based Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Dambrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1553,51 +1553,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psychological Resources Protect Well-Being During the COVID-19 Pandemic: A Longitudinal Study During the French Lockdown</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 11, </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1797,103 +1797,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les facteurs impliqués dans les détériorations de santé des jeunes LGBT+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Briet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "Métamorphose des liens à l'adolescence" Reconfigurations ou invariants ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2025, Nimes, France</w:t>
@@ -1922,51 +1922,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Douleur de l'endométriose, dynamique affective et pleine conscience.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Baussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2073,51 +2073,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Dambrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2155,103 +2155,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Table ronde Hope LGBT+: Santé des familles LGBT+</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Briet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table ronde sur le projet Hope LGBT+</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Nimes, France</w:t>
@@ -2362,103 +2362,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de la résilience et du soutien social dans la détresse psychologique des jeunes LGBT+ : Une approche dyadique parent-enfant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Briet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">52ème congrès AFTCC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFTCC, Dec 2024, Paris, France</w:t>
@@ -2500,90 +2500,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets différentiels des ressources psychologiques: une étude longitudinale d’un an pendant la pandémie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Corman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederique Teissedre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVe Journées Internationales de Psychologie Différentielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Rennes (Université Rennes 2), France</w:t>
@@ -2625,90 +2625,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets différentiels des ressources psychologiques sur le bien-être et la détresse psychologique : Une étude longitudinale d'un an pendant la pandémie de COVID-19</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maya Corman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Teissedre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème Journées Internationales de Psychologie Différentielle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t>
@@ -2737,51 +2737,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Opérationnalisations de la flexibilité de la régulation affective et ses relations avec la flexibilité psychologique et les affects</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Priscila Ansai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2858,51 +2858,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Dambrun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’étude en psychologie guidées par l’entraînement mental à l’attention-vigilance --- Rencontre en visio-conférence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2998,64 +2998,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Goncalves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Deshayes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Spring day de l'Ecole Doctorale 583</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2025, Nîmes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3080,51 +3080,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Différences inter-et intra-individuelles dans le vécu affectif en lien avec la douleur chronique de l'endométriose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Le Vigouroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Baussard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3218,51 +3218,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selflessness and Happiness in Everyday Life : An Experience Sampling Method Based Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Raufaste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Dambrun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3775,51 +3775,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460766v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila Gamaiunova" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pellerin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-025-02721-6" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137629v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas David" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dambrun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15298868.2025.2515170" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137643v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montalescot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Briet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deshayes" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylou Gouilly" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/famp.70051" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810799v2" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Raufaste" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Corman" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Teissedre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Vigouroux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17439760.2024.2433046" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813398v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dambrun" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Hanley" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garland" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Oliveira" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Stinus" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5502/ijw.v14i3.3635" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637098v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Mathias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Carrero" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10902-024-00766-3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584708v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Juneau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Michelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00332941241246469" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208034v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.09.003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331086v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-14572-5" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607695v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10902-022-00503-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391637v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonetto" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dezecache" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Nugier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Inigo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0253430" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956310v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1614-0001/a000335" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050916v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.590276" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978442v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Trives" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ricard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.9405" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326099v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162642v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baussard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deninotti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Huberlant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lepage" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300918v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289290v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849306v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848040v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849359v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674893v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Teissedre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674862v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Ansai" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03142133v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069749v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Royer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goncalves" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675025v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Berrou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Francisco" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03142114v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142544v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Raufaste" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169505v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03827306v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021TOU20064" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460766v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liudmila Gamaiunova" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pellerin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12671-025-02721-6" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137629v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas David" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Dambrun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15298868.2025.2515170" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04810799v2" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Raufaste" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Corman" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederique Teissedre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Vigouroux" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17439760.2024.2433046" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05137643v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Charbonnier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Montalescot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Briet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Deshayes" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marylou Gouilly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/famp.70051" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813398v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Dambrun" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Hanley" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Garland" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de Oliveira" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Stinus" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5502/ijw.v14i3.3635" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637098v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Mathias" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Carrero" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10902-024-00766-3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04584708v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Juneau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemi Michelli" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/00332941241246469" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208034v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2022.09.003" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03331086v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-14572-5" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03607695v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10902-022-00503-8" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03391637v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bonetto" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dezecache" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Nugier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Inigo" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0253430" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956310v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1614-0001/a000335" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050916v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.590276" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978442v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elliott Trives" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Ricard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Shankland" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.9405" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05326099v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162642v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Baussard" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Deninotti" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Huberlant" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lepage" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300918v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289290v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849306v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848040v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04849359v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674893v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Teissedre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674862v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscila Ansai" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03142133v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069749v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Royer" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Goncalves" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675025v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Berrou" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Francisco" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03142114v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142544v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Raufaste" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169505v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03827306v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021TOU20064" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>