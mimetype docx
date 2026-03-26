--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1398,118 +1398,118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05442409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prolégomènes à la théorie monétaire de Jean Cartelier : les travaux de Steuart, Keynes et Schumpeter</w:t>
+                <w:t xml:space="preserve">Carbon Tax and Economic Stability: A Broader Approach to the Double Dividend of Ecological Taxation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Velardo</w:t>
+                <w:t xml:space="preserve">Clément Rau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 88, pp.82-111. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Business and Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (2), </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cep1.088.0082⟩</w:t>
+                <w:t xml:space="preserve">⟨10.33423/jabe.v27i2.7556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05062213v1</w:t>
+                <w:t xml:space="preserve">hal-05001961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Traité sur la Monnaie est-il l’œuvre majeure de John Maynard Keynes pour analyser le capitalisme contemporain ?</w:t>
               </w:r>
@@ -1580,1353 +1580,1353 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05064313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Critical Mistake of New Keynesian Economics, Demonstrated in a Revised Model of Blanchard and Kiyotaki</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prolégomènes à la théorie monétaire de Jean Cartelier : les travaux de Steuart, Keynes et Schumpeter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Jean-François Piluso</w:t>
+                <w:t xml:space="preserve">Tristan Velardo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Political Economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, pp.1-16. </w:t>
+              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 88, pp.82-111. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09538259.2025.2467444⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cep1.088.0082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04982494v1</w:t>
+                <w:t xml:space="preserve">hal-05062213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon Tax and Economic Stability: A Broader Approach to the Double Dividend of Ecological Taxation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Critical Mistake of New Keynesian Economics, Demonstrated in a Revised Model of Blanchard and Kiyotaki</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Rau</w:t>
+                <w:t xml:space="preserve">Nicolas Jean-François Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Business and Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (2), </w:t>
+              <w:t xml:space="preserve">Review of Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.33423/jabe.v27i2.7556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09538259.2025.2467444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05001961v1</w:t>
+                <w:t xml:space="preserve">hal-04982494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Asymmetrical Monetary Relations and Involuntary Unemployment in a General Equilibrium Model</w:t>
+                <w:t xml:space="preserve">Un retour sur les dessous de la validation par Keynes du modèle IS-LM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economics </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 18 (1), </w:t>
+              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1 (17), p. 159-185. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/econ-2022-0125⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17116-4.p.0159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04741833v1</w:t>
+                <w:t xml:space="preserve">hal-03826062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is corporate social responsibility effective in improving environmental quality? Literature review</w:t>
+                <w:t xml:space="preserve">L’effet de la gouvernance actionnariale sur l’emploi et le chômage : une revue de la littérature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Environmental Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15 (2), pp.1-11. </w:t>
+              <w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1 (19), pp.43-54. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21511/ee.15(2).2024.01⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ror.191.0043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04630926v1</w:t>
+                <w:t xml:space="preserve">hal-04136377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’effet de la gouvernance actionnariale sur l’emploi et le chômage : une revue de la littérature</w:t>
+                <w:t xml:space="preserve">Payments for environmental services and economic growth: A theoretical model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dickens Liwono Moba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Organisation Responsable</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ror.191.0043⟩</w:t>
+              <w:t xml:space="preserve"> Environmental Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (1), pp.70-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.21511/ee.15(1).2024.06⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04136377v1</w:t>
+                <w:t xml:space="preserve">hal-04525071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Payments for environmental services and economic growth: A theoretical model</w:t>
+                <w:t xml:space="preserve">L’efficacité partielle de la politique monétaire : une critique keynésienne du modèle de la nouvelle synthèse néoclassique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dickens Liwono Moba</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Environmental Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 15 (1), pp.70-81. </w:t>
+              <w:t xml:space="preserve">Revue d'économie financière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, n° 155 (3), pp.161-170. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21511/ee.15(1).2024.06⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ecofi.155.0161⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04525071v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04646208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’efficacité partielle de la politique monétaire : une critique keynésienne du modèle de la nouvelle synthèse néoclassique</w:t>
+                <w:t xml:space="preserve">Is corporate social responsibility effective in improving environmental quality? Literature review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'économie financière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, n° 155 (3), pp.161-170. </w:t>
+              <w:t xml:space="preserve"> Environmental Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15 (2), pp.1-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ecofi.155.0161⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21511/ee.15(2).2024.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04646208v1</w:t>
+                <w:t xml:space="preserve">hal-04630926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tobin's Q and shareholder value: Does “shareholder return” impede investment?</w:t>
+                <w:t xml:space="preserve">Asymmetrical Monetary Relations and Involuntary Unemployment in a General Equilibrium Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Financial Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">Economics </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/rfe.1214⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1515/econ-2022-0125⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04699405v1</w:t>
+                <w:t xml:space="preserve">hal-04741833v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monnaie et critique de l'Economie Politique, de Marx à Cartelier</w:t>
+                <w:t xml:space="preserve">Tobin's Q and shareholder value: Does “shareholder return” impede investment?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Raphael Porcherot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/rfse.033.0149⟩</w:t>
+              <w:t xml:space="preserve">Review of Financial Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/rfe.1214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04328109v1</w:t>
+                <w:t xml:space="preserve">hal-04699405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Keynes et les &amp;quot;fondements ricardiens du marxisme</w:t>
+                <w:t xml:space="preserve">Monnaie et critique de l'Economie Politique, de Marx à Cartelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Porcherot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/cep1.084.0147⟩</w:t>
+              <w:t xml:space="preserve">Revue Française de Socio-Economie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2 (33), pp.149-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rfse.033.0149⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03826056v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04328109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Refutations of Say’s Law and Dynamics of a Monetary Economy of Production</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
+                <w:t xml:space="preserve">Keynes et les &amp;quot;fondements ricardiens du marxisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Radical Political Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 56 (1), pp.101-115. </w:t>
+              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1 (84), pp.147-174. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/04866134231179758⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cep1.084.0147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04099488v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03826056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un retour sur les dessous de la validation par Keynes du modèle IS-LM</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Refutations of Say’s Law and Dynamics of a Monetary Economy of Production</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 1 (17), p. 159-185. </w:t>
+              <w:t xml:space="preserve">Review of Radical Political Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 56 (1), pp.101-115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-17116-4.p.0159⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/04866134231179758⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03826062v1</w:t>
+                <w:t xml:space="preserve">hal-04099488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Confrontation between shareholders and local residents over safety investments in high-risk industries</w:t>
+                <w:t xml:space="preserve">Chômage et domination des marchés financiers dans la Théorie Générale de Keynes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economic Analysis Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 2 (3), pp.54-66. </w:t>
+              <w:t xml:space="preserve">Economie appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2 (6), pp.69-92. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.58567/eal02030007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18063-0.p.0069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04154392v1</w:t>
+                <w:t xml:space="preserve">hal-04362241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why should the carbon tax be floating ?</w:t>
+                <w:t xml:space="preserve">Forces, faiblesses et paradoxes de la théorie monétaire de Walras</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Environmental Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (1), pp.81-90. </w:t>
+              <w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 69, </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21511/ee.14(1).2023.08⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/interventionseconomiques.22871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125654v2</w:t>
+                <w:t xml:space="preserve">hal-04254549v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Forces, faiblesses et paradoxes de la théorie monétaire de Walras</w:t>
+                <w:t xml:space="preserve">Why should the carbon tax be floating ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 69, </w:t>
+              <w:t xml:space="preserve"> Environmental Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.81-90. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/interventionseconomiques.22871⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21511/ee.14(1).2023.08⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04254549v2</w:t>
+                <w:t xml:space="preserve">hal-04125654v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chômage et domination des marchés financiers dans la Théorie Générale de Keynes</w:t>
+                <w:t xml:space="preserve">Confrontation between shareholders and local residents over safety investments in high-risk industries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie appliquée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 2 (6), pp.69-92. </w:t>
+              <w:t xml:space="preserve">Economic Analysis Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2 (3), pp.54-66. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-18063-0.p.0069⟩</w:t>
+                <w:t xml:space="preserve">⟨10.58567/eal02030007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04362241v1</w:t>
+                <w:t xml:space="preserve">hal-04154392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobility and income distribution</w:t>
               </w:r>
@@ -3023,898 +3023,885 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04136344v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The macroeconomic effects of climate policy: A Keynesian point of view</w:t>
+                <w:t xml:space="preserve">Le chômage involontaire de Keynes n’est-il que conjoncturel ? Un retour sur les débats autour de la formalisation du chômage keynésien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Le Héron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Environmental Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 13 (1), pp.16-27. </w:t>
+              <w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 68, pp.1-18. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.21511/ee.13(1).2022.02⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/interventionseconomiques.19694⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03777346v2</w:t>
+                <w:t xml:space="preserve">hal-03826068v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is investing in safety detrimental to the financial health of the firm ?</w:t>
+                <w:t xml:space="preserve">Les enseignements de quelques modèles macroéconomiques écologiques des économistes keynésiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Economics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 7 (4), pp.116-136. </w:t>
+              <w:t xml:space="preserve">Economie appliquée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 2, pp.51-81. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.54647/economics79325⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12814-4.p.0051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03741321v1</w:t>
+                <w:t xml:space="preserve">hal-03571794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enseignements de quelques modèles macroéconomiques écologiques des économistes keynésiens</w:t>
+                <w:t xml:space="preserve">The macroeconomic effects of climate policy: A Keynesian point of view</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie appliquée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 2, pp.51-81. </w:t>
+              <w:t xml:space="preserve"> Environmental Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.16-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-12814-4.p.0051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21511/ee.13(1).2022.02⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03571794v1</w:t>
+                <w:t xml:space="preserve">hal-03777346v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le chômage involontaire de Keynes n’est-il que conjoncturel ? Un retour sur les débats autour de la formalisation du chômage keynésien</w:t>
+                <w:t xml:space="preserve">Is investing in safety detrimental to the financial health of the firm ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Interventions Economiques : Papers in Political Economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 68, pp.1-18. </w:t>
+              <w:t xml:space="preserve">Journal of Economics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (4), pp.116-136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/interventionseconomiques.19694⟩</w:t>
+                <w:t xml:space="preserve">⟨10.54647/economics79325⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03826068v2</w:t>
+                <w:t xml:space="preserve">hal-03741321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stock-Flow Consistent Model with Repayment of Bank Loans Used to Finance Past Investments</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La monnaie comme postulat : le fondement d’une théorie monétaire nouvelle. Compte-rendu de l’ouvrage Money, markets and capital : the case for a monetary analysis, de Jean Cartelier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Review of Political Economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 35 (2), pp.454-475. </w:t>
+              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 80 (80), pp.157-166. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09538259.2021.1947659⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cep1.080.0157⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03779741v1</w:t>
+                <w:t xml:space="preserve">hal-03617127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La théorie monétaire institutionnaliste de Jean Cartelier : quels apports ?</w:t>
+                <w:t xml:space="preserve">A Keynesian reformulation of the WS-PS model: Keynesian unemployment and Classical unemployment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Colletis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economie et institutions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 29, </w:t>
+              <w:t xml:space="preserve">Economia politica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 38 (2), pp.447-460. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ei.6827⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s40888-021-00222-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03559713v2</w:t>
+                <w:t xml:space="preserve">hal-03171281v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La forme contemporaine d’existence de la monnaie dans une perspective marxiste</w:t>
+                <w:t xml:space="preserve">La théorie monétaire institutionnaliste de Jean Cartelier : quels apports ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 30, </w:t>
+              <w:t xml:space="preserve">Economie et institutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29, </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/regulation.19899⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ei.6827⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03285865v1</w:t>
+                <w:t xml:space="preserve">hal-03559713v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Keynesian reformulation of the WS-PS model: Keynesian unemployment and Classical unemployment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stock-Flow Consistent Model with Repayment of Bank Loans Used to Finance Past Investments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Cottin-Euziol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Colletis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Economia politica</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 38 (2), pp.447-460. </w:t>
+              <w:t xml:space="preserve">Review of Political Economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 35 (2), pp.454-475. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s40888-021-00222-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09538259.2021.1947659⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03171281v2</w:t>
+                <w:t xml:space="preserve">hal-03779741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La monnaie comme postulat : le fondement d’une théorie monétaire nouvelle. Compte-rendu de l’ouvrage Money, markets and capital : the case for a monetary analysis, de Jean Cartelier</w:t>
+                <w:t xml:space="preserve">La forme contemporaine d’existence de la monnaie dans une perspective marxiste</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 80 (80), pp.157-166. </w:t>
+              <w:t xml:space="preserve">Revue de la régulation. Capitalisme, institutions, pouvoirs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 30, </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cep1.080.0157⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/regulation.19899⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03617127v1</w:t>
+                <w:t xml:space="preserve">hal-03285865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Effects of the Consultation with Residents on the Prevention of Industrial Risks</w:t>
+                <w:t xml:space="preserve">Le salariat n'est pas un rapport d'échange : l'influence de la théorie de Schmitt sur celle de Jean Cartelier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Rau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 20 (3), pp.104-117. </w:t>
+              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, n° 78 (78), pp.143-171. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.33423/ajm.v20i3.3111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cep1.078.0143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02962371v1</w:t>
+                <w:t xml:space="preserve">hal-03048791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’hypothèse d’asymétrie entre entrepreneurs et salariés : norme ou exception dans l’histoire de l’analyse économique ?</w:t>
               </w:r>
@@ -3985,183 +3972,196 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03048816v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La place de l’asymétrie entre entrepreneurs et salariés dans quelques théories post-keynésiennes</w:t>
+                <w:t xml:space="preserve">The Effects of the Consultation with Residents on the Prevention of Industrial Risks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Rau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 1 (9), pp.155-173. </w:t>
+              <w:t xml:space="preserve">American Journal of Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 20 (3), pp.104-117. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10602-9.p.0155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.33423/ajm.v20i3.3111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02884058v1</w:t>
+                <w:t xml:space="preserve">hal-02962371v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le salariat n'est pas un rapport d'échange : l'influence de la théorie de Schmitt sur celle de Jean Cartelier</w:t>
+                <w:t xml:space="preserve">La place de l’asymétrie entre entrepreneurs et salariés dans quelques théories post-keynésiennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, n° 78 (78), pp.143-171. </w:t>
+              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 1 (9), pp.155-173. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cep1.078.0143⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10602-9.p.0155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03048791v1</w:t>
+                <w:t xml:space="preserve">hal-02884058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taxe carbone et stabilité de l'économie : pour un élargissement de la problématique du double dividende de la taxation écologique</w:t>
               </w:r>
@@ -4223,464 +4223,464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02280050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La monnaie : postulat ou résultat ? Une analyse à partir d'exemples de théories monétaires hétérodoxes</w:t>
+                <w:t xml:space="preserve">Autour de Keynes : les équilibres multiples du marché du travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 2 (6), pp.97-115. </w:t>
+              <w:t xml:space="preserve">Idées, la revue des sciences économiques et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, N° 194 (4), pp.56-61. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08759-5.p.0097⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/idee.194.0056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01964697v1</w:t>
+                <w:t xml:space="preserve">halshs-01964702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La condition d'efficacité de la politique économique dans les synthèses néoclassiques : rigidité des prix ou asymétrie du rapport salarial ?</w:t>
+                <w:t xml:space="preserve">La monnaie : postulat ou résultat ? Une analyse à partir d'exemples de théories monétaires hétérodoxes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, n° 74 (1), pp.139-159. </w:t>
+              <w:t xml:space="preserve">Revue d'histoire de la pensée économique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 2 (6), pp.97-115. </w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cep.074.0139⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08759-5.p.0097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01964699v1</w:t>
+                <w:t xml:space="preserve">halshs-01964697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autour de Keynes : les équilibres multiples du marché du travail</w:t>
+                <w:t xml:space="preserve">La condition d'efficacité de la politique économique dans les synthèses néoclassiques : rigidité des prix ou asymétrie du rapport salarial ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Idées, la revue des sciences économiques et sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, N° 194 (4), pp.56-61. </w:t>
+              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, n° 74 (1), pp.139-159. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/idee.194.0056⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cep.074.0139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01964702v1</w:t>
+                <w:t xml:space="preserve">halshs-01964699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faut-il abandonner la théorie économique de l'émergence de la monnaie ?</w:t>
+                <w:t xml:space="preserve">La taxe carbone dans une économie d'inspiration keynésienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Idées, la revue des sciences économiques et sociales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Vol. 8, n°3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.11928⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01965851v1</w:t>
+                <w:t xml:space="preserve">hal-01454866v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La taxe carbone dans une économie d'inspiration keynésienne</w:t>
+                <w:t xml:space="preserve">Faut-il abandonner la théorie économique de l'émergence de la monnaie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Edwin Le Héron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Idées, la revue des sciences économiques et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.11928⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01454866v3</w:t>
+                <w:t xml:space="preserve">hal-01965851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les investissements de sécurisation des sites industriels à risque et la concertation entre firmes et riverains: une approche théorique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Rau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Région et Développement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 43, https://regionetdeveloppement.univ-tln.fr/wp-content/uploads/3_Piluso.pdf</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4699,183 +4699,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01448421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une analyse critique de quelques modèles néoclassiques sur la RSE</w:t>
+                <w:t xml:space="preserve">Un examen critique des liens entre le Traité des probabilités et la Théorie générale de Keynes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Idées économiques et sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, N° 179 (1), pp.54-62. </w:t>
+              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n° 68 (1), pp.33-59. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/idee.179.0054⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/cep.068.0033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01399178v1</w:t>
+                <w:t xml:space="preserve">hal-01399077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un examen critique des liens entre le Traité des probabilités et la Théorie générale de Keynes</w:t>
+                <w:t xml:space="preserve">Une analyse critique de quelques modèles néoclassiques sur la RSE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Piluso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cahiers d'Economie Politique = Papers in political economy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, n° 68 (1), pp.33-59. </w:t>
+              <w:t xml:space="preserve">Idées économiques et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, N° 179 (1), pp.54-62. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cep.068.0033⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/idee.179.0054⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01399077v1</w:t>
+                <w:t xml:space="preserve">hal-01399178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Postulat de la monnaie et théorie de la valeur chez Marx</w:t>
               </w:r>
@@ -6124,51 +6124,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idref.fr/111112818" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9315-9376" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://viaf.org/viaf/193974294" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isni.org/isni/0000000139063824" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/rfe.1214" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://regulation.revues.org/10721" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-rousseau.fr/croissance-developpement-et-decroissance-dans-la-pensee-economique/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456936v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Piluso" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Porcherot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442409v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13209-025-00328-7" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062213v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Velardo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.088.0082" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064313v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponsot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/157is" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982494v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jean-Fran&#231;ois Piluso" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09538259.2025.2467444" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001961v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33423/jabe.v27i2.7556" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741833v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/econ-2022-0125" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630926v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21511/ee.15(2).2024.01" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136377v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ror.191.0043" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525071v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dickens Liwono Moba" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21511/ee.15(1).2024.06" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646208v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.155.0161" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699405v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rfe.1214" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328109v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Porcherot" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.033.0149" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826056v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Cottin-Euziol" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.084.0147" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099488v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/04866134231179758" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826062v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17116-4.p.0159" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154392v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58567/eal02030007" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125654v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21511/ee.14(1).2023.08" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254549v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interventionseconomiques.22871" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362241v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18063-0.p.0069" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136344v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Colletis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Blanchet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Badra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40953-023-00361-y" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777346v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le H&#233;ron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21511/ee.13(1).2022.02" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741321v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54647/economics79325" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571794v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12814-4.p.0051" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826068v2" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interventionseconomiques.19694" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779741v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09538259.2021.1947659" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559713v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.6827" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03285865v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.19899" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03171281v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40888-021-00222-y" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617127v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.080.0157" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962371v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33423/ajm.v20i3.3111" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048816v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ruellou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interventionseconomiques.11708" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884058v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10602-9.p.0155" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048791v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.078.0143" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280050v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Rau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964697v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08759-5.p.0097" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964699v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep.074.0139" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964702v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/idee.194.0056" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965851v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01454866v3" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Le H&#233;ron" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11928" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01448421v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399178v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/idee.179.0054" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399077v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep.068.0033" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070165v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.10721" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399186v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.5644" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399164v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/idee.174.0051" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672795v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00809436v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecoap.2011.3584" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399073v3" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/019976ar" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399031v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep.052.0105" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321522v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/16180-economie-de-l-environnement-9782340103535.html?srsltid=AfmBOop1BpAyyuhjhyEaEgSqIRdxbr2Lk-3u0ZuZT480qYdR1gVh59sC" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183704v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bod.fr/librairie/la-macroeconomie-pour-tous-nicolas-piluso-9782381273334" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725454v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374653v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374671v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501050v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.editions-ue.com/catalog/index?page=3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04253499v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://idref.fr/111112818" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9315-9376" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://viaf.org/viaf/193974294" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isni.org/isni/0000000139063824" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1002/rfe.1214" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://regulation.revues.org/10721" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-rousseau.fr/croissance-developpement-et-decroissance-dans-la-pensee-economique/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456936v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Piluso" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Porcherot" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05442409v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13209-025-00328-7" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05001961v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33423/jabe.v27i2.7556" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064313v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Ponsot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/157is" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05062213v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Velardo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.088.0082" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04982494v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Jean-Fran&#231;ois Piluso" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09538259.2025.2467444" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826062v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-17116-4.p.0159" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136377v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ror.191.0043" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04525071v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dickens Liwono Moba" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21511/ee.15(1).2024.06" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04646208v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.155.0161" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630926v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21511/ee.15(2).2024.01" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741833v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/econ-2022-0125" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04699405v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rfe.1214" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328109v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Porcherot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfse.033.0149" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826056v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Cottin-Euziol" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.084.0147" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04099488v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/04866134231179758" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362241v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-18063-0.p.0069" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254549v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interventionseconomiques.22871" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125654v2" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21511/ee.14(1).2023.08" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154392v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58567/eal02030007" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04136344v2" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Colletis" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Blanchet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Badra" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40953-023-00361-y" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826068v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Le H&#233;ron" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interventionseconomiques.19694" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03571794v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-12814-4.p.0051" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777346v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21511/ee.13(1).2022.02" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03741321v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54647/economics79325" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03617127v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.080.0157" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03171281v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40888-021-00222-y" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03559713v2" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ei.6827" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779741v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09538259.2021.1947659" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-03285865v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.19899" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048791v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep1.078.0143" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048816v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ruellou" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/interventionseconomiques.11708" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02962371v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33423/ajm.v20i3.3111" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884058v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10602-9.p.0155" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280050v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Rau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964702v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/idee.194.0056" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964697v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08759-5.p.0097" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01964699v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep.074.0139" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01454866v3" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Le H&#233;ron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.11928" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01965851v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01448421v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399077v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep.068.0033" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399178v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/idee.179.0054" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01070165v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/regulation.10721" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399186v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.5644" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399164v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/idee.174.0051" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01672795v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-00809436v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecoap.2011.3584" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399073v3" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/019976ar" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-01399031v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cep.052.0105" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321522v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-ellipses.fr/accueil/16180-economie-de-l-environnement-9782340103535.html?srsltid=AfmBOop1BpAyyuhjhyEaEgSqIRdxbr2Lk-3u0ZuZT480qYdR1gVh59sC" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183704v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bod.fr/librairie/la-macroeconomie-pour-tous-nicolas-piluso-9782381273334" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03725454v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374653v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374671v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501050v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://my.editions-ue.com/catalog/index?page=3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04253499v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>