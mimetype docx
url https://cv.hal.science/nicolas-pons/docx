--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -770,429 +770,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04006262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of laparoscopic Roux-en-Y gastric bypass and sleeve gastrectomy on gut microbiota: a metagenomic comparative analysis</w:t>
+                <w:t xml:space="preserve">Statin therapy is associated with lower prevalence of gut microbiota dysbiosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">William Farin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florian Plaza Oñate</w:t>
+                <w:t xml:space="preserve">Sara Vieira-Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Plassais</w:t>
+                <w:t xml:space="preserve">Gwen Falony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Bonny</w:t>
+                <w:t xml:space="preserve">Eugeni Belda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christoph Beglinger</w:t>
+                <w:t xml:space="preserve">Trine Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Aron-Wisnewsky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Surgery for Obesity and Related Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.soard.2020.03.014⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 581 (7808), pp.310-315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-020-2269-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02964357v1</w:t>
+                <w:t xml:space="preserve">hal-02964351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imidazole propionate is increased in diabetes and associated with dietary patterns and altered microbial ecology</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impact of laparoscopic Roux-en-Y gastric bypass and sleeve gastrectomy on gut microbiota: a metagenomic comparative analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trine Nielsen</w:t>
+                <w:t xml:space="preserve">William Farin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Plaza Oñate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Per-Olof Bergh</w:t>
+                <w:t xml:space="preserve">Jonathan Plassais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Rouault</w:t>
+                <w:t xml:space="preserve">Christophe Bonny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien André</w:t>
+                <w:t xml:space="preserve">Christoph Beglinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
+              <w:t xml:space="preserve">Surgery for Obesity and Related Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (7), pp.852-862. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-020-19589-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.soard.2020.03.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03041270v2</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02964357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statin therapy is associated with lower prevalence of gut microbiota dysbiosis</w:t>
+                <w:t xml:space="preserve">Imidazole propionate is increased in diabetes and associated with dietary patterns and altered microbial ecology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Vieira-Silva</w:t>
+                <w:t xml:space="preserve">Pierre Bel Lassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trine Nielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gwen Falony</w:t>
+                <w:t xml:space="preserve">Per-Olof Bergh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugeni Belda</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Trine Nielsen</w:t>
+                <w:t xml:space="preserve">Christine Rouault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Judith Aron-Wisnewsky</w:t>
+                <w:t xml:space="preserve">Sébastien André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 581 (7808), pp.310-315. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41586-020-2269-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-020-19589-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02964351v1</w:t>
+                <w:t xml:space="preserve">hal-03041270v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptional interactions suggest niche segregation among microorganisms in the human gut</w:t>
               </w:r>
@@ -1306,429 +1306,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01533942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying Diet-Induced Metabolic Changes of the Human Gut Microbiome</w:t>
+                <w:t xml:space="preserve">Disentangling type 2 diabetes and metformin treatment signatures in the human gut microbiota</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Saeed Shoaie</w:t>
+                <w:t xml:space="preserve">Kristoffer Forslund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pouyan Ghaffari</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Partho Sen</w:t>
+                <w:t xml:space="preserve">Falk Hildebrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trine Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwen Falony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Le Chatelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cmet.2015.07.001⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 528 (7581), pp.266-273. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature15766⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02634319v1</w:t>
+                <w:t xml:space="preserve">hal-01535324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific gut microbiota features and metabolic markers in postmenopausal women with obesity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantifying Diet-Induced Metabolic Changes of the Human Gut Microbiome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saeed Shoaie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pouyan Ghaffari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Petia Kovatcheva-Datchary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Brahe</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Le Chatelier</w:t>
+                <w:t xml:space="preserve">Adil Mardinoglu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E Prifti</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S Kennedy</w:t>
+                <w:t xml:space="preserve">Partho Sen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrition &amp; Diabetes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nutd.2015.9⟩</w:t>
+              <w:t xml:space="preserve">Cell Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 22 (2), pp.320-331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cmet.2015.07.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02552135v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02634319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Disentangling type 2 diabetes and metformin treatment signatures in the human gut microbiota</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Specific gut microbiota features and metabolic markers in postmenopausal women with obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Brahe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Le Chatelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Prifti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kristoffer Forslund</w:t>
+                <w:t xml:space="preserve">Nicolas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Falk Hildebrand</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Le Chatelier</w:t>
+                <w:t xml:space="preserve">S Kennedy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 528 (7581), pp.266-273. </w:t>
+              <w:t xml:space="preserve">Nutrition &amp; Diabetes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (6), pp.e159-e159. </w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nature15766⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nutd.2015.9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01535324v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02552135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1798,51 +1798,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sebastien Fromentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Morabito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Saliva Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Toon Ligtenberg, ACTA, May 2023, Egmond aan Zee, Netherlands</w:t>
@@ -2355,51 +2355,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mourad Benallaoua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -2590,51 +2590,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05115235v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghozlane" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thirion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Plaza O&#241;ate" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gauthier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-025-02249-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05168922v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Metwaly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Kriaa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Hassani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Carraturo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Druart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41575-025-01041-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133447v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rodriguez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Cordaillat-Simmons" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Badalato" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Berger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heloise Breton" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-024-01991-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04304765v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Licandro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fromentin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Morabito" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Quinquis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-47636-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006262v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Tagliamonte" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolo Laiola" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalia Ferracane" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Vitale" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gallo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-021-02538-8" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964357v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Farin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Plassais" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonny" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Beglinger" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soard.2020.03.014" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03041270v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bel Lassen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trine Nielsen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per-Olof Bergh" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rouault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Andr&#233;" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-19589-w" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964351v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Vieira-Silva" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Falony" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeni Belda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Aron-Wisnewsky" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2269-x" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533942v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Rafal Plichta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Sierakowska Juncker" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bertalan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Rettedal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gautier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMICROBIOL.2016.152" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634319v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Shoaie" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouyan Ghaffari" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petia Kovatcheva-Datchary" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Mardinoglu" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partho Sen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2015.07.001" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02552135v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Brahe" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Prifti" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pons" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kennedy" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nutd.2015.9" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535324v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristoffer Forslund" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falk Hildebrand" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature15766" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145515v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186005v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Goulet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecoeur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Rossignol" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877008v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408601v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanta Chechi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Chakaroun" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonis Myridakis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Forslund" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastienin Froment" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707112v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Connan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fromentin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Benallaoua" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Alvarez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05115235v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghozlane" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thirion" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Plaza O&#241;ate" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gauthier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Le Chatelier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-025-02249-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05168922v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amira Metwaly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Kriaa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Hassani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Carraturo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Druart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41575-025-01041-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05133447v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Rodriguez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Cordaillat-Simmons" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Badalato" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Berger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heloise Breton" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-024-01991-x" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04304765v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Licandro" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Truntzer" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fromentin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Morabito" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Quinquis" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-47636-1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04006262v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Tagliamonte" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolo Laiola" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalia Ferracane" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilena Vitale" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Gallo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-021-02538-8" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964351v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Vieira-Silva" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Falony" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugeni Belda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trine Nielsen" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Aron-Wisnewsky" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-020-2269-x" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02964357v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Farin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Plassais" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bonny" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph Beglinger" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.soard.2020.03.014" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03041270v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bel Lassen" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Per-Olof Bergh" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rouault" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Andr&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-19589-w" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533942v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damian Rafal Plichta" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Sierakowska Juncker" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Bertalan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Rettedal" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gautier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/NMICROBIOL.2016.152" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535324v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristoffer Forslund" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Falk Hildebrand" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature15766" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02634319v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saeed Shoaie" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouyan Ghaffari" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petia Kovatcheva-Datchary" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adil Mardinoglu" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Partho Sen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cmet.2015.07.001" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02552135v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Brahe" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Prifti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pons" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Kennedy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nutd.2015.9" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04145515v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05186005v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Goulet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Tixier-Boichard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Lecoeur" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Rossignol" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04877008v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408601v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kanta Chechi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rima Chakaroun" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonis Myridakis" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Forslund" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastienin Froment" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04707112v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chloe Connan" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fromentin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Benallaoua" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Alvarez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>