--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -447,214 +447,283 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Borvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Viaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Picton</w:t>
+              <w:t xml:space="preserve">Le Picton – Culture &amp; patrimoine en Poitou et Charentes </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 268, pp.33-40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03522940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La forteresse en ligne de mire</w:t>
+                <w:t xml:space="preserve">Autopsie du palais des Ducs d'Aquitaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Actualité Poitou-Charentes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Archéologie : de Lascaux à la LGV, 113, pp.107-110</w:t>
+              <w:t xml:space="preserve">L'Actualité Nouvelle-Aquitaine : Science et culture, innovation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 131, pp.134-137</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-02337121v1</w:t>
+                <w:t xml:space="preserve">halshs-05549695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La forteresse en ligne de mire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Prouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Actualité Poitou-Charentes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Archéologie : de Lascaux à la LGV, 113, pp.107-110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02337121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Eudes de Montreuil, maître des œuvres des fortifications de Jaffa, une légende franciscaine ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin Monumental</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, L'architecture en Terre Sainte au temps de Saint Louis, t. 164 (1), pp.109-112. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/bulmo.2006.1325⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04619983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -664,575 +733,575 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Poitiers, grande cité judiciaire du Moyen Age à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Vigier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Augustin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Chauvaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chenard Gaël</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contet Amandine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Atlantique</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 477 p., 2025, Poitiers. Histoire, identités, réalités et perspectives, 978-2-911320-89-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
-              <w:r>
-[...89 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05410204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Plantagenêts en Pays de la Loire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Aurell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Béthus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Brudy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolas Prouteau. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions 303</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 224 p., 2021, Essentiels Patrimoine, 979-10-93572-63-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r>
-[...63 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04619965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Coeur De Lion, Entre Mythe et Réalités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Prouteau. Snoeck, pp.180, 2016, 978-94-6161-323-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01397115v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Auguste : le triomphe des Capétiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Storelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Gallo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions Garnier, pp.377, 2012, 978-2-8105-0439-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01370177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Un patrimoine commun en Méditerranée médiévale ? Forteresses et enceintes urbaines au temps des Croisades (XIe-XIIIe s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Icomos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 120 p., 2008, Cahiers de l'ICOMOS</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04620013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chrétiens et Musulmans en Méditerranée médiévale (VIIIe-XIIIe siècles) : échanges et contacts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Sénac</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cahiers de civilisation médiévale (CESCM)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 15, 212 p., 2003, Civilisation médiévale, 2-9514506-8-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...33 lines deleted...]
-            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04620054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1242,1316 +1311,1316 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Haut-Clairvaux. Rapport de fouilles programmées 2023 - Scorbé-Clairvaux (Vienne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Bouvart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Desplat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Prouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CESCM; Hadès; SRA Nouvelle Aquitaine. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05279434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Haut-Clairvaux, morphogenèse d’un pôle châtelain entre Poitou, Anjou et Touraine (XIe-XVIe s.). Projet Collectif de Recherche 2024 - Scorbé-Clairvaux (Vienne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Desplat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Louineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Prouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CESCM; Hadès; SRA Nouvelle-Aquitaine. 2024, pp.311</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05279444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le palais comtal de Poitiers et ses abords (IXe - XVIe s.) : rapport intermédiaire de PCR et fouille programmée 2022 - Poitiers, Vienne (86)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Andrault-Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Borvon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Corfmat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CESCM. 2023, 347 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05280701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le palais comtal de Poitiers et ses abords (IXe-XVIe s.), Rapport intermédiaire de PCR et fouille programmée 2020 et 2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Andrault-Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Arles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Armand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emeric Besson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">OA 207291, CESCM (Poitiers). 2022, 436 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04645843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Haut-Clairvaux, Rapport de fouilles programmées 2021 - Scorbé-Clairvaux, Vienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Prouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrique Sarmento Pedro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CESCM. 2022, pp.293</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05279423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Haut-Clairvaux, morphogenèse d’un pôle châtelain entre Poitou, Anjou et Touraine (XIe-XVIe s.)., Rapport final d’activité du PCR 2017-2020</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Borvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenhaël Georget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CESCM (Poitiers). 2021, 440 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04645877v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Haut-Clairvaux, morphogenèse d’un pôle châtelain entre Poitou, Anjou et Touraine (XIe-XVIe s.).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Arles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bouvart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Bruno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Chauveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">SRA Poitou-Charentes; CESCM (Poitiers). 2020, 251 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
-              <w:r>
-[...41 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04646008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le palais comtal de Poitiers et ses abords (IXe-XVIe s.). Rapport d'année probatoire de PCR 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Andrault-Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Belliard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Favreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] CESCM (Poitiers). 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
-              <w:r>
-[...58 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02965901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">BUISSON M. « Etude du verre » in PROUTEAU N. coord., Le Haut-Clairvaux, morphogénèse d’un pôle châtelain à la frontière entre Poitou, Anjou et Touraine (XIe-XVIe s.) , Rapport final d’activité du PCR 2017-2020, SRA Nouvelle Aquitaine, Poitiers, 2019.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] CESCM (Poitiers). 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03592214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le château de Talmont (Talmont Saint-Hilaire, Vendée). Rapport final d’opération</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Béthus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Didot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélia Borvon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Grenouilleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Prouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Conseil départemental de la Vendée. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...71 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02943335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les forteresses de Dashtadem et d'Arutch (Aragatsotn), rapport des sondages intra-muros</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Augé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Prouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Monchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MAE. 2012, 65 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04376480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La forteresse de Dashtadem, rapport de fouilles de la porterie occidentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Augé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dangles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Monchamp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">MAE. 2011, 63 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04376475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2561,120 +2630,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le palais et la tour-palais à l’époque romane : héritages, emprunts et construction du pouvoir royal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International : L'art roman au XXIe siècle. L'avenir d'un passé à réinventer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre d'études supérieures de civilisation médiévale (CESCM-UMR7302), May 2024, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04638625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Actualités de la recherche sur le château du Haut-Clairvaux (Vienne)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2683,106 +2752,106 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélia Borvon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Desplat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de Master II : Actualités de la recherche en archéologie castrale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CESCM, Dec 2024, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05516770v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le château du Haut-Clairvaux (86). Bilan de la campagne de fouille 2023</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2798,155 +2867,155 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence à la mairie de Scorbé-Clairvaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, Scorbé-Clairvaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05516747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La grande salle du palais comtal de Poitiers : premier bilan des connaissances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Andrault-Schmitt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'études : Les grandes salles palatiales et leurs abords (Xe-XVIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre d'études supérieures de civilisation médiévale (CESCM-UMR7302), Jun 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04638685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le château du Haut-Clairvaux (Vienne) : un site qui a du chien... et un chenil ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2975,1095 +3044,1095 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Table Ronde « Le logis des animaux : mise en évidence archéologique »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Nanterre, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05516728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Havre de paix ou palais en miniature ? La Salle-le-Roi à Cayola (Vendée), étude inédite d’un logis et parc de chasse du XIIe au XVe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International : La cour se met au vert, Mises en valeur et usages politiques des campagnes entre Moyen Âge et Pré-modernité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut de recherches historiques du Septention (IRHiS - Université de Lille), Sep 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04638504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction et présentation des recherches du CESCM en cours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'étude : Actualités de la recherche en archéologie castrale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre d'études supérieures de civilisation médiévale (CESCM-UMR7302), Dec 2022, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04638658v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théories et pratiques sur les chantiers de forteresses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8e Colloque International de Bellecroix : Fortifications savantes, fortifications de savants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre de castellologie de Bourgogne; Archéologie Terre Histoire Sociétés (ARTEHIS - UMR 6298) Université de Bourgogne, Oct 2021, Chagny, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04638353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment étudier une forteresse médiévale ? Le cas du site du Haut-Clairvaux (86)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier interdisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CESCM, Jan 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02187155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Circulation and Borrowings between East and West in the Thirteenth Century: The case of Military Architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Southern France and the Latin East in the 13th Century: Crusade, Networks, and Exchanges</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre d’études supérieures de civilisation médiévale; France-Stanford center for Disciplinary Studies; Center for Medieval and Early Studies, Apr 2018, Stanford, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02186890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Buisson, Le verre médiéval et moderne de Lavinadière (Corrèze). Séminaire de laboratoire : Actualités de la recherche en archéologie castrale, Nicolas Prouteau dir., 13 décembre 2018, Poitiers, France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Buisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualités de la recherche en archéologie castrale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2018, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03045819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le château et les sources comptables au XIIe-XIIIe siècle : mariage de raison ou impossible rencontre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire : Matériaux, techniques et économie du chantier de construction au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02187776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Collectif de Recherches sur le château du Haut-Clairvaux (Vienne) : Bilan de la fouille programmée 2016</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bouvart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Archéologie de l’Antiquité et du Moyen Âge – Master 2 Civilisation ; Histoire; Patrimoine, Sources</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CESCM (Universioté de Poitiers/CNRS), May 2017, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02190369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du scriptorium au chantier : approche interdisciplinaire (le château du Haut-Clairvaux – 86)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Delhoume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atelier interdisciplinaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CESCM, Jan 2016, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02183811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décor, protection spirituelle et mise en scène du pouvoir dans les enceintes urbaines du Proche-Orient des Croisades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’études : enceintes urbaines et portes de villes au Moyen Âge</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02190926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maître Richard de Wolveston, maître d’oeuvre de l’évêque de Durham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire : Architectes, artistes et ingénieurs : XIIe-XIIIe siècles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CESCM (Université de Poitiers/CNRS); CESR (Université François Rabelais de Tours/CNRS), Oct 2016, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02190475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mutations du castrum de Talmont (Vendée) : naissance et transformations d'une forteresse bas-poitevine (Xe-XIIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Béthus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de colloque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Chauvigny, France. pp.231-257</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01137913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'artilleur et l'artillerie avant le temps des canons</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de colloque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2006, Parthenay, France. pp.23-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00745680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La fortification au temps des croisades</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Faucherre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Mesqui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du colloque de Parthenay</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Actes du colloque international, Sep 2002, Partheney, France. pp.359</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00008829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4073,493 +4142,493 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des maîtres savants ? Quelques éléments nouveaux sur les relations entre théorie et pratique sur les chantiers de forteresses du XIe au XIIIe siècle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hervé Mouillebouche; Delphine Gautier; Jean Mesqui. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fortifications savantes, fortifications de savants, Actes du 8eme colloque international de Bellecroix, 15-17 octobre 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édition du centre de castellologie de Bourgogne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.37-55, 2022, 979-10-95034-27-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04638300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talmont, une forteresse Plantagenêt (XIIe-XIIIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Béthus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Prouteau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Richard Cœur de Lion : entre mythes et réalités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Snoeck, pp.88-91, 2016, 978-94-6161-323-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01404274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le château de Saint-Rémy-sur-Creuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Prouteau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Richard Cœur de Lion : entre mythes et réalités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Snoeck, pp.104-110, 2016, 978-94-6161-323-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01397292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La troisième croisade (1189-1192)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Prouteau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Richard Cœur de Lion : entre mythes et réalités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Snoeck, pp.42-53, 2016, 978-94-6161-323-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01396262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La forteresse du Haut-Clairvaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Prouteau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Richard Cœur de Lion : entre mythes et réalités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Snoeck, pp.96-103, 2016, 978-94-6161-323-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01404219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bâtir et assiéger au temps des Croisades. Regards sur l'utilisation du savoir-faire technique de l'autre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Prouteau; Philippe Sénac. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chrétiens et musulmans en Méditerranée médiévale (VIIIe-XIIIe siècle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 15, CESCM, pp.159-172, 2003, Civilisation médiévale, 2-9514506-8-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05469776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4569,133 +4638,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scorbé-Clairvaux (Vienne). Château du Haut-Clairvaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Delhoume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bouvart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Varia 46 : Chronique des fouilles médiévales en France en 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, pp.281-282. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/archeomed.7479⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02892619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4705,138 +4774,138 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artillerie et fortification : 1200-1600</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Prouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Crouy Chanel (de)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Faucherre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de colloque</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.236, 2011, Archéologie et culture, 978-2-7535-1342-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00745686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId108"/>
+      <w:footerReference w:type="default" r:id="rId109"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4983,51 +5052,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05516684v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prouteau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauveau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/iste.op.2025.1284" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377372v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dieudonn&#233;-Glad" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Sarmento Pedro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04645817v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03522940v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Armand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Viaut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02337121v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04619983v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bulmo.2006.1325" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410204v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vigier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Augustin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chauvaud" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenard Ga&#235;l" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Contet Amandine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Poitiers, grande cit&#233; judiciaire du Moyen Age &#224; nos jours" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04619965v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Aurell" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy B&#233;thus" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brudy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions303.com/le-catalogue/les-plantagenets-dans-les-pays-de-la-loire/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01397115v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01370177v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Storelli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Gallo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620013v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icomosfrance.fr/produit/un-patrimoine-commun-en-mediterranee-fortifications-de-lepoque-des-croisades" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620054v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe S&#233;nac" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.persee.fr/issue/civme_1281-704x_2003_ant_15_1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05279434v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bouvart" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Desplat" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05279444v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Louineau" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05280701v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andrault-Schmitt" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corfmat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04645843v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Arles" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Besson" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05279423v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Moreau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04645877v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Buisson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenha&#235;l Georget" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04646008v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruno" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02965901v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Belliard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Favreau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ferrari" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592214v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943335v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Didot" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Grenouilleau" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376480v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Aug&#233;" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Monchamp" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376475v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dangles" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638625v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05516770v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05516747v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638685v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05516728v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638504v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638658v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638353v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02187155v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186890v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045819v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02187776v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190369v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02183811v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delhoume" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190926v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190475v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01137913v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745680v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008829v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faucherre" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mesqui" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638300v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cecab-chateaux-bourgogne.fr/publications/Fortifications_savantes.html" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01404274v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01397292v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01396262v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01404219v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05469776v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02892619v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.7479" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745686v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Crouy Chanel (de)" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05516684v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Prouteau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Chauveau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Borvon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/iste.op.2025.1284" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05377372v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Dieudonn&#233;-Glad" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrique Sarmento Pedro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Martin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04645817v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03522940v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Armand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Viaut" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05549695v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02337121v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04619983v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bulmo.2006.1325" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410204v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Vigier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Augustin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chauvaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chenard Ga&#235;l" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Contet Amandine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://Poitiers, grande cit&#233; judiciaire du Moyen Age &#224; nos jours" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04619965v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Aurell" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy B&#233;thus" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Brudy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions303.com/le-catalogue/les-plantagenets-dans-les-pays-de-la-loire/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01397115v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01370177v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Storelli" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Gallo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620013v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icomosfrance.fr/produit/un-patrimoine-commun-en-mediterranee-fortifications-de-lepoque-des-croisades" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04620054v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe S&#233;nac" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.persee.fr/issue/civme_1281-704x_2003_ant_15_1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05279434v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bouvart" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Desplat" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05279444v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Louineau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05280701v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Andrault-Schmitt" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Corfmat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04645843v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Arles" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeric Besson" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05279423v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Moreau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04645877v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Buisson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenha&#235;l Georget" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04646008v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bruno" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02965901v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Belliard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Favreau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Ferrari" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03592214v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02943335v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Didot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Grenouilleau" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376480v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Aug&#233;" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Monchamp" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04376475v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dangles" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638625v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05516770v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05516747v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638685v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05516728v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638504v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638658v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638353v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02187155v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02186890v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03045819v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02187776v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190369v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02183811v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Delhoume" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190926v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02190475v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01137913v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745680v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00008829v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Faucherre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mesqui" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04638300v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cecab-chateaux-bourgogne.fr/publications/Fortifications_savantes.html" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01404274v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01397292v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01396262v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01404219v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05469776v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02892619v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/archeomed.7479" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00745686v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Crouy Chanel (de)" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>