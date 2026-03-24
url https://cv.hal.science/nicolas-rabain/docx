--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -378,1084 +378,1084 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05372870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">LE TRÔNE ET L'AUTEL EN DANGER</w:t>
+                <w:t xml:space="preserve">Wagner et l'indépassable emprise maternelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Medjkane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adolescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, T.41 n° 2 (2), pp.293-300. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ado.112.0293⟩</w:t>
+              <w:t xml:space="preserve">, 2023, T.41 N° 1 (1), pp.51-62. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ado.111.0051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05373646v1</w:t>
+                <w:t xml:space="preserve">hal-05367722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">FLUIDITES DE GENRE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurie Laufer</w:t>
+                <w:t xml:space="preserve">LE TRÔNE ET L'AUTEL EN DANGER</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rabain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Rabain</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Medjkane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adolescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, T.41 n° 2 (2), pp.301-310. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ado.112.0301⟩</w:t>
+              <w:t xml:space="preserve">, 2023, T.41 n° 2 (2), pp.293-300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ado.112.0293⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05373647v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une jeunesse queer à São Miguel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Charles Rouvier</w:t>
+                <w:t xml:space="preserve">FLUIDITES DE GENRE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Laufer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adolescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, T.41 n° 2 (2), pp.367-377. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/ado.112.0367⟩</w:t>
+              <w:t xml:space="preserve">, 2023, T.41 n° 2 (2), pp.301-310. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ado.112.0301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05373649v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wagner et l'indépassable emprise maternelle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une jeunesse queer à São Miguel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Rouvier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Adolescence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, T.41 N° 1 (1), pp.51-62. </w:t>
+              <w:t xml:space="preserve">, 2023, T.41 n° 2 (2), pp.367-377. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ado.111.0051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/ado.112.0367⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05367722v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les groupes analytiques multifamiliaux pour adolescents</w:t>
+                <w:t xml:space="preserve">Violences sexuelles dans l’enfance et silences…</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">David Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cliniques méditerranéennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 106 (2), pp.213-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cm.106.0213⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03776890v1</w:t>
+                <w:t xml:space="preserve">hal-04495632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Victim of</w:t>
+                <w:t xml:space="preserve">Les groupes analytiques multifamiliaux pour adolescents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadege Bourvis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Cohen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adolescence</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Neuropsychiatrie de l'Enfance et de l'Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04495623v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03776890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la mise en scène à la mise en récit : confrontation intergénérationnelle et psychanalyse multifamiliale</w:t>
+                <w:t xml:space="preserve">Victim of</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Susana Toporosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dialogue. Familles &amp; couples</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/dia.236.0031⟩</w:t>
+              <w:t xml:space="preserve">Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, T.40 n° 1 (1), pp.69-81. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ado.109.0069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495647v1</w:t>
+                <w:t xml:space="preserve">hal-04495623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violences sexuelles dans l’enfance et silences…</w:t>
+                <w:t xml:space="preserve">De la mise en scène à la mise en récit : confrontation intergénérationnelle et psychanalyse multifamiliale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">María Eugenia Briancesco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Ragatke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Toporosi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cliniques méditerranéennes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, n° 106 (2), pp.213-224. </w:t>
+              <w:t xml:space="preserve">Dialogue. Familles &amp; couples</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 236 (2), pp.31-47. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cm.106.0213⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/dia.236.0031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04495632v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04495647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution au déploiement de la psychanalyse multifamiliale en France</w:t>
+                <w:t xml:space="preserve">Quand la destrudo semble triompher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Maccotta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Divan Familial</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/difa.046.0159⟩</w:t>
+              <w:t xml:space="preserve">Adolescence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, T.39n°2, pp.251 - 255. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/ado.108.0251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495635v1</w:t>
+                <w:t xml:space="preserve">hal-03775198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un destin adolescent des signifiants énigmatiques</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Contribution au déploiement de la psychanalyse multifamiliale en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychologie clinique et projective</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le Divan Familial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, N° 46 (1), pp.159-171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/difa.046.0159⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/pcp.030.0079⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04495613v1</w:t>
+                <w:t xml:space="preserve">hal-04495635v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why Multi-Family Groups for Transgender Adolescents and Their Parents?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Un destin adolescent des signifiants énigmatiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Evzonas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Sociology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Psychologie clinique et projective</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, n° 30 (2), pp.79-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/pcp.030.0079⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fsoc.2020.628047⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03776880v1</w:t>
+                <w:t xml:space="preserve">hal-04495613v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand la destrudo semble triompher</w:t>
+                <w:t xml:space="preserve">Why Multi-Family Groups for Transgender Adolescents and Their Parents?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Maccotta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Adolescence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, T.39n°2, pp.251 - 255. </w:t>
+              <w:t xml:space="preserve">Frontiers in Sociology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/ado.108.0251⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/fsoc.2020.628047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03775198v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03776880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les adolescent•e•s transgenres et leurs parents : abord groupal de la transition</w:t>
               </w:r>
@@ -2271,90 +2271,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grupos terapéuticos multifamiliares con adolescentes: un dispositivo para que se despliegue la confrontación generacional</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Toporosi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Susana Ragatke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Rabain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">María Eugenia Briancesco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista Topía</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Vida cotidiana en la Argentina 2015, 73, pp.24-26</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2935,64 +2935,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CONFRONTACIÓN GENERACIONAL</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Toporosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susana Ragatke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3481,165 +3481,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03778705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ami(e)s</w:t>
+                <w:t xml:space="preserve">Crise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les 100 mots de d'adolescent</w:t>
+              <w:t xml:space="preserve">Les 100 mots de l'adolescent</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03778694v1</w:t>
+                <w:t xml:space="preserve">hal-03778700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crise</w:t>
+                <w:t xml:space="preserve">Ami(e)s</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Rabain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les 100 mots de l'adolescent</w:t>
+              <w:t xml:space="preserve">Les 100 mots de d'adolescent</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03778700v1</w:t>
+                <w:t xml:space="preserve">hal-03778694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId91"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -3715,51 +3715,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5CA8C2E6"/>
+    <w:nsid w:val="43D3F602"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3946,51 +3946,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-rabain" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0457-9713" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190550104" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890006v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Abdelouahed" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rabain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Evzonas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372870v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.242.0061" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373646v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Medjkane" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.112.0293" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373647v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Laufer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.112.0301" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373649v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Rouvier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.112.0367" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367722v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.111.0051" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776890v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Bourvis" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cohen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495623v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.109.0069" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495647v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Eugenia Briancesco" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Ragatke" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Toporosi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.236.0031" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495632v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.106.0213" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495635v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.046.0159" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495613v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pcp.030.0079" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776880v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsoc.2020.628047" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775198v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Maccotta" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.108.0251" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778643v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532016v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778648v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep2.030.0140" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03752732v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Condat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Allouch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.11557" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532012v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dargent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533900v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n D&#8217;agostino" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Benaym" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norberto Mascar&#243; Masri" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532004v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526964v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfp.814.1146" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533860v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Philonenko" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411223v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Is&#233;e Bernateau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.091.0207" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412033v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411203v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.128.0097" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776876v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776868v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533827v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533831v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533816v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445730v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411247v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367730v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah-Ana&#239;s Crevier Goulet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keren Mock" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Santos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.crevi.2024.01.0459" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778709v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778714v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533950v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778705v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778694v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778700v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-rabain" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0457-9713" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/190550104" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890006v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Abdelouahed" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rabain" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Evzonas" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05372870v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.242.0061" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367722v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.111.0051" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373646v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Medjkane" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.112.0293" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373647v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Laufer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.112.0301" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373649v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Rouvier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.112.0367" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495632v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cm.106.0213" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776890v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadege Bourvis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Cohen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495623v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.109.0069" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495647v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Eugenia Briancesco" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Ragatke" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Toporosi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dia.236.0031" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03775198v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Maccotta" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.108.0251" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495635v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/difa.046.0159" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495613v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pcp.030.0079" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776880v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fsoc.2020.628047" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778643v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532016v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778648v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rep2.030.0140" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03752732v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Condat" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Allouch" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/traces.11557" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532012v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Dargent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533900v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebasti&#225;n D&#8217;agostino" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liza Benaym" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norberto Mascar&#243; Masri" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532004v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526964v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfp.814.1146" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533860v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Philonenko" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411223v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Is&#233;e Bernateau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ado.091.0207" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412033v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411203v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/top.128.0097" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776876v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776868v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533827v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533831v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533816v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01445730v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01411247v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367730v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah-Ana&#239;s Crevier Goulet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keren Mock" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Santos" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/herm.crevi.2024.01.0459" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778709v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778714v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02533950v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778705v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778700v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778694v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>