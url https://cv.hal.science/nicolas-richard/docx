--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -247,1129 +247,1129 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La velocidad en los mundos lentos. Accidentes, máquinas y sociedades en América del Sur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Villar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto Preci</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fondazione Università Ca’ Foscari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Studi e ricerche, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30687/978-88-6969-940-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05294951v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Para otra historia de la guerra del Chaco. Colección de documentos y relatos sobre la ocupación militar de los territorios indígenas del Chaco boreal (1910-1960)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instituto Francés de Estudios Andinos; Centro de Artes Visuales/Museo del Barro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 978-612-4358-26-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05113083v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...50 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cargar y descargar en el desierto de Atacama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamín Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Éditions de l’IHEAL, 2022, 9782371541665. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.iheal.9706⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03895489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La misión de la máquina. Técnica, extractivismo y conversión en las tierras bajas sudamericanas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zelda Alice Franceschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Córdoba</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bononia University Press, 2021, 978-88-6923-695-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.30682/disciantro7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03093985v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tofaai</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miguel Fritz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Centro de Estudios Antropológicos de la Universidad Católica (CEADUC), 2021, 978-99925-200-1-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03226645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cargar y Descargar en el desierto de Atacama</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamín Ballester Riesco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Servicio Nacional del Patrimonio Cultural / IHEAL, 2021, 9789562445221</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03313901v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Capitalismo en las selvas. Enclaves industriales en el Chaco y Amazonía indígenas (1850-1950)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Córdoba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federico Bossert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ediciones del Desierto, 2015, 9789569693021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01249703v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les indiens des frontières coloniales.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimena Paz Obregón Iturra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fondazione Università Ca’ Foscari</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Luc Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.256, 2011, 978-2-7535-1432-4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...72 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00601096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les hommes transparents, indiens et militaires dans la guerre du Chaco (1932-1935)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Combès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Barbosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Rennes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.249, 2010, 978-2-7535-1123-1</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...85 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00498235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Los hombres transparentes, indígenas y militares en la guerra del Chaco (1932-1935)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Combès</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Barbosa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ILAMIS Instituto latinoamericano de misionologia, 230 p., 2010, 978-99954-796-0-2</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...63 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00554814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix d'Azara (1809) Voyages dans l'Amérique méridionale 1781-1801</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Rennes; CoLibris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.lxxxvi+362, 2009, 978-2-7535-0794-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.43088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Servicio Nacional del Patrimonio Cultural / IHEAL, 2021, 9789562445221</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00947742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mala Guerra. Los indígenas en la Guerra del Chaco, 1932-1935</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Servilibro, pp.421, 2008, 9789995386931</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...496 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...38 lines deleted...]
-                <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00947758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les guerres du Paraguay aux XIXème et XXème siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capucine Boidin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1503,51 +1503,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vie des machines dans les territoires postcoloniaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Preci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1962,77 +1962,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Rabinovich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Axel Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Villar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Argentina. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CORPUS Archivos virtuales de la alteridad americana</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5 (1), 2015</w:t>
@@ -2184,51 +2184,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vie des machines dans les territoires postcoloniaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Preci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2464,304 +2464,304 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02794576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Formas porosas. Tiempos, movilidad y economías de frontera entre San Pedro de Atacama y Lípez</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Garcés</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ignacio González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Soto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista de Dialectología y Tradiciones Populares</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 73 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3989/rdtp.2018.02.013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01938808v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La historia del Sargento Tarija o la guerra del Chaco al revés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Estudios AHILA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15, pp.179-197</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01970032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Las alambradas en la Puna de Atacama: alambre, desierto y capitalismo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consuelo Hernández</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista Chilena de Antropología</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Capitalismo en el desierto, H. Morales, N. Richard, A. Garcés Nº 37 Capitalismo en el desierto (37), pp.83-107. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5354/0719-1472.2018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01914989v1</w:t>
-              </w:r>
-[...184 lines deleted...]
-                <w:t xml:space="preserve">hal-01970032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El camino, el camión y el arriero: la reorganización mecánica de la Puna de Atacama (1930-1980)</w:t>
               </w:r>
@@ -3130,248 +3130,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01910737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micro-histoires des nouvelles formes de conquête des territoires indiens. Le versant colonial des projets nationaux dans le cône sud américain, 1850-1960</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Guerriers déclassés et captifs combattants. Des masculinités indiennes confrontées à la guerre du Chaco (1932-1935)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">André Menard P.</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, </w:t>
+              <w:t xml:space="preserve">, 2013, pp.65749. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nuevomundo.65749⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00947855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micro-histoires des nouvelles formes de conquête des territoires indiens. Le versant colonial des projets nationaux dans le cône sud américain, 1850-1960</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Capdevila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/nuevomundo.65022⟩</w:t>
-[...33 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Rolf Foerster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jimena Paz Obregón Iturra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Richard</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Menard P.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuevo mundo Mundos Nuevos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, pp.65749. </w:t>
+              <w:t xml:space="preserve">, 2013, </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/nuevomundo.65749⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/nuevomundo.65022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00947855v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00947945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fait religieux et régimes d'ethnicité aux confins de l'Etat</w:t>
               </w:r>
@@ -3429,174 +3429,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00947966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La querelle des noms. Chaînes et strates ethnonymiques dans le Chaco boréal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de la Société des américanistes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 97 (2), pp. 201-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/jsa.11935⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00947957v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">La tragedia del mediador salvaje. En torno a tres biografías indígenas de la guerra del Chaco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revista de ciencias sociales - segunda época (Quilmes)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 3 (20), pp.49-80</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00787954v1</w:t>
-              </w:r>
-[...76 lines deleted...]
-                <w:t xml:space="preserve">halshs-00947957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorsque les institutions colonisent : l'offensive missionnaire des Jésuites sur le Chaco (XVIIIe s.)</w:t>
               </w:r>
@@ -3769,51 +3769,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vaca, la vicuña y el tatú: notas sobre el asfalto y los animales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consuelo Hernández</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3867,274 +3867,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05382470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capítulo 8. La ilusión métrica</w:t>
+                <w:t xml:space="preserve">Capítulo 15. Declinaciones de una romana: cargar y descargar llareta en la Puna</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cargar y descargar en el desierto de Atacama</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions de l’IHEAL, pp.122-130, 2022, </w:t>
+              <w:t xml:space="preserve">, Éditions de l’IHEAL, pp.230-241, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.iheal.10409⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.iheal.10464⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03912715v1</w:t>
+                <w:t xml:space="preserve">halshs-03912716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introducción. Cargar y descargar: un archivo privilegiado sobre el desierto de Atacama como territorio extractivo</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Capítulo 8. La ilusión métrica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cargar y descargar en el desierto de Atacama</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions de l’IHEAL, pp.15-19, 2022, </w:t>
+              <w:t xml:space="preserve">, Éditions de l’IHEAL, pp.122-130, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.iheal.10317⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.iheal.10409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03912712v1</w:t>
+                <w:t xml:space="preserve">halshs-03912715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Capítulo 15. Declinaciones de una romana: cargar y descargar llareta en la Puna</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Introducción. Cargar y descargar: un archivo privilegiado sobre el desierto de Atacama como territorio extractivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamín Ballester</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cargar y descargar en el desierto de Atacama</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Éditions de l’IHEAL, pp.230-241, 2022, </w:t>
+              <w:t xml:space="preserve">, Éditions de l’IHEAL, pp.15-19, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.iheal.10464⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.iheal.10317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03912716v1</w:t>
+                <w:t xml:space="preserve">halshs-03912712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Declinaciones de una romana: cargar y descargar llareta en la Puna</w:t>
               </w:r>
@@ -4589,51 +4589,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des voix pour partager le passé. Mémoires et narrations amérindiennes de la guerre du Chaco (1932-1935)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4992,225 +4992,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00947799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La tragédie du médiateur sauvage. Trois biographies indiennes autour de la guerre du Chaco</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jimena Paz Obregón Iturra, Luc Capdevila et Nicolas Richard (dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les indiens des frontières coloniales. Amérique australe, XVIe siècle/temps présent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.195-217, 2011, Histoire, 978-2-7535-1432-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00947979v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les frontières coloniales de l'Amérique australe hispanique XVIe siècle / temps présent (présentation)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimena Paz Obregón Iturra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les indiens des frontières coloniales : Amérique australe, XVIe siècle / temps présent</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.9-24, 2011, 978-2-7535-1432-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00601099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...71 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Objetos y sensaciones que desmienten la frontera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5446,51 +5446,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La guerre du Chaco (1932-1935)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Borras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5777,51 +5777,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Los indígenas en la Guerra del Chaco</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Combès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6171,238 +6171,238 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00948063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Del espacio cartográfico, del territorio y de la escritura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jesus Garcia-Ruiz. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Identidades fluidas, identificaciones móviles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Guatemala : ICAPI, pp. 179-223, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00948246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">El sitio de Babel. La ofensiva jesuita sobre el Chaco (s.xviii) &amp;quot; , presentación de F.J. Brabo (1872) &amp;quot; Inventarios de los bienes hallados a la expulsión de los jesuitas y ocupación de sus temporalidades....</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La derrota del área cultural. Anales de desclasificación comparada, Vol I-2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Santiago de Chile : Laboratorio de desclasificación comparada, pp. 831-861, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00948251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cinco muertes para una breve crítica de la razón artesanal. Presentación a &amp;quot;Cinco relatos sobre la muerte de Guido Boggiani</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La derrota del área cultural. Anales de desclasificación comparada, Vol I-2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Santiago de Chile : Laboratorio de desclasificación comparada, pp. 810-831, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00948252v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-00948246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La muerte del camello y la coorporación latinoamericana. Presentación de F.C. Lesser (1742) &amp;quot; Introduction à la théologie des insectes... &amp;quot;, F.D. Rodríguez (1652) &amp;quot; Discurso etheorológico del nuevo cometa ...&amp;quot;, C. Sigüenza y Góngora (1681) &amp;quot; Manifiesto filosófico contra los cometas...</w:t>
               </w:r>
@@ -6680,158 +6680,158 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carnet de recherche : ATACAMA-SHS Sciences humaines et sociales en territoire minier. Projet pluridisciplinaire de recherche et de formation doctorale. International Research Project (IRP) CNRS, 2020-23</w:t>
-[...60 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Apuntes sobre El Tofo y Cruz Grande</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ATACAMA-SHS | Sciences humaines et sociales en territoire minier</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03504630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">halshs-03504630v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carnet de recherche : ATACAMA-SHS Sciences humaines et sociales en territoire minier. Projet pluridisciplinaire de recherche et de formation doctorale. International Research Project (IRP) CNRS, 2020-23</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03320722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carnet de recherche : Les systèmes miniers dans le désert d'Atacama. Carnets de recherche du Laboratoire International Associé (CNRS LIA) MINES ATACAMA</w:t>
               </w:r>
@@ -6993,51 +6993,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mémoires indiennes de la guerre du Chaco. La Lettre de l'InSHS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Capdevila</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2013, pp. 17-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7253,51 +7253,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jimena Paz Obregon Iturra</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alberto Preci</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -7870,165 +7870,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04904137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Antropología de una curva. Los paisajes memoriales del accidente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radiografía degli spazi estrattivi sudamericani: modelli sociali, tecnologia e relazioni di genere nei territori indigeni e creoli</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2022, Venise, Italia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03558941v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">¿Qué es una curva? Notas sobre distintas curvas en los caminos del desierto de Atacama y sobre cómo podrían ser estudiadas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Etnografía de máquinas: Perspectivas, ideas y prácticas</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Subdirección de Investigación del Servicio Nacional del Patrimonio Cultural, Chili, Oct 2022, Santiago (CL), Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03912720v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03558941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Una moto che andava ad acqua. Variazioni sudamericane sulla transizione ecologica</w:t>
               </w:r>
@@ -8435,50 +8435,257 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01922189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La retro-excavadora, mecánica y alegoría</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andres G. Seguel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">séminaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Santiago, Chile</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01921609v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mecánicas salvajes: El saber mecanico en las sociedades indígenas de Atacama, Chaco y la Amazonia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Villar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorena Córdoba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodrigo Montani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Barbosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nicolas Richard, Diego Villar, May 2017, Buenos Aires, Argentina</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01921611v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Capitalismo en el desierto : Materialidades, población y territorios en Atacama (ss. XIX-XXI). Presentación.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Garcés H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -8500,264 +8707,57 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Jornada de Estudios : Capitalismo en el desierto. Materialidades, población y territorios en Atacama (ss. XIX-XXI)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Alejandro Garcés, Nicolas Richard, Héctor Morales, Milton Godoy, Nov 2017, San Pedro de Atacama, Chile</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01921606v1</w:t>
-              </w:r>
-[...205 lines deleted...]
-                <w:t xml:space="preserve">halshs-01921611v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El Chaco o las guerras al revés</w:t>
               </w:r>
@@ -8825,51 +8825,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Humanidades digitales, patrimonio industrial y sistemas técnicos en el Desierto de Atacama</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héctor Morales Morgado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andres G. Seguel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9122,51 +9122,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E216B65D"/>
+    <w:nsid w:val="11A30EA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9353,51 +9353,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-richard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2959-3984" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/030422795" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Project-ANR-21-CE03-0017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atacama.hypotheses.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05113083v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Capdevila" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifea.org.pe/libreria/travaux/377/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05294951v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Villar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Preci" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edizionicafoscari.it//it/edizioni/libri/978-88-6969-940-5/#panel-cite-title" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/978-88-6969-940-5" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895489v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjam&#237;n Ballester" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.9706" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093985v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zelda Alice Franceschi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena C&#243;rdoba" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30682/disciantro7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03226645v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Fritz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313901v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjam&#237;n Ballester Riesco" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249703v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bossert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601096v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimena Paz Obreg&#243;n Iturra" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2676" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00498235v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Comb&#232;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Barbosa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2381" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00554814v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947742v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/43088" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.43088" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947758v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257605v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Boidin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947768v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.worldcat.org/title/movimientos-de-campo-en-torno-a-cuatro-fronteras-de-la-antropologia-en-chile/oclc/54400561&amp;amp;referer=brief_results" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04421304v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gautreau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.25558" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03826158v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Quiroz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.89258" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908179v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Morales Morgado" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Garc&#233;s H" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5354/rca.v0i37.49478" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302297v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Gonzalez Miranda" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Figueroa Larre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton Godoy Orellana" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-10432016000100001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252521v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rabinovich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Nielsen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04314669v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Ort&#250;zar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34096/ps.n9.12715" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04421307v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.25811" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03825147v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Hern&#225;ndez V." TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.89173" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02794576v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Hernandez V." TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3750446" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914989v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5354/0719-1472.2018" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938808v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Garc&#233;s" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Soto" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/rdtp.2018.02.013" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970032v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494326v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damir Galaz-Mandakovic" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Carmona Yost" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908187v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302296v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Moraga Reyes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Saavedra" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910737v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpusarchivos.1405" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947945v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Foerster" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Menard P." TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.65022" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947855v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.65749" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947966v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.1279" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787954v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947957v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.11935" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948249v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05133765v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/iheal/15551" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382470v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edizionicafoscari.it/it/edizioni4/libri/978-88-6969-940-5/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/978-88-6969-940-5/011" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03912715v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.10409" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03912712v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.10317" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03912716v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.10464" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03320394v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094028v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03320393v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03320396v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094082v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969933v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editorialbiblos.com.ar/libro/de-lo-visual-a-lo-afectivo_103797/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909139v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01911398v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/42179#authors" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.42179" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02912866v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249738v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947799v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601099v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947979v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00596018v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947990v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947997v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.fr/books/about/Los_hombres_transparentes.html?id=k7sGvLItIi8C&amp;amp;redir_esc=y" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512730v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Borras" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948018v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01154865v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948028v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00494069v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948035v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948049v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948041v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openlibrary.org/books/OL23154594M/Liderazgo._Representatividad_y_control_social_en_el_Gran_Chaco" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948063v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948251v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948252v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948246v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948253v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03911936v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008EHES0321" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03911981v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03320722v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504630v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921121v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504650v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947894v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947753v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nury Gonzalez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Reveco" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04786546v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Salazar-Soler" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimena Paz Obregon Iturra" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02613279v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Astic" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gasnier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Kerouanton" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laub&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04785874v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904315v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904286v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904225v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904176v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904137v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03912720v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558941v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558943v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504612v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920441v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Giudicelli" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970329v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01922189v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Querrec" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Contreras Neira" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921606v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921609v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres G. Seguel" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921611v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Montani" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01926024v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01922164v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921602v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mille" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-richard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2959-3984" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/030422795" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Project-ANR-21-CE03-0017" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://atacama.hypotheses.org/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05294951v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Richard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Villar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Preci" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edizionicafoscari.it//it/edizioni/libri/978-88-6969-940-5/#panel-cite-title" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/978-88-6969-940-5" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05113083v2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Capdevila" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ifea.org.pe/libreria/travaux/377/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03895489v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjam&#237;n Ballester" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.9706" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03093985v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zelda Alice Franceschi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorena C&#243;rdoba" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30682/disciantro7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03226645v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Fritz" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03313901v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjam&#237;n Ballester Riesco" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249703v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Bossert" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601096v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimena Paz Obreg&#243;n Iturra" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2676" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00498235v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Comb&#232;s" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Barbosa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=2381" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00554814v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947742v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/43088" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.43088" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947758v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00257605v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Capucine Boidin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947768v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.worldcat.org/title/movimientos-de-campo-en-torno-a-cuatro-fronteras-de-la-antropologia-en-chile/oclc/54400561&amp;amp;referer=brief_results" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04421304v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gautreau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.25558" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03826158v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Quiroz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.89258" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908179v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;ctor Morales Morgado" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Garc&#233;s H" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5354/rca.v0i37.49478" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302297v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Gonzalez Miranda" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Figueroa Larre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milton Godoy Orellana" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4067/S0718-10432016000100001" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01252521v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Rabinovich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Nielsen" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04314669v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Ort&#250;zar" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34096/ps.n9.12715" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04421307v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/echogeo.25811" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03825147v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Hern&#225;ndez V." TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.89173" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02794576v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Hernandez V." TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.3750446" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01938808v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Garc&#233;s" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ignacio Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Soto" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3989/rdtp.2018.02.013" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970032v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01914989v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Consuelo Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5354/0719-1472.2018" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03494326v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damir Galaz-Mandakovic" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Carmona Yost" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01908187v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302296v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Moraga Reyes" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adri&#225;n Saavedra" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01910737v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corpusarchivos.1405" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947855v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.65749" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947945v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolf Foerster" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Menard P." TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nuevomundo.65022" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947966v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-anthropologie.1279" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947957v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/jsa.11935" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00787954v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948249v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05133765v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/iheal/15551" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05382470v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edizionicafoscari.it/it/edizioni4/libri/978-88-6969-940-5/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.30687/978-88-6969-940-5/011" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03912716v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.10464" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03912715v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.10409" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03912712v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.iheal.10317" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03320394v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094028v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03320393v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03320396v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03094082v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969933v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editorialbiblos.com.ar/libro/de-lo-visual-a-lo-afectivo_103797/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01909139v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01911398v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pur/42179#authors" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.42179" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02912866v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01249738v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947799v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947979v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00601099v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00596018v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947990v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947997v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.google.fr/books/about/Los_hombres_transparentes.html?id=k7sGvLItIi8C&amp;amp;redir_esc=y" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00512730v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Borras" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948018v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01154865v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948028v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00494069v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948035v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948049v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948041v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openlibrary.org/books/OL23154594M/Liderazgo._Representatividad_y_control_social_en_el_Gran_Chaco" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948063v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948246v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948251v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948252v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00948253v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03911936v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2008EHES0321" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03911981v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504630v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03320722v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921121v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504650v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947894v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00947753v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nury Gonzalez" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Reveco" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04786546v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Salazar-Soler" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimena Paz Obregon Iturra" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02613279v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Astic" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Gasnier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Kerouanton" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Laroche" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laub&#233;" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04785874v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904315v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904286v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904225v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904176v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04904137v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558941v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03912720v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03558943v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03504612v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01920441v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Giudicelli" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970329v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01922189v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Querrec" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Contreras Neira" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921609v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres G. Seguel" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921611v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Montani" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921606v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01926024v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01922164v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01921602v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Mille" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>