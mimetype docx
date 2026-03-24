--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (18)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,1095 +234,1091 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05517292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le numérique dans les sports de nature : étude exploratoire et inductive pour une première catégorisation des formes d’utilisation des outils connectés</w:t>
+                <w:t xml:space="preserve">Trajectoires paysagères contemporaines et sources de contaminants potentiels dans deux bassins versants à usages mixtes : un regard spatialisé de la qualité de l’eau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robin Lesné</w:t>
+                <w:t xml:space="preserve">Inès Créti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Langenbach</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hugues François</w:t>
+                <w:t xml:space="preserve">Pauline Dusseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/07053436.2025.2524189⟩</w:t>
+              <w:t xml:space="preserve">Sciences Eaux &amp; Territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 50, pp.9649. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20870/Revue-SET.2026.50.9649⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05190779v1</w:t>
+                <w:t xml:space="preserve">hal-05541234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tracking Aeromonas caviae and Pseudomonas aeruginosa in a mixed-use catchment with source attribution, health hazards, and microbial mixing assessments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le numérique dans les sports de nature : étude exploratoire et inductive pour une première catégorisation des formes d’utilisation des outils connectés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Lesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Langenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Pozzi</w:t>
+                <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angélique Dominguez-Lage</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Delphine Mouniée</w:t>
+                <w:t xml:space="preserve">Hugues François</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-025-37077-w⟩</w:t>
+              <w:t xml:space="preserve">Loisir et Société / Society and Leisure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-29. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07053436.2025.2524189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05405124v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05190779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La Chartreuse de Bonnefoy, un désert monastique… et archéologique ? Premiers éléments de l’enquête historique et archéologique en cours.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tracking Aeromonas caviae and Pseudomonas aeruginosa in a mixed-use catchment with source attribution, health hazards, and microbial mixing assessments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Pozzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Dominguez-Lage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Luton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Blanc</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Robinet</w:t>
+                <w:t xml:space="preserve">Laurence Marjolet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Comes-Trinidad</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Delphine Mouniée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ardèche archéologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (47), pp.27278-27298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-025-37077-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04866060v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05405124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronicles of an announced landscape disaster and lessons for the future: spatial modelling of the plane tree Canker stain</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La Chartreuse de Bonnefoy, un désert monastique… et archéologique ? Premiers éléments de l’enquête historique et archéologique en cours.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Marage</w:t>
+                <w:t xml:space="preserve">Elodie Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amadou Mbodji</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mansour Mbodji</w:t>
+                <w:t xml:space="preserve">Emilie Comes-Trinidad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arboricultural Journal</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Ardèche archéologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 42</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05328506v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04866060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catchment-scale rapid transfer of livestock pharmaceuticals under Mediterranean climate</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronicles of an announced landscape disaster and lessons for the future: spatial modelling of the plane tree Canker stain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lemperiere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Marage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nico Hachgenei</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Robinet</w:t>
+                <w:t xml:space="preserve">Amadou Mbodji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Baduel</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mansour Mbodji</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.166650⟩</w:t>
+              <w:t xml:space="preserve">Arboricultural Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03071375.2025.2555749⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04210343v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05328506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of preventive information using alternative protocol: interactive play interactive play</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Catchment-scale rapid transfer of livestock pharmaceuticals under Mediterranean climate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nico Hachgenei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Baduel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Duché</w:t>
+                <w:t xml:space="preserve">Guillaume Nord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Grancher</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Isabelle I. André-Poyaud</w:t>
+                <w:t xml:space="preserve">Lorenzo Spadini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weather, Climate, and Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1175/WCAS-D-23-0124.1⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 906, pp.166650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.166650⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04712511v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04210343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bibliometric Analysis to Understand the Place of the Visits of Natural Areas in the Field of Volunteered Geographic Information Research</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Evaluation of preventive information using alternative protocol: interactive play interactive play</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Duché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Grancher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Élise Beck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Chionne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle I. André-Poyaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/rga.12550⟩</w:t>
+              <w:t xml:space="preserve">Weather, Climate, and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1175/WCAS-D-23-0124.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04809274v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04712511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La mémoire du paysage</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sabrina Flandin</w:t>
+                <w:t xml:space="preserve">Bibliometric Analysis to Understand the Place of the Visits of Natural Areas in the Field of Volunteered Geographic Information Research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Lesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Langenbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Openfield, revue ouverte sur le paysage</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue de Géographie Alpine / Journal of Alpine Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 111 (3), pp.12550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rga.12550⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04185360v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse bibliométrique pour saisir la place de la fréquentation des espaces naturels dans le champ de recherche des Informations Géographiques Volontaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Langenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1363,980 +1359,1088 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04460729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectoire paysagère des digues fluviales confrontées aux risques côtiers : le cas des marais de la Dives (Calvados, France)</w:t>
+                <w:t xml:space="preserve">La mémoire du paysage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flora Rich</w:t>
+                <w:t xml:space="preserve">Claude Janin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tristan Douillard</w:t>
+                <w:t xml:space="preserve">Jean-François Parrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Petit-Berghem</w:t>
+                <w:t xml:space="preserve">Sabrina Flandin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Openfield, revue ouverte sur le paysage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03776215v1</w:t>
+                <w:t xml:space="preserve">halshs-04185360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation des habitats ripariens et du contexte écopaysager d'un petit fleuve endigué : le cas de la basse vallée de la Dives, Calvados (France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+                <w:t xml:space="preserve">Trajectoire paysagère des digues fluviales confrontées aux risques côtiers : le cas des marais de la Dives (Calvados, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Douillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Petit-Berghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physio-Géo - Géographie Physique et Environnement</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 17, pp.1-28. </w:t>
+              <w:t xml:space="preserve">Géocarrefour - Revue de géographie de Lyon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 96 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/physio-geo.13042⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/geocarrefour.18044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-03578389v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03776215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interannual population dynamics of the green spruce aphid Elatobium abietinum (Walker) in France</w:t>
+                <w:t xml:space="preserve">Caractérisation des habitats ripariens et du contexte écopaysager d'un petit fleuve endigué : le cas de la basse vallée de la Dives, Calvados (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Guy Lempérière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Petit-Berghem</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Applied Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 176 (3), pp.233-240. </w:t>
+              <w:t xml:space="preserve">Physio-Géo - Géographie Physique et Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17, pp.1-28. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/aab.12560⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/physio-geo.13042⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02377271v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03578389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les avatars de la toponymie dans les confins géographiques, exemple du canal « Messier » en Patagonie chilienne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interannual population dynamics of the green spruce aphid Elatobium abietinum (Walker) in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lempérière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Aitken</w:t>
+                <w:t xml:space="preserve">Keith Day</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Petit-Berghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Numa Foulc</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Perrine Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annals of Applied Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 176 (3), pp.233-240. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/aab.12560⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01793310v1</w:t>
+                <w:t xml:space="preserve">hal-02377271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Toponymy's Avatars in the Geographical Confines, The &amp;quot;Messier&amp;quot; Channel in Chilean Patagonia as an example</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Les avatars de la toponymie dans les confins géographiques, exemple du canal « Messier » en Patagonie chilienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Aitken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Numa Foulc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 35, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02278153v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01793310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DU DESSIN D'ART FIGURATIF À LA CARTOGRAPHIE NUMÉRIQUE : INVENTER DE NOUVEAUX OUTILS AU SERVICE DE LA DÉMARCHE DE PROJET DE PAYSAGE</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guy Lempérière</w:t>
+                <w:t xml:space="preserve">The Toponymy's Avatars in the Geographical Confines, The &amp;quot;Messier&amp;quot; Channel in Chilean Patagonia as an example</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Aitken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Numa Foulc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Confins - Revue franco-brésilienne de géographie/Revista franco-brasileira de geografia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 35, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/confins.13093⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02056618v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02278153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l'interaction entre dynamique paysagère et sociale. Exemple du bassin versant de l'Ouvèze (Ardèche, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">DU DESSIN D'ART FIGURATIF À LA CARTOGRAPHIE NUMÉRIQUE : INVENTER DE NOUVEAUX OUTILS AU SERVICE DE LA DÉMARCHE DE PROJET DE PAYSAGE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Petit-Berghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lempérière</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Montagnes méditerranéennes et developpement territorial</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, pp.6-44</w:t>
+              <w:t xml:space="preserve">Cartes &amp; géomatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00280150v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02056618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de l’interaction entre dynamique paysagère et dynamique sociale Exemple du bassin versant de l’Ouvèze (Ardèche, France)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+                <w:t xml:space="preserve">Etude de l'interaction entre dynamique paysagère et sociale. Exemple du bassin versant de l'Ouvèze (Ardèche, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lempérière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Léonard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdérrahim Bouasria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sebastien Fleury</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Montagnes méditerranéennes et developpement territorial</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.6-44</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00280150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude de l’interaction entre dynamique paysagère et dynamique sociale Exemple du bassin versant de l’Ouvèze (Ardèche, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lempérière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Léonard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdérrahim Bouasria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montagnes méditerranéennes et developpement territorial</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2005</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02056674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2346,2517 +2450,2625 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Typologie des usages du numérique dans les loisirs sportifs de nature</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Usages du numérique : utilisation des dispositifs numériques dans les pratiques sportives outdoor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Langenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international « Les enjeux des Jeux »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CRESCO (Centre de Recherches Sciences Sociales Sports et Corps), Université de Toulouse; Équipe Santé, éducation, situations de handicap, Université de Monpellier; Équipe Apsy-V, Université de Nîmes, Dec 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Symposium « Des usagers aux concepteurs : analyses sectorielles de la digitalisation du sport et de l’activité physique », Colloque international « Les enjeux des Jeux »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRESCO (Centre de Recherches Sciences Sociales Sports et Corps), Université de Toulouse; Équipe Santé, éducation, situations de handicap, Université de Montpellier; Équipe Apsy-V, Université de Nîmes, Dec 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411601v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usages du numérique : utilisation des dispositifs numériques dans les pratiques sportives outdoor</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Typologie des usages du numérique dans les loisirs sportifs de nature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Langenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium « Des usagers aux concepteurs : analyses sectorielles de la digitalisation du sport et de l’activité physique », Colloque international « Les enjeux des Jeux »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CRESCO (Centre de Recherches Sciences Sociales Sports et Corps), Université de Toulouse; Équipe Santé, éducation, situations de handicap, Université de Montpellier; Équipe Apsy-V, Université de Nîmes, Dec 2025, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Colloque international « Les enjeux des Jeux »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CRESCO (Centre de Recherches Sciences Sociales Sports et Corps), Université de Toulouse; Équipe Santé, éducation, situations de handicap, Université de Monpellier; Équipe Apsy-V, Université de Nîmes, Dec 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411586v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05411601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géographie du canyoning en France via les traces géonumériques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Langenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international « Les enjeux des Jeux »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRESCO (Centre de Recherches Sciences Sociales Sports et Corps), Université de Toulouse; Équipe Santé, éducation, situations de handicap, Université de Montpellier; Équipe Apsy-V, Université de Nîmes, Dec 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05411592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Significance and limits of VGI in the study and understanding of the logics of visits of natural areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Rohaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Langenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Mountain Conference 2025 (IMC 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Innsbruck, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesurer la productivité d’une parcelle de mûriers par photogrammétrie drone</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Boyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées du réseau DRONES &amp; CAP'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS, Sep 2025, Vichy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05464979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire le lien entre l'occupation des sols et l'évolution des rivières : présentation de travaux de recherche sur le bassin versant du Ratier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Creti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien C. Meynier Pozzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Grandjouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée publique de restitution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE, RiverLy, Jun 2024, Pollionnay, France. 13 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04733933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation des contributions à l'écoulement simulées par un modèle hydrologique distribué à partir de données biogéochimiques</w:t>
+                <w:t xml:space="preserve">Comparaison de modélisation hydrologique distribuée et de modèle de mélange biogéochimique pour connaître les contributions aux écoulements dans un bassin versant péri-urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Grandjouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Cournoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5èmes Journées de Modélisation desSurfaces Continentales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">10ème Journées Doctorales en Hydrologie Urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Bouguenais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04868875v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparaison de modélisation hydrologique distribuée et de modèle de mélange biogéochimique pour connaître les contributions aux écoulements dans un bassin versant péri-urbain</w:t>
+                <w:t xml:space="preserve">Évaluation des contributions à l'écoulement simulées par un modèle hydrologique distribué à partir de données biogéochimiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Grandjouan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flora Branger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Cournoyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Journées Doctorales en Hydrologie Urbaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Bouguenais, France</w:t>
+              <w:t xml:space="preserve">5èmes Journées de Modélisation desSurfaces Continentales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04868902v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Informations Géographiques Volontaires au service de l'observation de la fréquentation récréative des espaces naturels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Langenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assises de la recherche sur les pratiques récréa-sportives en nature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Société de Sociologie du Sport de Langue Française, Nov 2023, Mirabel, France. pp.1-25</w:t>
+              <w:t xml:space="preserve">, Société de Sociologie du Sport de Langue Française, Nov 2023, Mirabel, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04313803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic des usages et pratiques en zone rurale : enquêtes de terrain, suivis de qualité des eaux et modélisation hydrologique pour prédire l'évolution de la ressource en eau en Ardèche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Nord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Boudevillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nico Hachgenei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée publique de restitution</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PACTE - Cermosem, Nov 2023, Mirabel (Ardèche), France. 14 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04733961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Informations Géographiques Volontaires : une revue de la littérature par l’analyse bibliométrique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Langenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence « Spatial Analysis and GEOmatics » (SAGEO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Laval, Jun 2023, Québec (CA), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04183846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les traces numériques au service de l'observation des pratiques récréatives dans les espaces naturels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Langenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les enjeux des jeux - Contribution de la recherche en sciences humaines et sociales du sport aux Jeux Olympiques et Paralympiques de Paris 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SantESiH (Montpellier); CRESCO (Toulouse); Groupe de Recherche ACHAC, Dec 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03905852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification et cartographie des sources potentielles de pollutions diffuses en milieu agricole : utilisation combinée d’enquêtes et de données cartographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dusseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées annuelles OZCAR 2022 - Sédiments et contaminants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Equipe OZCAR, Mar 2022, Vogüé, Ardèche, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04871316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les traces numériques dans la gestion des espaces naturels de loisir des sports de nature : l’exemple du canyoning et de la plateforme descente canyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Langenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encore une transition ? Les territoires de montagne face aux changements socio environnementaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, LARHRA; GRESEC; MSH-Alpes - Axe Transalpes; Labex Innovations et transitions territoriales en montagne (ITTEM), Dec 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03905840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géohistoire des marais de la Dives (Calvados, France) et littoral endigué : des trajectoires paysagères confrontées à la gestion des risques côtiers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lempérière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flora Rich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Petit-Berghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëtan Jolly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">D’arbres et d’eaux. Géohistoire, mobilité et hybridité des zones humides boisées</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Bouaye, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05292913v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (6)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The canker at the gate of town</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Évolution historique et future de l’usage des sols du bassin versant de la Claduègne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mansour Mbodji</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Créti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Dusseux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Coquery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Ecological Society, Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Liverpool, France</w:t>
+              <w:t xml:space="preserve">Réunion publique, projet ANR CHYPSTER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Mirabel (Ardèche), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04839890v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05557972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification et caractérisation des sources de contaminants dans des bassins versants d’usage mixte - approche intégrée IDESOC</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pauline Dusseux</w:t>
+                <w:t xml:space="preserve">The canker at the gate of town</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lempérière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Marage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amadou Mbodji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansour Mbodji</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire scientifique Rivières Cévenoles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Alès, France</w:t>
+              <w:t xml:space="preserve">British Ecological Society, Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Liverpool, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04868942v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04839890v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ragondin et rat musqué : danger sur (sous) la digue !</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification et caractérisation des sources de contaminants dans des bassins versants d’usage mixte - approche intégrée IDESOC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Duwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Nord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Dusseux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Gaëtan Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PAMPAS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2023, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">Séminaire scientifique Rivières Cévenoles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Alès, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04361432v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04868942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaussadenches revisité : évolution d’un paysage rural à travers les changements d’utilisation des terres et l’écologie du paysage. Les mutations d’un paysage de châtaigneraie en Cévennes ardéchoises</w:t>
+                <w:t xml:space="preserve">Ragondin et rat musqué : danger sur (sous) la digue !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Bazin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manon Bernède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Besry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Lempérière</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gaëtan Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">UGI-IGU Paris 2022 Le temps des géographes Le congrès du centenaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">PAMPAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2023, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03920916v1</w:t>
+                <w:t xml:space="preserve">halshs-04361432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de l’utilisation du drone et de transects écopaysagers pour l’échantillonnage spatial d’habitats naturels : le cas des digues de la vallée de la Dives (Calvados).</w:t>
+                <w:t xml:space="preserve">Chaussadenches revisité : évolution d’un paysage rural à travers les changements d’utilisation des terres et l’écologie du paysage. Les mutations d’un paysage de châtaigneraie en Cévennes ardéchoises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lempérière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Franchini</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SAGEO 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">UGI-IGU Paris 2022 Le temps des géographes Le congrès du centenaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05292900v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03920916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Apport de l’utilisation du drone et de transects écopaysagers pour l’échantillonnage spatial d’habitats naturels : le cas des digues de la vallée de la Dives (Calvados).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Petit-Berghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Lempérière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SAGEO 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, La Rochelle, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05292900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the impact of preventive information on natural risks with original immersion tools</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elise Beck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle I. André-Poyaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Arnaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Borelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Chionne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Geoscience Union Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2020, Online Conference, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04231449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4866,130 +5078,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnostic territorial de la palmeraie du Ksar de Ouargla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Amrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Bontems</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benhelal Hadi Dadene Bachir Beklal Saïd</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03934359v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4999,288 +5211,288 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronique d’une mutation paysagère majeure : le cas des alignements d’arbres le long des canaux de navigation du sud de la France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Lemperiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Marage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Petit-Berghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julia Cohendy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infrastructures de transport créatives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">éditions Quae</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.95-107, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.35690/978-2-7592-3813-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04452921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les dynamiques des arrière-pays méditerranéens français : Une marqueterie territoriale entre marge et périphérie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Landel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andréas Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Hélène Roth. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espaces fragiles, Construction scientifique, dynamiques territoriales et action publique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires Blaise Pascal, 2017, 978-2-84516-638-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02047302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5290,605 +5502,605 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stream concentrations of micropollutants in the Claduègne, Ardèche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nico Hachgenei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Baduel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Nord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Spadini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.57745/3D4DFW⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04593502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Visite des bassins instrumentés « Olivier de Serres » de l’OHMCV</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observatoire Hydrométérologique Méditerranéen Cévennes-Vivarais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Nord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brice Boudevillain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Boubkraoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Guyard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de l’Infrastructure de Recherche OZCAR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04572459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montagnes, développement durable et technologies de l'information et de la communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Landel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Papa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grégoire Feyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Francony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
-              <w:r>
-[...28 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00368969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude régionale pour une meilleure prise en compte de la thématique sportive dans les politiques territoriales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Obin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00280395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Montagnes, développement durable et technologies de l'information et de la communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Landel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Soubeyran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grégoire Feyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Soubeyran</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Francony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00378454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5898,1187 +6110,1187 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charte de mutualisation et ouverture des données du projet Flex-Mediation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Chiron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Debizet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blanche Lormeteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Reverdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux de Chanaleilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Univ. Grenoble Alpes, CNRS, Sciences Po Grenoble - UGA, Pacte. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04946383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le numérique dans les pratiques sportives de nature</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robin Lesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Langenbach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apoline Vaquez-Broc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pole Ressources National Sports de Nature; Ministère des sports, de la jeunesse et de la vie associative. 2024, https://www.sportsdenature.gouv.fr/le-numerique-dans-les-pratiques-sportives-de-nature</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport technique)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04811575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification et caractérisation des sources de contaminants dans des bassins versants d'usage mixte, approche intégrée - IDESOC</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Modélisation prospective paysagère de bassins versants à usage mixte en contexte de changement climatique (2050)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Créti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dusseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Rapport final, INRAE RiverLy; IGE – Institut des Géosciences de l’Environnement; Pacte, Laboratoire de sciences sociales - Grenoble (France); LEM - UMR 5557. 2024, 88 p</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Projet CHYPSTER - Livrable WP5-2 (rapport final), PACTE - Université Grenoble Alpes. 2024, pp.37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04733909v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05328417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation prospective paysagère de bassins versants à usage mixte en contexte de changement climatique (2050)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Identification et caractérisation des sources de contaminants dans des bassins versants d'usage mixte, approche intégrée - IDESOC</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Coquery</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Duwig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dusseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Projet CHYPSTER - Livrable WP5-2 (rapport final), PACTE - Université Grenoble Alpes. 2024, pp.37</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Cournoyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport final, INRAE RiverLy; IGE – Institut des Géosciences de l’Environnement; Pacte, Laboratoire de sciences sociales - Grenoble (France); LEM - UMR 5557. 2024, 88 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05328417v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographies historiques et trajectoires paysagères : classification automatique du paysage et analyse qualitative des trajectoires paysagères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Creti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Dusseux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport final, Livrable WP5-1, ANR CHYPSTER, Pacte - Université Grenoble Alpes. 2024, pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05236355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur les traces de Mobi’Kids. L’enfant autonome au défi de la ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Depeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle I. André-Poyaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Audas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Bailleul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bedel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ESO (CNRS, Université Rennes2); PACTE (CNRS, UGA, Sciences Po Grenoble); AAU (CNRS, Centrale Nantes, ENSA Nantes et Grenoble, UGA); LIFAT (Université de Tours); (PME) ALKANTE; PME, RF TRACK PME. 2022, pp.75</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
-              <w:r>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04284882v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Origine et devenir des contaminants PHARMAceutiques dans les Bassins Versants agricoles. Le cas de la Claduègne (Ardèche). PHARMA-BV, Rapport final</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Nord</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celine Duwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Legout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Christine Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Université Grenoble Alpes (UGA); Institut des géosciences de l’environnement (IGE); Irstea; Cermosem. 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
-              <w:r>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03792642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation phase 1 Ardèche Jeunesse Innovation Ruralité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Poudray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélodie Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Senil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caussanel Jérémie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Mao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Travaux universitaires] CERMOSEM. 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01738457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'événementiel &amp;quot;agriculturel&amp;quot; en Rhône-Alpes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Antoine Landel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Delfosse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Canova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Caritey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00913557v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les Pôles d'Excellence Rurale en 2007: territoires concernés, ressources mobilisées, organisations des acteurs. Quels modes d'observation à des fins d'évaluation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Pecqueur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Landel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Senil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bernard Pecqueur</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Canova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2007</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00913774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId180"/>
+      <w:footerReference w:type="default" r:id="rId183"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7225,51 +7437,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517292v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grandjouan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cournoyer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robinet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-30-591-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190779v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lesn&#233;" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Langenbach" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mao" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Fran&#231;ois" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2025.2524189" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405124v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pozzi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Dominguez-Lage" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Luton" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marjolet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mouni&#233;e" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-37077-w" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866060v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Blanc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Comes-Trinidad" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328506v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lemperiere" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marage" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Mbodji" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Mbodji" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03071375.2025.2555749" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04210343v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Hachgenei" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Baduel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nord" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Spadini" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.166650" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712511v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Duch&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grancher" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Beck" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chionne" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Andr&#233;-Poyaud" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/WCAS-D-23-0124.1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809274v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.12550" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185360v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Janin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Parrot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Flandin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460729v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.12517" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776215v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Rich" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Douillard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Petit-Berghem" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jolly" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.18044" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-6WXSVQVH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03578389v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lemp&#233;ri&#232;re" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/physio-geo.13042" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377271v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Day" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Portier" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aab.12560" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793310v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aitken" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Numa Foulc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278153v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Aitken" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.13093" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056618v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00280150v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique L&#233;onard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd&#233;rrahim Bouasria" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fleury" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056674v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fleury" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411601v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411586v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411592v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267841v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rohaut" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464979v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boyer" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04733933v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Creti" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien C. Meynier Pozzi" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868875v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cournoyer" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868902v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313803v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04733961v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Boudevillain" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183846v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905852v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04871316v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905840v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292913v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839890v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868942v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Duwig" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04361432v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bazin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bern&#232;de" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Besry" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03920916v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Franchini" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05292900v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04231449v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Beck" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Arnaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Borelly" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934359v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Amrani" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bontems" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benhelal Hadi Dadene Bachir Beklal Sa&#239;d" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04452921v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Cohendy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3813-2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02047302v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Landel" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;as Rey" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593502v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/3D4DFW" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572459v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Observatoire Hydrom&#233;t&#233;rologique M&#233;diterran&#233;en C&#233;vennes-Vivarais" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boubkraoui" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guyard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368969v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Collet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Papa" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Feyt" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Francony" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00280395v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Obin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00378454v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soubeyran" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04946383v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chiron" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Debizet" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Lormeteau" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Reverdy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux de Chanaleilles" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811575v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apoline Vaquez-Broc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04733909v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duwig" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05328417v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Cr&#233;ti" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05236355v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284882v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Depeau" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Audas" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bailleul" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bedel" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03792642v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martins" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Legout" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Morel" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01738457v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Poudray" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Roche" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Senil" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caussanel J&#233;r&#233;mie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00913557v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delfosse" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Canova" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caritey" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00913774v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pecqueur" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517292v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Grandjouan" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Branger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Masson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Cournoyer" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Robinet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/hess-30-591-2026" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541234v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Cr&#233;ti" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Dusseux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/Revue-SET.2026.50.9649" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05190779v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lesn&#233;" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Langenbach" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mao" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Fran&#231;ois" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07053436.2025.2524189" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405124v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pozzi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Dominguez-Lage" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Luton" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Marjolet" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Mouni&#233;e" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-025-37077-w" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04866060v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Blanc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Comes-Trinidad" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328506v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lemperiere" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Marage" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amadou Mbodji" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Mbodji" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03071375.2025.2555749" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04210343v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nico Hachgenei" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Baduel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Nord" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Spadini" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.166650" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04712511v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Duch&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grancher" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Beck" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Chionne" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle I. Andr&#233;-Poyaud" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1175/WCAS-D-23-0124.1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04809274v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.12550" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04460729v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rga.12517" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04185360v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Janin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Parrot" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Flandin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03776215v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Rich" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Douillard" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Petit-Berghem" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Jolly" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/geocarrefour.18044" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-6WXSVQVH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03578389v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lemp&#233;ri&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/physio-geo.13042" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377271v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keith Day" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Portier" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aab.12560" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01793310v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Aitken" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Numa Foulc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02278153v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Aitken" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/confins.13093" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056618v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00280150v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique L&#233;onard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd&#233;rrahim Bouasria" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Fleury" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02056674v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Fleury" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411586v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411601v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05411592v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267841v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Rohaut" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464979v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Boyer" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04733933v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Coquery" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Creti" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien C. Meynier Pozzi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868902v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Cournoyer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868875v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313803v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04733961v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Boudevillain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183846v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905852v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04871316v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03905840v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05292913v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05557972v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839890v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04868942v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Duwig" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04361432v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Bazin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Bern&#232;de" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Besry" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03920916v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Franchini" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05292900v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04231449v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Beck" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Arnaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Borelly" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03934359v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Amrani" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Bontems" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benhelal Hadi Dadene Bachir Beklal Sa&#239;d" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04452921v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Cohendy" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3813-2" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02047302v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Landel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;as Rey" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04593502v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/3D4DFW" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572459v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Observatoire Hydrom&#233;t&#233;rologique M&#233;diterran&#233;en C&#233;vennes-Vivarais" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Boubkraoui" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guyard" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00368969v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Collet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Papa" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Feyt" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Francony" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00280395v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Obin" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00378454v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Soubeyran" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04946383v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chiron" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Debizet" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Lormeteau" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Reverdy" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux de Chanaleilles" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811575v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apoline Vaquez-Broc" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328417v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04733909v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duwig" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236355v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04284882v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Depeau" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Audas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bailleul" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bedel" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03792642v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martins" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Legout" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Christine Morel" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01738457v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Poudray" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Roche" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Senil" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caussanel J&#233;r&#233;mie" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00913557v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Delfosse" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Canova" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Caritey" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00913774v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Pecqueur" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>