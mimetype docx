--- v0 (2026-03-04)
+++ v1 (2026-03-28)
@@ -100,174 +100,174 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La valorisation professionnelle des acquis du mandat syndical : quels dispositifs pour quels objectifs ?</w:t>
+                <w:t xml:space="preserve">Comment dire son syndicalisme ? Sur l’usage de récits autobiographiques de militants CGT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Simonpoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Connaissance de l'emploi</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nrt.15902⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04837217v1</w:t>
+                <w:t xml:space="preserve">hal-04690629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment dire son syndicalisme ? Sur l’usage de récits autobiographiques de militants CGT</w:t>
+                <w:t xml:space="preserve">La valorisation professionnelle des acquis du mandat syndical : quels dispositifs pour quels objectifs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Simonpoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Connaissance de l'emploi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/nrt.15902⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04690629v1</w:t>
+                <w:t xml:space="preserve">hal-04837217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La troisième voie d’accès à l’ENA. Une réforme de la haute fonction publique entre subversion et sens de la mesure</w:t>
               </w:r>
@@ -472,183 +472,183 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04306936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ambulance confédérale. Comment la CGT fabrique la reconversion professionnelle de ses cadres syndicaux</w:t>
+                <w:t xml:space="preserve">Les petites mains du syndicalisme. Le rôle des employées administratives dans la mise en œuvre du travail syndical à la CGT</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Simonpoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sociologie du Travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 64 (3), </w:t>
+              <w:t xml:space="preserve">Politix</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 136 (4), pp.27-53. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/sdt.41695⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/pox.136.0027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03834595v1</w:t>
+                <w:t xml:space="preserve">hal-03834591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les petites mains du syndicalisme. Le rôle des employées administratives dans la mise en œuvre du travail syndical à la CGT</w:t>
+                <w:t xml:space="preserve">L’ambulance confédérale. Comment la CGT fabrique la reconversion professionnelle de ses cadres syndicaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Simonpoli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Politix</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 136 (4), pp.27-53. </w:t>
+              <w:t xml:space="preserve">Sociologie du Travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 64 (3), </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/pox.136.0027⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/sdt.41695⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03834591v1</w:t>
+                <w:t xml:space="preserve">hal-03834595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Monter à la confédération »</w:t>
               </w:r>
@@ -1297,51 +1297,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04837217v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Simonpoli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690629v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.15902" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687557v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.733.0449" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040248v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306936v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.129.0107" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834595v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.41695" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834591v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.136.0027" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216551v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boulland" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.122.0035" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834598v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.12860" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892989v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Aranda" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484530v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.filli.2022.01.0217" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380809v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Froger-Lefebvre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tardits" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chrhc.12465" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690629v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Simonpoli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.15902" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04837217v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687557v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfsp.733.0449" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040248v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04306936v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soco.129.0107" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834591v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/pox.136.0027" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834595v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sdt.41695" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03216551v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Boulland" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gen.122.0035" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03834598v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.12860" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01892989v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauricio Aranda" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04484530v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.filli.2022.01.0217" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380809v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Froger-Lefebvre" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tardits" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/chrhc.12465" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>