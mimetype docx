--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -2300,189 +2300,160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01559078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Off-On-Off Fluorescent Sensor for pH Windows Based on the 13aneN4-Zn 2+ System</w:t>
+                <w:t xml:space="preserve">Heat-Induced Soluble Protein Aggregates from Mixed Pea Globulins and β-Lactoglobulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeria Amendola</w:t>
+                <w:t xml:space="preserve">Mohamed Lazhar Chihi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Greta Bergamaschi</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Luc Mession</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sok</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Saurel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ejic.201600749⟩</w:t>
+              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 64 (13), pp.2780 - 2791. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b00087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01492871v1</w:t>
+                <w:t xml:space="preserve">hal-01484271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinforced cyclam derivatives functionalized on the bridging unit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sok</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2491,233 +2462,262 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Baglin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Rousselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Boschetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Bernhard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New Journal of Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 40 (7), pp.5829 - 5834. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/c5nj03488d⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01492972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat-Induced Soluble Protein Aggregates from Mixed Pea Globulins and β-Lactoglobulin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Off-On-Off Fluorescent Sensor for pH Windows Based on the 13aneN4-Zn 2+ System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valeria Amendola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Lazhar Chihi</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Greta Bergamaschi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giacomo Dacarro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Denat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Boschetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 2016 (32), pp.5106 - 5113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ejic.201600749⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.jafc.6b00087⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01484271v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01492871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct subphthalocyanine conjugation to bombesin vs indirect conjugation to its lipidic nanocarrier</w:t>
               </w:r>
@@ -2983,51 +2983,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thermal Denaturation of Pea Globulins (&amp;lt;i&amp;gt;Pisum sativum&amp;lt;/i&amp;gt; L.)—Molecular Interactions Leading to Heat-Induced Protein Aggregation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Mession</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sok</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4936,51 +4936,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F8801B8F"/>
+    <w:nsid w:val="AA2D2F2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5167,51 +5167,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-sok" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3143-2135" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197893201" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05121935v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Doveri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Antonio Diaz Fernandez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Dacarro" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Grisoli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Milanese" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30112257" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05053678v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alary Justine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou-Maroun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sok" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Husson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42991-025-00491-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04536395v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Tachtalidou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Spyros" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Heinzmann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.138944" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04037059v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leina El Hosry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Richa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Al Mashtoub" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cayot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12040895" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03524043v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Noret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmitt-Kopplin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.131679" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03766398v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Carballido" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karbowiak" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Gerometta" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chempr.2022.05.021" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03123992v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Doumani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Maalouly" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29219/fnr.v65.5556" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02551705v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;verin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dahbi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Tueni" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9040474" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173340v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manal Bitar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lafarge" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.04.108" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372038v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Crouvisier-Urion" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Regina da Silva Farias" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorawit Arunatat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donnchadh Griffin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9gc01372e" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02380053v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dubois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19204514" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01908764v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernhard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline D&#233;sog&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Goze" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rousselin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800801" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01894718v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed&#8211;lazhar Chihi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Saurel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.07.006" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509840v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dat Nguyen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Viaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.09.171" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01560414v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baglin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Basset" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Fakkor" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Kohli" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ra04218c" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01559078v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Decr&#233;au" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gigot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernhard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Goncalves" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moreau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01492871v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Amendola" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Bergamaschi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boschetti" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201600749" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSFKGT2P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01492972v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nj03488d" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01484271v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lazhar Chihi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mession" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b00087" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471289v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB00530F" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02413068v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attaf Djoullah" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Djemaoune" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Penouilh" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Husson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.12.066" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5N6QB7CQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234483v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assifaoui" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf303739n" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939788v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie J. Duval" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Laroche" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Prida" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2012.09.117" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CD6NJGNC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030329v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piersandro Pallavicini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Cucca" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0NJ00829J" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474574v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri A. Diaz-Fernandez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pasotti" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200902427" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7ZVR96V6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474575v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boschetti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Guilard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200901183" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N2F1RRMM-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458560v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b907289f" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-97H99360-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458558v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Chirico" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddalena Collini" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura d'Alfonso" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200800292" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RN2GGF0L-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05516791v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335216v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335229v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05372989v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Crouvisier Urion" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05338920v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crouvisier Urion Kevin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Rocca-Smith" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02413499v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05333479v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-sok" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3143-2135" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/197893201" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05121935v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavinia Doveri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Antonio Diaz Fernandez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giacomo Dacarro" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pietro Grisoli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Milanese" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/molecules30112257" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05053678v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alary Justine" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bou-Maroun" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dujourdy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sok" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Husson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42991-025-00491-1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04536395v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Tachtalidou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Spyros" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silke Heinzmann" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Denat" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.138944" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04037059v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leina El Hosry" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Richa" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Layal Al Mashtoub" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cayot" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods12040895" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03524043v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Noret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Schmitt-Kopplin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2021.131679" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03766398v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Carballido" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Karbowiak" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimiliano Gerometta" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chempr.2022.05.021" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03123992v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour Doumani" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Maalouly" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.29219/fnr.v65.5556" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02551705v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle S&#233;verin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Dahbi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maya Tueni" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods9040474" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02173340v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manal Bitar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Lafarge" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2019.04.108" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02372038v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Crouvisier-Urion" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernanda Regina da Silva Farias" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sorawit Arunatat" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donnchadh Griffin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9gc01372e" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-02380053v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Dubois" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19204514" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01908764v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bernhard" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline D&#233;sog&#232;re" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Goze" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rousselin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.201800801" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01894718v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed&#8211;lazhar Chihi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Saurel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2018.07.006" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01509840v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Nikolantonaki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guyot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Dat Nguyen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Viaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2016.09.171" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01560414v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baglin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Basset" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Fakkor" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Kohli" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ra04218c" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01559078v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Decr&#233;au" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Gigot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Bernhard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Goncalves" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Moreau" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01484271v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Lazhar Chihi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Mession" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b00087" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01492972v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Boschetti" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nj03488d" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01492871v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Amendola" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Greta Bergamaschi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejic.201600749" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-LSFKGT2P-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03471289v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB00530F" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02413068v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Attaf Djoullah" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Djemaoune" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jos&#233; Penouilh" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Husson" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.colsurfa.2014.12.066" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5N6QB7CQ-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234483v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Assifaoui" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf303739n" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939788v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie J. Duval" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Laroche" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gourrat" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Prida" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2012.09.117" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CD6NJGNC-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03030329v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Piersandro Pallavicini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Cucca" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C0NJ00829J" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474574v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri A. Diaz-Fernandez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Pasotti" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.200902427" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7ZVR96V6-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474575v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Boschetti" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Guilard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.200901183" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-N2F1RRMM-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458560v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b907289f" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-97H99360-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00458558v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Chirico" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maddalena Collini" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura d'Alfonso" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cphc.200800292" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RN2GGF0L-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05516791v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335216v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05335229v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05372989v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Crouvisier Urion" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05338920v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crouvisier Urion Kevin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Rocca-Smith" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02413499v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-05333479v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>