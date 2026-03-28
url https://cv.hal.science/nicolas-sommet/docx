--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -93,1536 +93,1666 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (13)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancing the psychology of social class with large-scale replications in four countries</w:t>
+                <w:t xml:space="preserve">No meta-analytical effect of economic inequality on well-being or mental health</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatolia Batruch</w:t>
+                <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Sommet</w:t>
+                <w:t xml:space="preserve">Adrien A Fillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Autin</w:t>
+                <w:t xml:space="preserve">Ocyna Rudmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Rossi Saldanha Cunha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annahita Ehsan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Human Behaviour</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41562-025-02234-1⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 649 (8098), pp.926-937. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-025-09797-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05252278v1</w:t>
+                <w:t xml:space="preserve">hal-05508274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Perceived Economic Scarcity Scale: A valid tool with greater predictive utility than income</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Advancing the psychology of social class with large-scale replications in four countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatolia Batruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Alice Normand</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Autin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Social Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bjso.12719⟩</w:t>
+              <w:t xml:space="preserve">Nature Human Behaviour</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 9, pp.2382-2403. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41562-025-02234-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04788736v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05252278v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Economic inequality and student outcomes: What we know and where to go from here.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nele Claes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrew Elliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Motivation Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 10 (3), pp.247-261. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1037/mot0000335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection and the Economic Value of Education: A Barrier to Reducing the SES Achievement Gap?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">The Perceived Economic Scarcity Scale: A valid tool with greater predictive utility than income</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antony Manstead</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Social Issues</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/josi.12646⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 63 (3), pp.1112-1136. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bjso.12719⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04789318v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04788736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative learning reduces the gender gap in perceived social competences: A large-scale nationwide longitudinal experiment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ocyna Rudmann</w:t>
+                <w:t xml:space="preserve">Selection and the Economic Value of Education: A Barrier to Reducing the SES Achievement Gap?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatolia Batruch</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antony Manstead</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/edu0000870⟩</w:t>
+              <w:t xml:space="preserve">Journal of Social Issues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/josi.12646⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04748426v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04789318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sociocognitive Conflict Regulation: How to Make Sense of Diverging Ideas</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Cooperative learning reduces the gender gap in perceived social competences: A large-scale nationwide longitudinal experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ocyna Rudmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatolia Batruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilio Paolo Visintin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Bressoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Directions in Psychological Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/0963721418813986⟩</w:t>
+              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 116 (6), pp.903-920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/edu0000870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02439558v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04748426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Socialization of Performance Goals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Sociocognitive Conflict Regulation: How to Make Sense of Diverging Ideas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Butera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fabrizio Butera</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Mugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Contemporary Educational Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cedpsych.2017.03.008⟩</w:t>
+              <w:t xml:space="preserve">Current Directions in Psychological Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 28 (2), pp.145-151. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0963721418813986⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01523730v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02439558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achievement Goals, Reasons for Goal Pursuit, and Achievement Goal Complexes as Predictors of Beneficial Outcomes: Is the Influence of Goals Reducible to Reasons?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">The Socialization of Performance Goals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Andrew J Elliot</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Pillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bart Meuleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
+              <w:t xml:space="preserve">Contemporary Educational Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/edu0000199⟩</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cedpsych.2017.03.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01523727v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01523730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The student-institution fit at university: interactive effects of academic competition and social class on achievement goals</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Achievement Goals, Reasons for Goal Pursuit, and Achievement Goal Complexes as Predictors of Beneficial Outcomes: Is the Influence of Goals Reducible to Reasons?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Mugny</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew J Elliot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2015.00769⟩</w:t>
+              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/edu0000199⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01348974v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01523727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">To Confirm or to Conform? Performance Goals as a Regulator of Conflict with More Competent Others</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">The student-institution fit at university: interactive effects of academic competition and social class on achievement goals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fabrizio Butera</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Quiamzade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Jury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Mugny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 6, pp.769. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2015.00769⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1037/a0037240⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01349103v1</w:t>
+                <w:t xml:space="preserve">hal-01348974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structured Cooperative Learning as a Means for Improving Average Achievers' Mathematical Learning in Fractions</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">To Confirm or to Conform? Performance Goals as a Regulator of Conflict with More Competent Others</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inovacije u nastavi - časopis za savremenu nastavu</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 28 (3), </w:t>
+              <w:t xml:space="preserve">Journal of Educational Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 107 (2), pp.580-598. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5937/inovacije1503015B⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1037/a0037240⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01348964v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01349103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance goals in conflictual social interactions: Towards the distinction between two modes of relational conflict regulation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Structured Cooperative Learning as a Means for Improving Average Achievers' Mathematical Learning in Fractions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Buchs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Wiederkehr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitra Filippou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Social Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/bjso.12015⟩</w:t>
+              <w:t xml:space="preserve">Inovacije u nastavi - časopis za savremenu nastavu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 28 (3), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5937/inovacije1503015B⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01349390v1</w:t>
+                <w:t xml:space="preserve">hal-01348964v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Performance goals in conflictual social interactions: Towards the distinction between two modes of relational conflict regulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Sommet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Darnon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Mugny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Quiamzade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Pulfrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">British Journal of Social Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 53, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bjso.12015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01349390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Did My M.D. Really Go to University to Learn? Detrimental Effects of Numerus Clausus on Self-Efficacy, Mastery Goals and Learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Pulfrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (12), pp.e84178. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0084178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01348971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1632,828 +1762,828 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychology of social class: a pre-registered replication of 43 effects on large representative samples in three countries</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Psychologie des classes sociales : un projet de réplication à grande échelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Autin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatolia Batruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th general meeting of the European Association of Social Psychology (EASP General Meeting 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Association of Social Psychology (EASP), Jun 2023, Cracovie (PL), Poland</w:t>
+              <w:t xml:space="preserve">Journées thématiques de l'ADRIPS : Inégalités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour la diffusion de la recherche internationale en psychologie sociale (ADRIPS), Jun 2023, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05373684v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychologie des classes sociales : un projet de réplication à grande échelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Psychology of social class: a pre-registered replication of 43 effects on large representative samples in three countries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Autin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatolia Batruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées thématiques de l'ADRIPS : Inégalités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association pour la diffusion de la recherche internationale en psychologie sociale (ADRIPS), Jun 2023, Poitiers, France</w:t>
+              <w:t xml:space="preserve">19th general meeting of the European Association of Social Psychology (EASP General Meeting 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Association of Social Psychology (EASP), Jun 2023, Cracovie (PL), Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05373708v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05373684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the measure of perceived economic scarcity: Development, validation and predictive power of the Perceived Economic Scarcity Scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th General Meeting of the European Association of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EASP European Association of Social Psychology, Jun 2023, Kracovie, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05036113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Do parents always support practices that improve the academic performance of low SES students in education?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Darnon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antony Manstead</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th General Meeting of the European Association of Social Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EASP European Association of Social Psychology, Jun 2023, Kracovie, Pologne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05036129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modèles théoriques de la psychologie des classes sociales : des effets généralisables au contexte français ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anatolia Batruch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anatolia Batruch</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Autin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14e Congrès international de psychologie sociale en langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05373700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les inégalités de revenus des pays augmentent-elles les inégalités de performances scolaires ?</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Mieux capturer la dimension économique de la classe sociale : développement et validation d’une échelle de précarité économique perçue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victor Auger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire en ligne de l’ADRIPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association pour la Diffusion de la Recherche Internationale en Psychologie Sociale, Feb 2022, EN LIGNE, France</w:t>
+              <w:t xml:space="preserve">14e Congrès International de Psychologie Sociale (CIPS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADRIPS; Université de Bordeaux; Laboratoire de Psychologie - EA4139, Jul 2022, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04832501v1</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03863571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mieux capturer la dimension économique de la classe sociale : développement et validation d’une échelle de précarité économique perçue</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les inégalités de revenus des pays augmentent-elles les inégalités de performances scolaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nele Claes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annique Smeding</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Carre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14e Congrès International de Psychologie Sociale (CIPS 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADRIPS; Université de Bordeaux; Laboratoire de Psychologie - EA4139, Jul 2022, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">Séminaire en ligne de l’ADRIPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour la Diffusion de la Recherche Internationale en Psychologie Sociale, Feb 2022, EN LIGNE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03863571v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04832501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Social structure in classrooms: How the social class achievement gap involves income inequality and anxiety.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nele Claes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annique Smeding</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Carre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EASP-SPSSI Small Group Meeting: Society in the classroom</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04832497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2463,150 +2593,150 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le conflit : une motivation à double tranchant pour l’apprenant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darnon Céline</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio Butera</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Etienne Bourgeois; Gaëtane Chapelle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Apprendre et faire apprendre</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PUF</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.285-296, 2011, Apprendre, 978-2-13-058391-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/puf.brgeo.2011.01.0285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01348988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2616,117 +2746,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Perceived Economic Scarcity Scale: A valid tool with greater predictive utility than income</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Victor Auger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alice Normand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04390018v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2736,114 +2866,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Picture of Performance Goals in the Social Plenum: The Interpersonal Antecedents and Consequences of Performance Goals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sommet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Psychology. Université de Lausanne, 2014. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01348955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId74"/>
+      <w:footerReference w:type="default" r:id="rId79"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2990,51 +3120,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252278v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatolia Batruch" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Autin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-025-02234-1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788736v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Auger" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Normand" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjso.12719" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04790565v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Claes" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Elliot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000335" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789318v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darnon" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Manstead" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josi.12646" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748426v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ocyna Rudmann" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Paolo Visintin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bressoux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000870" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439558v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Butera" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mugny" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0963721418813986" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523730v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pillaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Meuleman" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cedpsych.2017.03.008" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523727v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Elliot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000199" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348974v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quiamzade" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Jury" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00769" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349103v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0037240" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348964v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Buchs" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Wiederkehr" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Filippou" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/inovacije1503015B" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349390v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pulfrey" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjso.12015" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348971v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0084178" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373684v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373708v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036113v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036129v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373700v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832501v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863571v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832497v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348988v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darnon C&#233;line" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Apprendre_et_faire_apprendre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.brgeo.2011.01.0285" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390018v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01348955v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05508274v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sommet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien A Fillon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ocyna Rudmann" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Rossi Saldanha Cunha" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annahita Ehsan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-025-09797-z" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05252278v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anatolia Batruch" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Autin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41562-025-02234-1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04790565v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nele Claes" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Elliot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/mot0000335" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788736v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Auger" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Normand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjso.12719" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789318v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Darnon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Manstead" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/josi.12646" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748426v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilio Paolo Visintin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bressoux" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000870" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439558v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Butera" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Mugny" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0963721418813986" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523730v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Pillaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart Meuleman" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cedpsych.2017.03.008" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01523727v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew J Elliot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/edu0000199" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348974v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quiamzade" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Jury" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00769" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349103v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0037240" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348964v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Buchs" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Wiederkehr" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Filippou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5937/inovacije1503015B" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349390v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Pulfrey" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjso.12015" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348971v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0084178" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373708v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373684v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036113v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036129v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373700v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863571v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832501v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annique Smeding" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Carre" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04832497v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01348988v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darnon C&#233;line" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/content/Apprendre_et_faire_apprendre" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.brgeo.2011.01.0285" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390018v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01348955v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>