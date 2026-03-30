--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -2661,273 +2661,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02969311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Classification de phrases courtes : des approches non-supervisées aux approches faiblement supervisées</w:t>
+                <w:t xml:space="preserve">On the evaluation of retrofitting for supervised short-text classification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaoutar Ghazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Marchal</w:t>
+                <w:t xml:space="preserve">Andon Tchechmedjiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andon Tchechmedjiev</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Antoine Jean</w:t>
+                <w:t xml:space="preserve">Sébastien Harispe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sutton-Charani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tagny Gildas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGC 2020 - Extraction et Gestion des Connaissances (TextMine - Atelier sur la fouille de textes)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Bruxelles, Belgique</w:t>
+              <w:t xml:space="preserve">1st International Workshop DeepOntoNLP: Deep Learning meets Ontologies and Natural Language Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2020, Virtual &amp; Bozen-Bolzano, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02884204v1</w:t>
+                <w:t xml:space="preserve">hal-02986853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the evaluation of retrofitting for supervised short-text classification</w:t>
+                <w:t xml:space="preserve">Classification de phrases courtes : des approches non-supervisées aux approches faiblement supervisées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kaoutar Ghazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Marchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andon Tchechmedjiev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Harispe</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Antoine Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sutton-Charani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Workshop DeepOntoNLP: Deep Learning meets Ontologies and Natural Language Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2020, Virtual &amp; Bozen-Bolzano, Italy</w:t>
+              <w:t xml:space="preserve">EGC 2020 - Extraction et Gestion des Connaissances (TextMine - Atelier sur la fouille de textes)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Bruxelles, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02986853v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02884204v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction bayésienne de prédictions issues d'arbres de décision et évaluation crédibiliste</w:t>
               </w:r>
@@ -3349,51 +3349,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Sutton-Charani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhak Imoussaten</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Harispe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacky Montmain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4478,51 +4478,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05055721v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayane Elimam" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sutton-Charani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Montmain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3560838" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04748690v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Rubio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Demoor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chalm&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Magnier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/info15100621" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04546136v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Bou orm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bayle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles B&#233;n&#233;zet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2024.118487" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04136339v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vallance" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guyot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsams.2023.05.001" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03623354v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Du" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ranwez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ranwez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2022.108560" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03830607v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pdig.0000115" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03203750v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Fouque" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Strauss" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infrared.2021.103742" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03335198v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipm.2021.102721" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03319825v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255929" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02913576v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Imoussaten" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10155261" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05229290v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Vergotte" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Lacerenza" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pla" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Besson" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384693v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bourdon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bakhti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mottet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05192557v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno da Silva Henriques" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sutton Charani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vandeborre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04777787v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Faux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04663668v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-74003-9_7" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04777782v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03800992v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Deligni&#232;res" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Fagard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dupeyron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-17801-6_28" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03443323v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Quellec" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Lacaille" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03443310v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Perrey" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03531261v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dray" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Jean" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Maheu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACIIW52867.2021.9666318" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02872165v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50143-3_28" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02969311v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884204v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Ghazi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Marchal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andon Tchechmedjiev" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02986853v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Harispe" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tagny Gildas" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294377v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329644v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293232v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294372v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Neverov" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chihab Khnifass" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Beye" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294352v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91473-2_26" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933847v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coulon Leroy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Symoneaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923324v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Destercke" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Denoeux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063863v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08795-5_12" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933177v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923310v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723989v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-29461-7_9" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B088DB63276C27C2DD36E28276A02348BD70CCBC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416517v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01163798v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014COMP1835" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05055721v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayane Elimam" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sutton-Charani" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Prioux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Montmain" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACCESS.2025.3560838" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04748690v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Rubio" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Demoor" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chalm&#233;" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Magnier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/info15100621" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04546136v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Bou orm" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bayle" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles B&#233;n&#233;zet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeret" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2024.118487" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04136339v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Vallance" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Guyot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsams.2023.05.001" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03623354v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Du" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Ranwez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ranwez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.knosys.2022.108560" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03830607v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pdig.0000115" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03203750v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Fouque" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Strauss" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.infrared.2021.103742" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03335198v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ipm.2021.102721" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03319825v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0255929" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02913576v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Imoussaten" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app10155261" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05229290v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Vergotte" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michele Lacerenza" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Pla" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Besson" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384693v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Bourdon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Bakhti" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mottet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-05192557v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno da Silva Henriques" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Allaert" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sutton Charani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Slangen" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Vandeborre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04777787v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Faux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04663668v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-74003-9_7" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04777782v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03800992v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Deligni&#232;res" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willy Fagard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dupeyron" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-17801-6_28" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03443323v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Quellec" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Lacaille" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03443310v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Perrey" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03531261v2" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Dray" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Jean" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Maheu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ACIIW52867.2021.9666318" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02872165v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-50143-3_28" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02969311v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02986853v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Ghazi" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andon Tchechmedjiev" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Harispe" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tagny Gildas" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884204v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Marchal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294377v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02329644v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02293232v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294372v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Neverov" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chihab Khnifass" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Beye" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294352v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91473-2_26" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01933847v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Coulon Leroy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Symoneaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923324v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Destercke" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Denoeux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01063863v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-08795-5_12" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933177v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01923310v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00723989v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-29461-7_9" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B088DB63276C27C2DD36E28276A02348BD70CCBC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02416517v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01163798v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014COMP1835" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>