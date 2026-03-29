--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -503,222 +503,222 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02365009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of maintenance strategy of renewable energy production system (REPS) for minimizing production loss</w:t>
+                <w:t xml:space="preserve">The influence of the level of definition of functional specifications on the environmental performances of a complex system. EcoCSP approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchertchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Alain Yvars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12008-016-0331-6⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Sustainable Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9 (4), pp.277 - 290. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/19397038.2015.1085110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01401951v1</w:t>
+                <w:t xml:space="preserve">hal-01401947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The influence of the level of definition of functional specifications on the environmental performances of a complex system. EcoCSP approach</w:t>
+                <w:t xml:space="preserve">Optimization of maintenance strategy of renewable energy production system (REPS) for minimizing production loss</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchertchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Millet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Alain Yvars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Sustainable Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 9 (4), pp.277 - 290. </w:t>
+              <w:t xml:space="preserve">International Journal on Interactive Design and Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10 (3), pp.229-234. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/19397038.2015.1085110⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12008-016-0331-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01401947v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01401951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The influence of the level of definition of functional specifications on the environmental performances of a complex system. EcoCSP approach</w:t>
               </w:r>
@@ -730,51 +730,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchertchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Yvars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Sustainable Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -916,51 +916,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benefits and limits of a Constraint Satisfaction Problem/Life Cycle Assessment approach for the ecodesign of complex systems: a case applied to a hybrid passenger ferry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchertchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Yvars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Millet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1570,51 +1570,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchertchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Yvars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st CIRP Conference on Life Cycle Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2014, Trondheim, Norway. pp.449-454, </w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2069,51 +2069,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénéfices et limites d'une approche CSP/ACV pour l'écoconception de systèmes complexes ; application à une navette maritime à motorisation hybride Application navette maritime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchertchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Yvars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Millet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2189,51 +2189,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénéfices et limites d'une approche CSP/ACV pour l'écoconception de systèmes complexes; application à une navette maritime à motorisation hybride Application navette maritime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchertchian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Alain Yvars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Millet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2461,51 +2461,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="80121BB2"/>
+    <w:nsid w:val="59132469"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2692,51 +2692,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-tchertchian" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8984-9411" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595844v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tchertchian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Millet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20464177.2022.2044584" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614181v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guyon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Garcia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuele Margni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126081" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365009v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tchertchian" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.11.218" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401951v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-016-0331-6" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401947v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Yvars" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19397038.2015.1085110" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597125v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064187v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pialot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544828.2013.776671" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723875v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723887v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2011.10.001" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NJZ3T3RM-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064712v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram El Korchi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJETM.2012.045151" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626508v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brissaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472450v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Richard de Latour" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Millet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chenouard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956674v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Millet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.01.103" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065137v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2014.06.088" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401972v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401967v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-19692-8_71" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401963v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401960v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haining Liang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832425v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723883v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00969164v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013ECAP0047" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-tchertchian" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8984-9411" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03595844v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tchertchian" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Millet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/20464177.2022.2044584" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03614181v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guyon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Garcia" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuele Margni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2021.126081" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365009v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tchertchian" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2016.11.218" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401947v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Yvars" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/19397038.2015.1085110" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401951v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12008-016-0331-6" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597125v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064187v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Pialot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544828.2013.776671" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723875v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723887v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2011.10.001" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NJZ3T3RM-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01064712v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akram El Korchi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJETM.2012.045151" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00626508v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Brissaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472450v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Richard de Latour" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Millet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Chenouard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02956674v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Millet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2020.01.103" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065137v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procir.2014.06.088" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401972v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401967v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-19692-8_71" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401963v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401960v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haining Liang" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00832425v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tln.hal.science/hal-01723883v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00969164v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013ECAP0047" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>