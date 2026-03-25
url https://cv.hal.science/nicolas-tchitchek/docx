--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -214,10398 +214,12006 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (78)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (90)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-dose interleukin-2 in patients with bipolar depression: A phase 2 randomised double-blind placebo-controlled trial</w:t>
+                <w:t xml:space="preserve">Prognostic factors and predictive model for severe multiple sclerosis at first onset in a pediatric French cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Leboyer</w:t>
+                <w:t xml:space="preserve">Aliénor de Chalus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marianne Foiselle</w:t>
+                <w:t xml:space="preserve">Gonzalo Barraza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ryad Tamouza</w:t>
+                <w:t xml:space="preserve">Yahya Debza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberta Lorenzon</w:t>
+                <w:t xml:space="preserve">Hélène Maurey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 123, pp.177-184. </w:t>
+              <w:t xml:space="preserve">European Journal of Paediatric Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 60, pp.71 - 77. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbi.2024.09.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ejpn.2025.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05472377v1</w:t>
+                <w:t xml:space="preserve">hal-05561847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep immunophenotyping reveals that autoimmune and autoinflammatory disorders are spread along two immunological axes capturing disease inflammation levels and types</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Low-dose interleukin-2 in patients with bipolar depression: A phase 2 randomised double-blind placebo-controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Leboyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Foiselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Pitoiset</w:t>
+                <w:t xml:space="preserve">Ryad Tamouza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Johanna Dubois</w:t>
+                <w:t xml:space="preserve">Roberta Lorenzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the Rheumatic Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 123, pp.177-184. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/ard-2023-225179⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbi.2024.09.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04490369v1</w:t>
+                <w:t xml:space="preserve">hal-05472377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A randomized double-blind placebo-controlled trial of low-dose interleukin-2 in relapsing–remitting multiple sclerosis</w:t>
+                <w:t xml:space="preserve">IL-1β signaling modulates T follicular helper and regulatory cells in human lymphoid tissues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Louapre</w:t>
+                <w:t xml:space="preserve">Romain Vaineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Rosenzwajg</w:t>
+                <w:t xml:space="preserve">Raphaël Jeger-Madiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Golse</w:t>
+                <w:t xml:space="preserve">Samir Ali-Moussa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Roux</w:t>
+                <w:t xml:space="preserve">Laura Prudhomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Pitoiset</w:t>
+                <w:t xml:space="preserve">Hippolyte Debarnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 270, pp.4403 - 4414. </w:t>
+              <w:t xml:space="preserve">JCI Insight</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10 (12), pp.e188724. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00415-023-11690-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1172/jci.insight.188724.⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04490382v1</w:t>
+                <w:t xml:space="preserve">hal-05561617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early systemic inflammation induces neurodevelopmental disorders: results from ARTEMIS, a French multicenter study of juvenile rheumatisms and systemic autoimmune and auto-inflammatory disorders and meta-analysis</w:t>
+                <w:t xml:space="preserve">Interleukin-1 regulates follicular T cells during the germinal center reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Ellul</w:t>
+                <w:t xml:space="preserve">Aude Belbezier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Melki</w:t>
+                <w:t xml:space="preserve">Paul Engeroff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Antoun</w:t>
+                <w:t xml:space="preserve">Gwladys Fourcade</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Lavialle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Eric Acquaviva</w:t>
+                <w:t xml:space="preserve">Hélène Vantomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vaineau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41380-023-01980-w⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 15, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2024.1393096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03985785v1</w:t>
+                <w:t xml:space="preserve">hal-04997740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naive and memory CD4 + T cell subsets can contribute to the generation of human Tfh cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep immunophenotyping reveals that autoimmune and autoinflammatory disorders are spread along two immunological axes capturing disease inflammation levels and types</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Binvignat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Jeger-Madiot</w:t>
+                <w:t xml:space="preserve">Alexandra Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Vaineau</w:t>
+                <w:t xml:space="preserve">Fabien Pitoiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maud Heredia</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Lisa Bertrand</w:t>
+                <w:t xml:space="preserve">Johanna Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2021.103566⟩</w:t>
+              <w:t xml:space="preserve">Annals of the Rheumatic Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/ard-2023-225179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03854774v2</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04490369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long‐term outcome of paediatric &amp;lt;scp&amp;gt;anti‐&amp;lt;i&amp;gt;N&amp;lt;/i&amp;gt;‐methyl‐D&amp;lt;/scp&amp;gt;&amp;lt;scp&amp;gt;‐&amp;lt;/scp&amp;gt;aspartate receptor encephalitis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A randomized double-blind placebo-controlled trial of low-dose interleukin-2 in relapsing–remitting multiple sclerosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Louapre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorraine Flet‐berliac</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+                <w:t xml:space="preserve">M Rosenzwajg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Lépine</w:t>
+                <w:t xml:space="preserve">M Golse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anca Florea</w:t>
+                <w:t xml:space="preserve">A Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Maurey</w:t>
+                <w:t xml:space="preserve">F Pitoiset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Medicine and Child Neurology - Developmental Medicine &amp; Child Neurology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 65, pp.691 - 700. </w:t>
+              <w:t xml:space="preserve">Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 270, pp.4403 - 4414. </w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/dmcn.15429⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00415-023-11690-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04490426v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04490382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The route of vaccine administration determines whether blood neutrophils undergo long-term phenotypic modifications</w:t>
+                <w:t xml:space="preserve">Maternal immune activation during pregnancy is associated with more difficulties in socio-adaptive behaviors in autism spectrum disorder</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanis Feraoun</w:t>
+                <w:t xml:space="preserve">Pierre Ellul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Palgen</w:t>
+                <w:t xml:space="preserve">Anna Maruani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Candie Joly</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+                <w:t xml:space="preserve">Valérie Vantalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ernesto Marcos-Lopez</w:t>
+                <w:t xml:space="preserve">Élise Humeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouck Amestoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.784813⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.17687. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-023-45060-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03787905v1</w:t>
+                <w:t xml:space="preserve">hal-04605111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term outcome of paediatric anti-N-methyl-D-aspartate receptor encephalitis.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hélène Maurey</w:t>
+                <w:t xml:space="preserve">Early systemic inflammation induces neurodevelopmental disorders: results from ARTEMIS, a French multicenter study of juvenile rheumatisms and systemic autoimmune and auto-inflammatory disorders and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ellul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Melki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Antoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Lavialle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Acquaviva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Developmental Medicine and Child Neurology - Developmental Medicine &amp; Child Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/dmcn.15429⟩</w:t>
+              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41380-023-01980-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03960996v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03985785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Tsallis generalized entropy enhances the interpretation of transcriptomics datasets</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Djamel Nehar-Belaid</w:t>
+                <w:t xml:space="preserve">Naive and memory CD4 + T cell subsets can contribute to the generation of human Tfh cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Jeger-Madiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vaineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Heredia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">David Klatzmann</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 25 (1), pp.103566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2021.103566⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0266618⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03854768v1</w:t>
+                <w:t xml:space="preserve">hal-03854774v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Symptoms Phenotypes of Hand Osteoarthritis using Hierarchical Clustering: Results from the &amp;lt;scp&amp;gt;DIGICOD&amp;lt;/scp&amp;gt; Cohort</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Pires</w:t>
+                <w:t xml:space="preserve">Long‐term outcome of paediatric &amp;lt;scp&amp;gt;anti‐&amp;lt;i&amp;gt;N&amp;lt;/i&amp;gt;‐methyl‐D&amp;lt;/scp&amp;gt;&amp;lt;scp&amp;gt;‐&amp;lt;/scp&amp;gt;aspartate receptor encephalitis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Flet‐berliac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Alice Courties</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lépine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Maurey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arthritis Care &amp; Research = Arthritis Care and Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/acr.25047⟩</w:t>
+              <w:t xml:space="preserve">Developmental Medicine and Child Neurology - Developmental Medicine &amp; Child Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 65, pp.691 - 700. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/dmcn.15429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03843031v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04490426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-dose IL-2 shapes a tolerogenic gut microbiota that improves autoimmunity and gut inflammation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The route of vaccine administration determines whether blood neutrophils undergo long-term phenotypic modifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Feraoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Palgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candie Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Julien Campagne</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernesto Marcos-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCI Insight</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1172/jci.insight.159406⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, pp.784813. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.784813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03797609v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03787905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treatment of COVID-19-associated ARDS with mesenchymal stromal cells: a multicenter randomized double-blind trial</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Long-term outcome of paediatric anti-N-methyl-D-aspartate receptor encephalitis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Mayaux</w:t>
+                <w:t xml:space="preserve">Lorraine Flet-Berliac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lépine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anca Florea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Maurey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Critical Care</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13054-022-03930-4⟩</w:t>
+              <w:t xml:space="preserve">Developmental Medicine and Child Neurology - Developmental Medicine &amp; Child Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/dmcn.15429⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03604084v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03960996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Role of NKG2a/c+CD8+ T cells in pathogenic versus non-pathogenic SIV infections</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Tsallis generalized entropy enhances the interpretation of transcriptomics datasets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dérian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Huot</w:t>
+                <w:t xml:space="preserve">Hang-Phuong Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Rascle</w:t>
+                <w:t xml:space="preserve">Djamel Nehar-Belaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benedikt Wimmer</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Passaes</w:t>
+                <w:t xml:space="preserve">David Klatzmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2021.102314⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 17 (4), pp.e0266618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0266618⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03225293v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03854768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vaccine Inoculation Route Modulates Early Immunity and Consequently Antigen-Specific Immune Response</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of Symptoms Phenotypes of Hand Osteoarthritis using Hierarchical Clustering: Results from the &amp;lt;scp&amp;gt;DIGICOD&amp;lt;/scp&amp;gt; Cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Binvignat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Pires</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Rosenbaum</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Candie Joly</w:t>
+                <w:t xml:space="preserve">Félicie Costantino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">André Rodriguez Pozo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lev Stimmer</w:t>
+                <w:t xml:space="preserve">Alice Courties</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.645210⟩</w:t>
+              <w:t xml:space="preserve">Arthritis Care &amp; Research = Arthritis Care and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/acr.25047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03321921v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03843031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive Markers of Immunogenicity and Efficacy for Human Vaccines</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Catherine Chapon</w:t>
+                <w:t xml:space="preserve">The Route of Vaccine Administration Determines Whether Blood Neutrophils Undergo Long-Term Phenotypic Modifications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Feraoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Palgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candie Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernesto Marcos-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vaccines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/vaccines9060579⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.784813⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03278510v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04489485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Ubiquitin-Specific Peptidase 18 Is Regulated by microRNAs via the 3'Untranslated Region, A Sequence Duplicated in Long Intergenic Non-coding RNA Genes Residing in chr22q11.21</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Low-dose IL-2 shapes a tolerogenic gut microbiota that improves autoimmunity and gut inflammation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Antoine Rolland</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Otriv Nguekap Tchoumba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Pires</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Dandou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Campagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fgene.2020.627007⟩</w:t>
+              <w:t xml:space="preserve">JCI Insight</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (17), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1172/jci.insight.159406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03154598v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03797609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leukocytospermia induces intraepithelial recruitment of dendritic cells and increases SIV replication in colorectal tissue explants</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sabine Tricot</w:t>
+                <w:t xml:space="preserve">Naive and memory CD4+ T cell subsets can contribute to the generation of human Tfh cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Jeger-Madiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Vaineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maud Heredia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s42003-021-02383-9⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 25 (1), pp.103566. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2021.103566⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03287057v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03977505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacnet: a user-friendly platform for building multi-omics websites.</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Treatment of COVID-19-associated ARDS with mesenchymal stromal cells: a multicenter randomized double-blind trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Monsel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Hauw-Berlemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miryam Mebarki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Heming</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Mayaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics (Oxford, England)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btaa828⟩</w:t>
+              <w:t xml:space="preserve">Critical Care</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 26 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13054-022-03930-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961011v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03604084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innate Molecular and Cellular Signature in the Skin Preceding Long-Lasting T Cell Responses after Electroporated DNA Vaccination</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucille Adam</w:t>
+                <w:t xml:space="preserve">Bacnet: a user-friendly platform for building multi-omics websites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loane Danès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bécavin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4049/jimmunol.1900517⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics (Oxford, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 37 (9), pp.1335--1336. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btaa828⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03984525v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DNA methylation changes in metabolic and immune-regulatory pathways in blood and lymph node CD4 + T cells in response to SIV infections</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Beatrice Jacquelin</w:t>
+                <w:t xml:space="preserve">Predictive Markers of Immunogenicity and Efficacy for Human Vaccines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu van Tilbeurgh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Lemdani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Beignon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Chapon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fabien Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Epigenetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13148-020-00971-w⟩</w:t>
+              <w:t xml:space="preserve">Vaccines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (6), pp.579. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/vaccines9060579⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03225306v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03278510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innate Molecular and Cellular Signature in the Skin Preceding Long-Lasting T Cell Responses After Electroporated DNA Vaccination</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lucille Adam</w:t>
+                <w:t xml:space="preserve">Vaccine Inoculation Route Modulates Early Immunity and Consequently Antigen-Specific Immune Response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rosenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Candie Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Rodriguez Pozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lev Stimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4049/jimmunol.1900517⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, pp.645210. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.645210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02869578v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03321921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innate and secondary humoral responses are improved by increasing the time between MVA vaccine immunizations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Palgen</w:t>
+                <w:t xml:space="preserve">Role of NKG2a/c+CD8+ T cells in pathogenic versus non-pathogenic SIV infections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Huot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Rascle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hadjer Abdelhouahab</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benedikt Wimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Passaes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NPJ vaccines</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41541-020-0175-8⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 24 (4), pp.102314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2021.102314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03079492v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanisms of innate events during skin reaction following intradermal injection of seasonal influenza vaccine</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lina Weiss</w:t>
+                <w:t xml:space="preserve">Vaccine Inoculation Route Modulates Early Immunity and Consequently Antigen-Specific Immune Response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rosenbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candie Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Rodriguez Pozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lev Stimmer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Proteomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jprot.2020.103670⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2021.645210⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03984601v2</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04489521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of Cell Surface Receptor Expression by Modified Vaccinia Virus Ankara in Leukocytes of Healthy and HIV-Infected Individuals</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Lambotte</w:t>
+                <w:t xml:space="preserve">Human Ubiquitin-Specific Peptidase 18 Is Regulated by microRNAs via the 3'Untranslated Region, A Sequence Duplicated in Long Intergenic Non-coding RNA Genes Residing in chr22q11.21</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erminia Rubino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melania Cruciani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Le Tortorec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Rolland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2020.02096⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fgene.2020.627007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03960814v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03154598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salivary gland epithelial cells from patients with Sjögren's syndrome induce B-lymphocyte survival and activation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juliette Pascaud</w:t>
+                <w:t xml:space="preserve">Leukocytospermia induces intraepithelial recruitment of dendritic cells and increases SIV replication in colorectal tissue explants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariangela Cavarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Hantour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Audrey Paoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the Rheumatic Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/annrheumdis-2019-216588⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4, pp.861. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-021-02383-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03150054v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03287057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Low-dose IL-2 in children with recently diagnosed type 1 diabetes: a Phase I/II randomised, double-blind, placebo-controlled, dose-finding study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Roberta Lorenzon</w:t>
+                <w:t xml:space="preserve">Leukocytospermia induces intraepithelial recruitment of dendritic cells and increases SIV replication in colorectal tissue explants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariangela Cavarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hua</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Hantour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Tricot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00125-020-05200-w⟩</w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s42003-021-02383-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03345047v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04510006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interleukin‐7/Interferon axis drives T‐cell and salivary gland epithelial cell interactions in Sjögren’s syndrome</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Bineta Ly</w:t>
+                <w:t xml:space="preserve">Low-dose IL-2 in children with recently diagnosed type 1 diabetes: a Phase I/II randomised, double-blind, placebo-controlled, dose-finding study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michelle Rosenzwajg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Randa Salet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roberta Lorenzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/art.41558⟩</w:t>
+              <w:t xml:space="preserve">Diabetologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 63 (9), pp.1808-1821. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00125-020-05200-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03036519v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03345047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Leukocytes From HIV-ART Patients Using Combined Cytometric Profiles of 72 Cell Markers.</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Interleukin‐7/Interferon axis drives T‐cell and salivary gland epithelial cell interactions in Sjögren’s syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Rivière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Pascaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Virone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anastasia Dupré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bineta Ly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.01777⟩</w:t>
+              <w:t xml:space="preserve">Arthritis &amp; rheumatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 73 (4), pp.631-640. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/art.41558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961014v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03036519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CytoBackBone: an algorithm for merging of phenotypic information from different cytometric profiles.</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Antonio Cosma</w:t>
+                <w:t xml:space="preserve">Innate Molecular and Cellular Signature in the Skin Preceding Long-Lasting T Cell Responses After Electroporated DNA Vaccination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biliana Todorova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rosenbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candie Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz212⟩</w:t>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 204 (12), pp.3375-3388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.1900517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961015v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02869578v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early blood transcriptomic signature predicts patients’ outcome after out-of-hospital cardiac arrest</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Hakim Hocini</w:t>
+                <w:t xml:space="preserve">Innate Molecular and Cellular Signature in the Skin Preceding Long-Lasting T Cell Responses after Electroporated DNA Vaccination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Legriel</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biliana Todorova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rosenbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candie Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resuscitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2019.03.006⟩</w:t>
+              <w:t xml:space="preserve">The Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (12), pp.3375-3388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.00870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03485659v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04489426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of Phenotypes and Functional Activities of Leukocytes From Rheumatoid Arthritis Patients by Mass Cytometry.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Ernesto Marcos Lopez</w:t>
+                <w:t xml:space="preserve">Innate Molecular and Cellular Signature in the Skin Preceding Long-Lasting T Cell Responses after Electroporated DNA Vaccination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucille Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Biliana Todorova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rosenbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candie Joly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02384⟩</w:t>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 204 (12), pp.3375-3388. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.1900517⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961013v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03984525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cynomolgus macaque IL37 polymorphism and control of SIV infection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Henri-Jean Garchon</w:t>
+                <w:t xml:space="preserve">DNA methylation changes in metabolic and immune-regulatory pathways in blood and lymph node CD4 + T cells in response to SIV infections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon P. Jochems</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatrice Jacquelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Busato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Pichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-019-44235-x⟩</w:t>
+              <w:t xml:space="preserve">Clinical Epigenetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (1), pp.188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13148-020-00971-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02149363v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of Vaginal and Rectal Microbiota Over Several Menstrual Cycles in Female Cynomolgus Macaques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Thérèse Nugeyre</w:t>
+                <w:t xml:space="preserve">Innate and secondary humoral responses are improved by increasing the time between MVA vaccine immunizations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Palgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Vanessa Contreras</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Rodriguez-Pozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Jouhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadjer Abdelhouahab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fcimb.2019.00188⟩</w:t>
+              <w:t xml:space="preserve">NPJ vaccines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41541-020-0175-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02433779v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03079492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progenitors from the central nervous system drive neurogenesis in cancer</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Virginie Firlej</w:t>
+                <w:t xml:space="preserve">Mechanisms of innate events during skin reaction following intradermal injection of seasonal influenza vaccine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Gonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauranne Poncelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Meriaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lina Weiss</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-019-1219-y⟩</w:t>
+              <w:t xml:space="preserve">Journal of Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 216, pp.103670. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jprot.2020.103670⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03987060v1</w:t>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03984601v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innate gene signature distinguishes humoral versus cytotoxic responses to influenza vaccination</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Rousseau</w:t>
+                <w:t xml:space="preserve">Modulation of Cell Surface Receptor Expression by Modified Vaccinia Virus Ankara in Leukocytes of Healthy and HIV-Infected Individuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Leite Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Jouhault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernesto Marcos Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Cosma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lambotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Journal of clinical investigation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1172/jci125372⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (6), pp.579. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2020.02096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03160706v1</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03960814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NK cell immune responses differ after prime and boost vaccination</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean‐louis Palgen</w:t>
+                <w:t xml:space="preserve">Salivary gland epithelial cells from patients with Sjögren's syndrome induce B-lymphocyte survival and activation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Riviere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Pascaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Cécile Lefebvre</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saida Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Paoletti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Leukocyte Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/JLB.4A1018-391RR⟩</w:t>
+              <w:t xml:space="preserve">Annals of the Rheumatic Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 79 (11), pp.1468-1477. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/annrheumdis-2019-216588⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02385954v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03150054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass Cytometry Analysis Reveals Complex Cell-State Modifications of Blood Myeloid Cells During HIV Infection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christine Bourgeois</w:t>
+                <w:t xml:space="preserve">Anti-MOG autoantibodies pathogenicity in children and macaques demyelinating diseases</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Che Serguera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lev Stimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Maëlle Fovet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Horellou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Contreras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02677⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroinflammation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 16, pp.244. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12974-019-1637-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId205" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02386129v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02397764v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intradermal vaccination prevents anti-MOG autoimmune encephalomyelitis in macaques</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of Leukocytes From HIV-ART Patients Using Combined Cytometric Profiles of 72 Cell Markers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Leite Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lambotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Le Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Cosma</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EBioMedicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2019.08.052⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.1777. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.01777⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02305565v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Progenitors from the central nervous system drive neurogenesis in cancer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Mauffrey</w:t>
+                <w:t xml:space="preserve">CytoBackBone: an algorithm for merging of phenotypic information from different cytometric profiles.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Leite Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lambotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Le Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Cosma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41586-019-1219-y⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 35 (20), pp.4187-4189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btz212⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02186559v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seminal Plasma Exposures Strengthen Vaccine Responses in the Female Reproductive Tract Mucosae</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Thérèse Nugeyre</w:t>
+                <w:t xml:space="preserve">Early blood transcriptomic signature predicts patients’ outcome after out-of-hospital cardiac arrest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Tissier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Hocini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matteo Parenti</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Deye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Lefebvre</w:t>
+                <w:t xml:space="preserve">Stéphane Legriel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.00430⟩</w:t>
+              <w:t xml:space="preserve">Resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 138, pp.222 - 232. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2019.03.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02433796v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03485659v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anti-MOG autoantibodies pathogenicity in children and macaques demyelinating diseases</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Horellou</w:t>
+                <w:t xml:space="preserve">Characterization of Phenotypes and Functional Activities of Leukocytes From Rheumatoid Arthritis Patients by Mass Cytometry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Leite Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Bitoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Contreras</w:t>
+                <w:t xml:space="preserve">Audrey Paoletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaetane Nocturne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernesto Marcos Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroinflammation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12974-019-1637-7⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.2384. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-02397764v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prime and Boost Vaccination Elicit a Distinct Innate Myeloid Cell Immune Response</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Inana Namet</w:t>
+                <w:t xml:space="preserve">Cynomolgus macaque IL37 polymorphism and control of SIV infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takashi Shiina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shingo Suzuki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Congy-Jolivet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alice Aarnink</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-Jean Garchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 8 (1), pp.3087. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-21222-2⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 9 (1), pp.7981. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-44235-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03984523v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02149363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and Cellular Dynamics in the Skin, the Lymph Nodes, and the Blood of the Immune Response to Intradermal Injection of Modified Vaccinia Ankara Vaccine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Rosenbaum</w:t>
+                <w:t xml:space="preserve">Dynamics of Vaginal and Rectal Microbiota Over Several Menstrual Cycles in Female Cynomolgus Macaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Thérèse Nugeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hakim Hocini</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cindy Adapen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Cannou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Contreras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.00870⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Cellular and Infection Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 9, pp.188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fcimb.2019.00188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03984590v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02433779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Navigating in the vast and deep oceans of high-dimensional biological data.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Progenitors from the central nervous system drive neurogenesis in cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mauffrey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vilma Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis-Pierre Bemelmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Firlej</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Methods (San Diego, Calif.)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymeth.2017.11.009⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 569 (7758), pp.672-678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-019-1219-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961017v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03987060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stage-specific IFN-induced and IFN gene expression reveal convergence of type I and type II IFN and highlight their role in both acute and chronic stage of pathogenic SIV infection</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Caroline Passaes</w:t>
+                <w:t xml:space="preserve">Innate gene signature distinguishes humoral versus cytotoxic responses to influenza vaccination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Gonçalves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivia Bonduelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angèle Soria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Loulergue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0190334⟩</w:t>
+              <w:t xml:space="preserve">The Journal of clinical investigation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 129 (5), pp.1960-1971. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1172/jci125372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02861901v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03160706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A high-resolution mass cytometry analysis reveals a delay of cytokines production after TLR4 or TLR7/8 engagements in HIV-1 infected humans</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roger Le Grand</w:t>
+                <w:t xml:space="preserve">Intradermal vaccination prevents anti-MOG autoimmune encephalomyelitis in macaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire-Maëlle Fovet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lev Stimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Contreras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Horellou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytokine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cyto.2018.08.018⟩</w:t>
+              <w:t xml:space="preserve">EBioMedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 47, pp.492-505. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ebiom.2019.08.052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03854788v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02305565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prime and Boost Vaccination Elicit a Distinct Innate Myeloid Cell Immune Response</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Palgen</w:t>
+                <w:t xml:space="preserve">Seminal Plasma Exposures Strengthen Vaccine Responses in the Female Reproductive Tract Mucosae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Marlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Thérèse Nugeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Inana Namet</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Parenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-21222-2⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10, pp.430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.00430⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02385941v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02433796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mass Cytometry Analysis Reveals the Landscape and Dynamics of CD32a+ CD4+ T Cells From Early HIV Infection to Effective cART</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId206" w:history="1">
+                <w:t xml:space="preserve">Mass Cytometry Analysis Reveals Complex Cell-State Modifications of Blood Myeloid Cells During HIV Infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sixtine Coindre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lamine Alaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Vaslin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Immunology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 9, </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2019.02677⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.01217⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02386113v1</w:t>
+                <w:t xml:space="preserve">hal-02386129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular and cellular Dynamics in the skin, the lymph nodes, and the Blood of the immune response to intradermal injection of Modified Vaccinia ankara Vaccine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Rosenbaum</w:t>
+                <w:t xml:space="preserve">NK cell immune responses differ after prime and boost vaccination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐louis Palgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Hakim Hocini</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Huot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamila Elhmouzi-Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Lefebvre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.00870⟩</w:t>
+              <w:t xml:space="preserve">Journal of Leukocyte Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 105 (5), pp.1055-1073. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/JLB.4A1018-391RR⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02386077v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02385954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modified Vaccinia Virus Ankara Vector Induces Specific Cellular and Humoral Responses in the Female Reproductive Tract, the Main HIV Portal of Entry</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Thérèse Nugeyre</w:t>
+                <w:t xml:space="preserve">Progenitors from the central nervous system drive neurogenesis in cancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mauffrey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hakim Hocini</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vilma Barroca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis-Pierre Bemelmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Firlej</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4049/jimmunol.1700320⟩</w:t>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 569 (7758), pp.672-678. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41586-019-1219-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01597708v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-02186559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In depth comparative phenotyping of blood innate myeloid leukocytes from healthy humans and macaques using mass cytometry.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId202" w:history="1">
+                <w:t xml:space="preserve">Prime and Boost Vaccination Elicit a Distinct Innate Myeloid Cell Immune Response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Palgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamila Elhmouzi-Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Delandre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inana Namet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cytometry. Part A : the journal of the International Society for Analytical Cytology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/cyto.a.23107⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.3087. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-21222-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961018v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04489471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A computational approach for phenotypic comparisons of cell populations in high-dimensional cytometry data</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Roger Le Grand</w:t>
+                <w:t xml:space="preserve">Molecular and cellular Dynamics in the skin, the lymph nodes, and the Blood of the immune response to intradermal injection of Modified Vaccinia ankara Vaccine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rosenbaum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candie Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lev Stimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Hocini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MethodsX</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymeth.2017.09.005⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.870. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.00870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02386051v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02386077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Attenuated and vectored vaccines protect nonhuman primates against Chikungunya virus.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prime and Boost Vaccination Elicit a Distinct Innate Myeloid Cell Immune Response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Palgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamila Elhmouzi-Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Delandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Roques</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Dereuddre-Bosquet</w:t>
+                <w:t xml:space="preserve">Inana Namet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JCI Insight</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1172/jci.insight.83527⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.3087. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-21222-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961019v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03984523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Listeriomics : an Interactive Web Platform for Systems Biology of Listeria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bécavin</w:t>
+                <w:t xml:space="preserve">Stage-specific IFN-induced and IFN gene expression reveal convergence of type I and type II IFN and highlight their role in both acute and chronic stage of pathogenic SIV infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Echebli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Dupuy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikael Koutero</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Pierre Lechat</w:t>
+                <w:t xml:space="preserve">Timothée Bruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Passaes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mSystems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mSystems.00186-16⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13 (1), pp.e0190334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0190334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01574970v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02861901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SPADEVizR: an R package for Visualization, Analysis and Integration of SPADE results</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId161" w:history="1">
+                <w:t xml:space="preserve">A high-resolution mass cytometry analysis reveals a delay of cytokines production after TLR4 or TLR7/8 engagements in HIV-1 infected humans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Leite Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ernesto Marcos Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Lambotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Le Grand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Beignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btw708⟩</w:t>
+              <w:t xml:space="preserve">Cytokine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 111, pp.97 - 105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cyto.2018.08.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02385937v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03854788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analysis methodology and development of a statistical tool for biodistribution data from internal contamination with actinides</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nina Griffiths</w:t>
+                <w:t xml:space="preserve">Molecular and Cellular Dynamics in the Skin, the Lymph Nodes, and the Blood of the Immune Response to Intradermal Injection of Modified Vaccinia Ankara Vaccine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Rosenbaum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Candie Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lev Stimmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Hocini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Radiological Protection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1361-6498/37/1/296⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.00870⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03856452v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03984590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 1918 Influenza Virus PB2 Protein Enhances Virulence through the Disruption of Inflammatory and Wnt-Mediated Signaling in Mice</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Navigating in the vast and deep oceans of high-dimensional biological data.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/jvi.02974-15⟩</w:t>
+              <w:t xml:space="preserve">Methods (San Diego, Calif.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 132, pp.1--2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymeth.2017.11.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04493263v1</w:t>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of Vaccine-Altered Circulating B Cell Phenotypes Using Mass Cytometry and a Two-Step Clustering Analysis.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prime and Boost Vaccination Elicit a Distinct Innate Myeloid Cell Immune Response</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Palgen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Pejoski</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jamila Elhmouzi-Younes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rahima Yousfi-Bogniaho</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Delandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inana Namet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of immunology (Baltimore, Md. : 1950)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4049/jimmunol.1502005⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-21222-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961021v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02385941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 1918 influenza virus PB2 protein enhances virulence through the disruption of inflammatory and Wnt-mediated signaling in mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Masato Hatta</w:t>
+                <w:t xml:space="preserve">Mass Cytometry Analysis Reveals the Landscape and Dynamics of CD32a+ CD4+ T Cells From Early HIV Infection to Effective cART</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sixtine Coindre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lamine Alaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Vaslin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JVI.02974-15⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fimmu.2018.01217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03851553v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02386113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myocardial Gene Expression Profiling to Predict and Identify Cardiac Allograft Acute Cellular Rejection: The GET-Study</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId167" w:history="1">
+                <w:t xml:space="preserve">Modified Vaccinia Virus Ankara Vector Induces Specific Cellular and Humoral Responses in the Female Reproductive Tract, the Main HIV Portal of Entry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Marlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Thérèse Nugeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matteo Parenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hakim Hocini</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicole Benhaiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0167213⟩</w:t>
+              <w:t xml:space="preserve">Journal of Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 199 (5), pp.1923 - 1932. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.1700320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03987039v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01597708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The 1918 Influenza Virus PB2 Protein Enhances Virulence through the Disruption of Inflammatory and Wnt-Mediated Signaling in Mice</w:t>
+                <w:t xml:space="preserve">A computational approach for phenotypic comparisons of cell populations in high-dimensional cytometry data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adriana Forero</w:t>
+                <w:t xml:space="preserve">Ludovic Platon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jennifer Tisoncik-Go</w:t>
+                <w:t xml:space="preserve">David Pejoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tokiko Watanabe</w:t>
+                <w:t xml:space="preserve">Guillaume Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gongxun Zhong</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Masato Hatta</w:t>
+                <w:t xml:space="preserve">Brice Targat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Le Grand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/jvi.02974-15⟩</w:t>
+              <w:t xml:space="preserve">MethodsX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymeth.2017.09.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04493274v1</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02386051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delayed Inflammatory and Cell Death Responses Are Associated with Reduced Pathogenicity in Lujo Virus-Infected Cynomolgus Macaques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Angela L Rasmussen</w:t>
+                <w:t xml:space="preserve">In depth comparative phenotyping of blood innate myeloid leukocytes from healthy humans and macaques using mass cytometry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamila Elhmouzi-Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Palgen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christopher M Williams</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Delandre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inana Namet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/jvi.02246-14⟩</w:t>
+              <w:t xml:space="preserve">Cytometry. Part A : the journal of the International Society for Analytical Cytology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 91 (10), pp.969--982. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cyto.a.23107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03851569v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evidence of IL-17, IP-10, and IL-10 involvement in multiple-organ dysfunction and IL-17 pathway in acute renal failure associated to Plasmodium falciparum malaria.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sulabha Pathak</w:t>
+                <w:t xml:space="preserve">Attenuated and vectored vaccines protect nonhuman primates against Chikungunya virus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Roques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karl Ljungberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beate M. Kümmerer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Gosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Dereuddre-Bosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12967-015-0731-6⟩</w:t>
+              <w:t xml:space="preserve">JCI Insight</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (6), pp.e83527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1172/jci.insight.83527⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02051283v1</w:t>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sequencing, annotation and analysis of the Syrian hamster (Mesocricetus auratus) transcriptome.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Listeriomics : an Interactive Web Platform for Systems Biology of Listeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bécavin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Koutero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId293" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Kimmo Virtaneva</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Cerutti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Lechat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0112617⟩</w:t>
+              <w:t xml:space="preserve">mSystems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (2), pp.e00186-16. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mSystems.00186-16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961022v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01574970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A comprehensive collection of systems biology data characterizing the host response to viral infection.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sudhakar Agnihothram</w:t>
+                <w:t xml:space="preserve">SPADEVizR: an R package for Visualization, Analysis and Integration of SPADE results</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Gautreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Pejoski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Le Grand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio Cosma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Beignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/sdata.2014.33⟩</w:t>
+              <w:t xml:space="preserve">Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, pp.btw708. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btw708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961036v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02385937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">H7N9 and other pathogenic avian influenza viruses elicit a three-pronged transcriptomic signature that is reminiscent of 1918 influenza virus and is associated with lethal outcome in mice.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurence Josset</w:t>
+                <w:t xml:space="preserve">Analysis methodology and development of a statistical tool for biodistribution data from internal contamination with actinides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephanie Lamart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nina Griffiths</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaime Angulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne van der Meeren</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JVI.00570-14⟩</w:t>
+              <w:t xml:space="preserve">Journal of Radiological Protection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 37 (1), pp.296-308. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1361-6498/37/1/296⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961023v1</w:t>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03856452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Annotation of long non-coding RNAs expressed in collaborative cross founder mice in response to respiratory virus infection reveals a new class of interferon-stimulated transcripts.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Amie J. Eisfeld</w:t>
+                <w:t xml:space="preserve">Erythropoietin Levels Increase during Cerebral Malaria and Correlate with Heme, Interleukin-10 and Tumor Necrosis Factor-Alpha in India</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dalko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Pays</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. A. Cazenave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RNA Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4161/rna.29442⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (7), pp.e0158420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0158420⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961024v1</w:t>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01850300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific mutations in H5N1 mainly impact the magnitude and velocity of the host response in mice</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId275" w:history="1">
+                <w:t xml:space="preserve">The 1918 Influenza Virus PB2 Protein Enhances Virulence through the Disruption of Inflammatory and Wnt-Mediated Signaling in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Forero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Tisoncik-Go</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lisa Gralinski</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tokiko Watanabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongxun Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masato Hatta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Systems Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1752-0509-7-69⟩</w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 90, pp.2240 - 2253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jvi.02974-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-00850969v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systems approaches to influenza-virus host interactions and the pathogenesis of highly virulent and pandemic viruses.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcus J. Korth</w:t>
+                <w:t xml:space="preserve">Identification of Vaccine-Altered Circulating B Cell Phenotypes Using Mass Cytometry and a Two-Step Clustering Analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Pejoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Rodriguez Pozo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jamila Elhmouzi-Younes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rahima Yousfi-Bogniaho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seminars in immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.smim.2012.11.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of immunology (Baltimore, Md. : 1950)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 196 (11), pp.4814--4831. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4049/jimmunol.1502005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961025v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId335" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Network Integration Approach to Predict Conserved Regulators Related to Pathogenicity of Influenza and SARS-CoV Respiratory Viruses</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Melissa M. Matzke</w:t>
+                <w:t xml:space="preserve">The 1918 influenza virus PB2 protein enhances virulence through the disruption of inflammatory and Wnt-mediated signaling in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Forero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Tisoncik-Go</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tokiko Watanabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongxun Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masato Hatta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0069374⟩</w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 90 (5), pp.2240-2253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.02974-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId335" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01543316v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03851553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">1918 Influenza Virus Hemagglutinin (HA) and the Viral RNA Polymerase Complex Enhance Viral Pathogenicity, but Only HA Induces Aberrant Host Responses in Mice</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Tisoncik-Go</w:t>
+                <w:t xml:space="preserve">Myocardial Gene Expression Profiling to Predict and Identify Cardiac Allograft Acute Cellular Rejection: The GET-Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diane Bodez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Hocini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Arndt G. Benecke</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Tisserand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Benhaiem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JVI.02753-12⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (11), pp.e0167213. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0167213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01543311v1</w:t>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03987039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2009 pandemic H1N1 influenza virus elicits similar clinical course but differential host transcriptional response in mouse, macaque, and swine infection models</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Wenjun Ma</w:t>
+                <w:t xml:space="preserve">The 1918 Influenza Virus PB2 Protein Enhances Virulence through the Disruption of Inflammatory and Wnt-Mediated Signaling in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adriana Forero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Tisoncik-Go</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tokiko Watanabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gongxun Zhong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masato Hatta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-627⟩</w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 90, pp.2240 - 2253. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jvi.02974-15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03849383v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04493274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expression sequence tag library derived from peripheral blood mononuclear cells of the chlorocebus sabaeus.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evidence of IL-17, IP-10, and IL-10 involvement in multiple-organ dysfunction and IL-17 pathway in acute renal failure associated to Plasmodium falciparum malaria.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Herbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Corinne Da Silva</w:t>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Devendra Bansal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Jacques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sulabha Pathak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-279⟩</w:t>
+              <w:t xml:space="preserve">Journal of Translational Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 13, pp.369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12967-015-0731-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId350" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00771549v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02051283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CDS: A Fold-change Based Statistical Test for Concomitant Identification of Distinctness and Similarity in Gene Expression Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Delayed Inflammatory and Cell Death Responses Are Associated with Reduced Pathogenicity in Lujo Virus-Infected Cynomolgus Macaques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela L Rasmussen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Arndt Benecke</w:t>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Safronetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria S Carter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher M Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genomics, Proteomics and Bioinformatics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gpb.2012.06.002⟩</w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 89 (5), pp.2543 - 2552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/jvi.02246-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01544156v1</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03851569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mineralocorticoid receptor mutations differentially affect individual gene expression profiles in pseudohypoaldosteronism type 1.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Debora Gomes</w:t>
+                <w:t xml:space="preserve">A comprehensive collection of systems biology data characterizing the host response to viral infection.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brian D. Aevermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brett E. Pickett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanjeev Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward B. Klem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sudhakar Agnihothram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1210/jc.2010-1486⟩</w:t>
+              <w:t xml:space="preserve">Scientific Data</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1, pp.140033. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/sdata.2014.33⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961027v1</w:t>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A chemokine gene expression signature derived from meta-analysis predicts the pathogenicity of viral respiratory infections</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sequencing, annotation and analysis of the Syrian hamster (Mesocricetus auratus) transcriptome.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId369" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Safronetz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela L. Rasmussen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Craig Martens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kimmo Virtaneva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Systems Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/1752-0509-5-202⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 9 (11), pp.e112617. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0112617⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03849356v1</w:t>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId372" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving the efficiency of multidimensional scaling in the analysis of high-dimensional data using singular value decomposition.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bécavin</w:t>
+                <w:t xml:space="preserve">H7N9 and other pathogenic avian influenza viruses elicit a three-pronged transcriptomic signature that is reminiscent of 1918 influenza virus and is associated with lethal outcome in mice.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliet Morrison</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Josset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId373" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica A. Belser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioinformatics (Oxford, England)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btr143⟩</w:t>
+              <w:t xml:space="preserve">Journal of virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 88 (18), pp.10556--10568. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.00570-14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId372" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03961026v1</w:t>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Annotation of long non-coding RNAs expressed in collaborative cross founder mice in response to respiratory virus infection reveals a new class of interferon-stimulated transcripts.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Josset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa E. Gralinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin T. Ferris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amie J. Eisfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RNA Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 11 (7), pp.875--890. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/rna.29442⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">1918 Influenza Virus Hemagglutinin (HA) and the Viral RNA Polymerase Complex Enhance Viral Pathogenicity, but Only HA Induces Aberrant Host Responses in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tokiko Watanabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Tisoncik-Go</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shinji Watanabe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt G. Benecke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 87 (9), pp.5239-5254. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/JVI.02753-12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01543311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Specific mutations in H5N1 mainly impact the magnitude and velocity of the host response in mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amie Eisfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Tisoncik-Go</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId352" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Josset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Gralinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Systems Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 7 (1), pp.69. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1752-0509-7-69⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-00850969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Systems approaches to influenza-virus host interactions and the pathogenesis of highly virulent and pandemic viruses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcus J. Korth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt G. Benecke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael G. Katze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminars in immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 25 (3), pp.228--239. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId372" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.smim.2012.11.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Network Integration Approach to Predict Conserved Regulators Related to Pathogenicity of Influenza and SARS-CoV Respiratory Viruses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugh D. Mitchell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amie J. Eisfeld</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy C. Sims</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jason E. Mcdermott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melissa M. Matzke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (7), pp.e69374. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0069374⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01543316v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Early transcriptional programming links progression to hepatitis C virus-induced severe liver disease in transplant patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela L Rasmussen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan J Susnow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexei L Krasnoselsky</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah L Diamond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hepatology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 56 (1), pp.17-27. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hep.25612⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01544155v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CDS: A Fold-change Based Statistical Test for Concomitant Identification of Distinctness and Similarity in Gene Expression Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId385" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Felipe Golib Dzib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brice Targat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastian Noth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Benecke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genomics, Proteomics and Bioinformatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 10 (3), pp.127-135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId388" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gpb.2012.06.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01544156v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expression sequence tag library derived from peripheral blood mononuclear cells of the chlorocebus sabaeus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Jacquelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Wincker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Dossat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Da Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (1), pp.279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-279⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-00771549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">2009 pandemic H1N1 influenza virus elicits similar clinical course but differential host transcriptional response in mouse, macaque, and swine infection models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Go</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Belisle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Terrence Tumpey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wenjun Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (1), pp.627. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2164-13-627⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03849383v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mineralocorticoid receptor mutations differentially affect individual gene expression profiles in pseudohypoaldosteronism type 1.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId402" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fábio L. Fernandes-Rosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige-Ludiwyne Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Fagart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debora Gomes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 96 (3), pp.E519--527. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/jc.2010-1486⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961027v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A chemokine gene expression signature derived from meta-analysis predicts the pathogenicity of viral respiratory infections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stewart Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debashis Ghosh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Benecke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Katze</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BMC Systems Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 5 (1), pp.202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1752-0509-5-202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03849356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Improving the efficiency of multidimensional scaling in the analysis of high-dimensional data using singular value decomposition.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bécavin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colette Mintsa-Eya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arndt Benecke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bioinformatics (Oxford, England)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 27 (10), pp.1413--1421. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/bioinformatics/btr143⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03961026v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The microbiota mediates pathogen clearance from the gut lumen after non-typhoidal salmonella diarrhea.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kathrin Endt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bärbel Stecher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Chaffron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emma Slack</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tchitchek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 6 (9), pp.e1001097. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.ppat.1001097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId376" w:history="1">
+            <w:hyperlink r:id="rId416" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00520162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId382"/>
+      <w:footerReference w:type="default" r:id="rId422"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10673,51 +12281,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FEE3D6B4"/>
+    <w:nsid w:val="5B6BD2ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10904,51 +12512,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-tchitchek" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3307-0446" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/161678300" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/281776371" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000388611051" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472377v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leboyer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Foiselle" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tchitchek" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Tamouza" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Lorenzon" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2024.09.005" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490369v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Binvignat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Roux" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pitoiset" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Dubois" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ard-2023-225179" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490382v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Louapre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rosenzwajg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Golse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Roux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Pitoiset" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-11690-6" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985785v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ellul" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Melki" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Antoun" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lavialle" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Acquaviva" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-023-01980-w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854774v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jeger-Madiot" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vaineau" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Heredia" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bertrand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.103566" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490426v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Flet&#8208;berliac" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne L&#233;pine" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Florea" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Maurey" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dmcn.15429" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787905v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Feraoun" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Palgen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candie Joly" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Marcos-Lopez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.784813" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960996v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Flet-Berliac" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854768v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas D&#233;rian" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang-Phuong Pham" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Nehar-Belaid" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Klatzmann" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0266618" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03843031v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pires" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Costantino" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Courties" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acr.25047" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03797609v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otriv Nguekap Tchoumba" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dandou" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Campagne" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.159406" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604084v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monsel" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hauw-Berlemont" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miryam Mebarki" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Heming" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mayaux" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-03930-4" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225293v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Huot" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rascle" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Wimmer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Passaes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.102314" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321921v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rosenbaum" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Rodriguez Pozo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lev Stimmer" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.645210" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03278510v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu van Tilbeurgh" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lemdani" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Beignon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chapon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines9060579" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03154598v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erminia Rubino" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melania Cruciani" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Le Tortorec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rolland" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.627007" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03287057v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Cavarelli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hua" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Hantour" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Tricot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02383-9" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961011v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loane Dan&#232;s" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;cavin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaa828" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984525v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Adam" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biliana Todorova" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1900517" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225306v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon P. Jochems" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Jacquelin" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Busato" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pichon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-020-00971-w" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02869578v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079492v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Rodriguez-Pozo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Jouhault" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjer Abdelhouahab" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41541-020-0175-8" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984601v2" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Gonnet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauranne Poncelet" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Meriaux" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gon&#231;alves" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Weiss" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2020.103670" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03960814v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leite Pereira" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Marcos Lopez" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cosma" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambotte" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.02096" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03150054v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Riviere" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pascaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Boudaoud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Paoletti" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2019-216588" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03345047v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Rosenzwajg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randa Salet" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05200-w" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03036519v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Virone" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Dupr&#233;" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bineta Ly" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.41558" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961014v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Le Grand" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.01777" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961015v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz212" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485659v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Tissier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Hocini" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deye" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Legriel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2019.03.006" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961013v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bitoun" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetane Nocturne" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02384" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02149363v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Shiina" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Suzuki" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Congy-Jolivet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Aarnink" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Jean Garchon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44235-x" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02433779v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Nugeyre" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Adapen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cannou" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Contreras" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2019.00188" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987060v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mauffrey" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vilma Barroca" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis-Pierre Bemelmans" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Firlej" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1219-y" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160706v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Bonduelle" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Soria" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loulergue" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rousseau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci125372" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385954v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Palgen" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Elhmouzi-Younes" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lefebvre" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/JLB.4A1018-391RR" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386129v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine Coindre" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Alaoui" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vaslin" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bourgeois" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02677" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02305565v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Ma&#235;lle Fovet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Horellou" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hubert" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2019.08.052" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186559v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02433796v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Marlin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Parenti" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.00430" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02397764v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Che Serguera" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-019-1637-7" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984523v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Delandre" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inana Namet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-21222-2" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984590v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.00870" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961017v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2017.11.009" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861901v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Echebli" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dupuy" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Bruel" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0190334" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854788v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cyto.2018.08.018" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385941v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386113v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.01217" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386077v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01597708v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1700320" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961018v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cyto.a.23107" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386051v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Platon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pejoski" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gautreau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Targat" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2017.09.005" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961019v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roques" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Ljungberg" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beate M. K&#252;mmerer" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Gosse" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dereuddre-Bosquet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.83527" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01574970v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Koutero" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cerutti" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lechat" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00186-16" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385937v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btw708" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856452v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Lamart" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Griffiths" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Angulo" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van der Meeren" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6498/37/1/296" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493263v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Forero" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Tisoncik-Go" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tokiko Watanabe" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongxun Zhong" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masato Hatta" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.02974-15" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961021v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahima Yousfi-Bogniaho" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1502005" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851553v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02974-15" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987039v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Bodez" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Tisserand" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Benhaiem" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0167213" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493274v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851569v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela L Rasmussen" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Safronetz" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria S Carter" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher M Williams" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.02246-14" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051283v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Herbert" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devendra Bansal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jacques" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sulabha Pathak" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12967-015-0731-6" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961022v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela L. Rasmussen" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Martens" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimmo Virtaneva" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0112617" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961036v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian D. Aevermann" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett E. Pickett" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev Kumar" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward B. Klem" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudhakar Agnihothram" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2014.33" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961023v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Morrison" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Josset" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chang" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica A. Belser" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00570-14" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961024v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa E. Gralinski" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin T. Ferris" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amie J. Eisfeld" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/rna.29442" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00850969v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amie Eisfeld" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Gralinski" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-7-69" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961025v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus J. Korth" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arndt G. Benecke" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G. Katze" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smim.2012.11.001" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543316v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh D. Mitchell" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy C. Sims" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason E. Mcdermott" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa M. Matzke" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0069374" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543311v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinji Watanabe" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02753-12" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849383v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Go" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Belisle" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terrence Tumpey" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Ma" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-627" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00771549v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Jacquelin" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wincker" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Dossat" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Da Silva" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-279" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544156v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Felipe Golib Dzib" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Noth" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arndt Benecke" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gpb.2012.06.002" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961027v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio L. Fernandes-Rosa" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige-Ludiwyne Hubert" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Fagart" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Gomes" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2010-1486" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849356v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart Chang" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debashis Ghosh" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Katze" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-5-202" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961026v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Mintsa-Eya" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btr143" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00520162v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Endt" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#228;rbel Stecher" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chaffron" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Slack" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001097" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-tchitchek" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3307-0446" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/161678300" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/281776371" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000388611051" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561847v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor de Chalus" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gonzalo Barraza" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tchitchek" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahya Debza" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Maurey" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpn.2025.12.002" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472377v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Leboyer" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Foiselle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryad Tamouza" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberta Lorenzon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2024.09.005" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05561617v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Vaineau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Jeger-Madiot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Ali-Moussa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Prudhomme" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Debarnot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.188724." TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04997740v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Belbezier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Engeroff" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Fourcade" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Vantomme" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2024.1393096" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490369v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Binvignat" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Roux" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pitoiset" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Dubois" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ard-2023-225179" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490382v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Louapre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rosenzwajg" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Golse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Roux" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Pitoiset" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-023-11690-6" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605111v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ellul" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Maruani" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vantalon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Humeau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Amestoy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-023-45060-z" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03985785v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Melki" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Antoun" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lavialle" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Acquaviva" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-023-01980-w" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854774v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Heredia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Bertrand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.103566" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04490426v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Flet&#8208;berliac" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne L&#233;pine" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anca Florea" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dmcn.15429" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03787905v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Feraoun" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Palgen" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candie Joly" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Marcos-Lopez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.784813" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960996v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Flet-Berliac" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854768v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas D&#233;rian" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang-Phuong Pham" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Nehar-Belaid" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Klatzmann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0266618" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03843031v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Pires" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;licie Costantino" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Courties" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/acr.25047" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489485v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03797609v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otriv Nguekap Tchoumba" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dandou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Campagne" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.159406" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03977505v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03604084v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Monsel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hauw-Berlemont" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miryam Mebarki" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Heming" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mayaux" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13054-022-03930-4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961011v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loane Dan&#232;s" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;cavin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaa828" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03278510v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu van Tilbeurgh" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lemdani" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Beignon" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chapon" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/vaccines9060579" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321921v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Rosenbaum" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Rodriguez Pozo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lev Stimmer" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.645210" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225293v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Huot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rascle" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedikt Wimmer" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Passaes" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2021.102314" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489521v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03154598v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erminia Rubino" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melania Cruciani" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Le Tortorec" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rolland" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fgene.2020.627007" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03287057v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariangela Cavarelli" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hua" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Hantour" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Tricot" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-021-02383-9" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04510006v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03345047v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Rosenzwajg" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Randa Salet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-020-05200-w" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03036519v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Rivi&#232;re" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Pascaud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Virone" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Dupr&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bineta Ly" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/art.41558" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02869578v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucille Adam" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biliana Todorova" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1900517" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489426v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.00870" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984525v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03225306v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon P. Jochems" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatrice Jacquelin" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Busato" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Pichon" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13148-020-00971-w" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03079492v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Rodriguez-Pozo" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Jouhault" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadjer Abdelhouahab" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41541-020-0175-8" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984601v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Gonnet" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauranne Poncelet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Meriaux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gon&#231;alves" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lina Weiss" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jprot.2020.103670" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03960814v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Leite Pereira" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Marcos Lopez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Cosma" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Lambotte" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2020.02096" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03150054v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Riviere" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saida Boudaoud" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Paoletti" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/annrheumdis-2019-216588" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02397764v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Che Serguera" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Ma&#235;lle Fovet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Horellou" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Contreras" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12974-019-1637-7" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961014v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Le Grand" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.01777" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961015v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btz212" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485659v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Tissier" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Hocini" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Deye" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Legriel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2019.03.006" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961013v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bitoun" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetane Nocturne" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02384" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02149363v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Shiina" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shingo Suzuki" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Congy-Jolivet" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Aarnink" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Jean Garchon" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-44235-x" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02433779v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Nugeyre" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Adapen" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Cannou" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcimb.2019.00188" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987060v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mauffrey" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vilma Barroca" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis-Pierre Bemelmans" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Firlej" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1219-y" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03160706v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Bonduelle" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#232;le Soria" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Loulergue" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rousseau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci125372" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02305565v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hubert" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ebiom.2019.08.052" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02433796v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Marlin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Parenti" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Lefebvre" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.00430" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386129v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sixtine Coindre" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamine Alaoui" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Vaslin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bourgeois" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.02677" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385954v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;louis Palgen" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamila Elhmouzi-Younes" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/JLB.4A1018-391RR" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02186559v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489471v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Delandre" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inana Namet" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-21222-2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386077v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984523v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02861901v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Echebli" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Dupuy" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Bruel" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0190334" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03854788v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cyto.2018.08.018" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03984590v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961017v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2017.11.009" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385941v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386113v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2018.01217" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01597708v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1700320" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02386051v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Platon" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Pejoski" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gautreau" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Targat" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymeth.2017.09.005" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961018v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cyto.a.23107" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961019v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Roques" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Ljungberg" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beate M. K&#252;mmerer" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Gosse" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Dereuddre-Bosquet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/jci.insight.83527" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01574970v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Koutero" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cerutti" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lechat" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00186-16" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02385937v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btw708" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03856452v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Lamart" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Griffiths" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaime Angulo" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne van der Meeren" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6498/37/1/296" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01850300v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dalko" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Tchitchek" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Pays" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Herbert" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. A. Cazenave" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0158420" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493263v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Forero" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Tisoncik-Go" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tokiko Watanabe" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gongxun Zhong" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masato Hatta" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.02974-15" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961021v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahima Yousfi-Bogniaho" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4049/jimmunol.1502005" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851553v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02974-15" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03987039v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Bodez" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Tisserand" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Benhaiem" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0167213" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493274v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02051283v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Herbert" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devendra Bansal" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jacques" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sulabha Pathak" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12967-015-0731-6" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03851569v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela L Rasmussen" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Safronetz" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria S Carter" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher M Williams" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/jvi.02246-14" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03961036v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian D. Aevermann" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brett E. Pickett" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjeev Kumar" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edward B. Klem" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sudhakar Agnihothram" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2014.33" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961022v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela L. Rasmussen" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Martens" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kimmo Virtaneva" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0112617" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961023v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliet Morrison" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Josset" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Chang" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica A. Belser" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.00570-14" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961024v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa E. Gralinski" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin T. Ferris" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amie J. Eisfeld" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/rna.29442" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543311v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shinji Watanabe" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arndt G. Benecke" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02753-12" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-00850969v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amie Eisfeld" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Gralinski" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-7-69" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961025v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus J. Korth" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G. Katze" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.smim.2012.11.001" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01543316v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh D. Mitchell" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy C. Sims" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason E. Mcdermott" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa M. Matzke" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0069374" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544155v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan J Susnow" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexei L Krasnoselsky" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah L Diamond" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hep.25612" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01544156v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Felipe Golib Dzib" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Noth" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arndt Benecke" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gpb.2012.06.002" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00771549v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Jacquelin" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Wincker" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Dossat" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Da Silva" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-279" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849383v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Go" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Belisle" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Terrence Tumpey" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wenjun Ma" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-13-627" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961027v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio L. Fernandes-Rosa" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige-Ludiwyne Hubert" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Fagart" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debora Gomes" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2010-1486" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03849356v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stewart Chang" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Debashis Ghosh" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Katze" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1752-0509-5-202" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03961026v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Mintsa-Eya" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btr143" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00520162v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathrin Endt" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#228;rbel Stecher" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Chaffron" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Slack" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1001097" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>