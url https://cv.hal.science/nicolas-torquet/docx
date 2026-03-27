--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -428,295 +428,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04758768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A systematic review of the development and application of home cage monitoring in laboratory mice and rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prolonged nicotine exposure reduces aversion to the drug in mice by altering nicotinic transmission in the interpeduncular nucleus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Mondoloni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pia Kahnau</w:t>
+                <w:t xml:space="preserve">Claire Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Mieske</w:t>
+                <w:t xml:space="preserve">Eléonore Vicq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jenny Wilzopolski</w:t>
+                <w:t xml:space="preserve">Maria Ciscato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Otto Kalliokoski</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Silvia Mandillo</w:t>
+                <w:t xml:space="preserve">Joachim Jehl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12915-023-01751-7⟩</w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7554/eLife.80767⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04440321v1</w:t>
+                <w:t xml:space="preserve">hal-04299318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prolonged nicotine exposure reduces aversion to the drug in mice by altering nicotinic transmission in the interpeduncular nucleus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Mondoloni</w:t>
+                <w:t xml:space="preserve">A systematic review of the development and application of home cage monitoring in laboratory mice and rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pia Kahnau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Nguyen</w:t>
+                <w:t xml:space="preserve">Paul Mieske</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eléonore Vicq</w:t>
+                <w:t xml:space="preserve">Jenny Wilzopolski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Ciscato</w:t>
+                <w:t xml:space="preserve">Otto Kalliokoski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joachim Jehl</w:t>
+                <w:t xml:space="preserve">Silvia Mandillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 12, </w:t>
+              <w:t xml:space="preserve">BMC Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 21 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.80767⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12915-023-01751-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04299318v1</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04440321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronic nicotine increases midbrain dopamine neuron activity and biases individual strategies towards reduced exploration in mice</w:t>
               </w:r>
@@ -728,51 +728,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malou Dongelmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Durand-de Cuttoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Come</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1181,51 +1181,51 @@
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cong Tu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 9 (1), </w:t>
+              <w:t xml:space="preserve">, 2018, 9 (1), pp.3081 (2018). </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41467-018-05526-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -1366,421 +1366,421 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01502363v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">mouseTube - a database to collaboratively unravel mouse ultrasonic communication.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Neural Bases of Disgust for Cheese: An fMRI Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Faure</w:t>
+                <w:t xml:space="preserve">Jean-Pierre M Royet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Bourgeron</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Ey</w:t>
+                <w:t xml:space="preserve">David M Meunier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas M Torquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie M Mouly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao M Jiang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">F1000Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.12688/f1000research.9439.1⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 10, pp.511. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnhum.2016.00511⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01470173v1</w:t>
+                <w:t xml:space="preserve">hal-01398079v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Neural Bases of Disgust for Cheese: An fMRI Study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas M Torquet</w:t>
+                <w:t xml:space="preserve">Recording Mouse Ultrasonic Vocalizations to Evaluate Social Communication.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Allain-Thibeault Ferhat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Torquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie M Mouly</w:t>
+                <w:t xml:space="preserve">Anne-Marie Le Sourd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice de Chaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tao M Jiang</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Christophe Olivo-Marin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Human Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 10, pp.511. </w:t>
+              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 112, pp.e53871. </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnhum.2016.00511⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3791/53871⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01398079v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01470212v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recording Mouse Ultrasonic Vocalizations to Evaluate Social Communication.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">mouseTube - a database to collaboratively unravel mouse ultrasonic communication.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Torquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice de Chaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Le Sourd</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Fabrice de Chaumont</w:t>
+                <w:t xml:space="preserve">Philippe Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Olivo-Marin</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Thomas Bourgeron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Ey</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 112, pp.e53871. </w:t>
+              <w:t xml:space="preserve">F1000Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 5, pp.2332. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3791/53871⟩</w:t>
+                <w:t xml:space="preserve">⟨10.12688/f1000research.9439.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01470212v1</w:t>
+                <w:t xml:space="preserve">pasteur-01470173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicotinic receptors in the ventral tegmental area promote uncertainty-seeking.</w:t>
               </w:r>
@@ -2060,51 +2060,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Ey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Torquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Le Sourd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire S Leblond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2162,558 +2162,558 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01470272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autistic-like behaviours and hyperactivity in mice lacking ProSAP1/Shank2.</w:t>
+                <w:t xml:space="preserve">Early activation of microglia triggers long-lasting impairment of adult neurogenesis in the olfactory bulb.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael J Schmeisser</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Elodie Ey</w:t>
+                <w:t xml:space="preserve">Françoise Lazarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephanie Wegener</w:t>
+                <w:t xml:space="preserve">Marie-Madeleine Gabellec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Torquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juergen Bockmann</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Pierre-Marie Lledo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nature11015⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 32 (11), pp.3652-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.6394-11.2012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-01470252v1</w:t>
+                <w:t xml:space="preserve">pasteur-01300287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absence of deficits in social behaviors and ultrasonic vocalizations in later generations of mice lacking neuroligin4.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Ey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Ey</w:t>
+                <w:t xml:space="preserve">A. M. Katz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Yang</w:t>
+                <w:t xml:space="preserve">L. Woldeyohannes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. L. Silverman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genes, Brain and Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, pp.928-41. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1601-183X.2012.00849.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-01470265v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early activation of microglia triggers long-lasting impairment of adult neurogenesis in the olfactory bulb.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Activation of adult-born neurons facilitates learning and memory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Alonso</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Lepousez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Lazarini</w:t>
+                <w:t xml:space="preserve">Wagner Sebastien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Cedric Bardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marie-Madeleine Gabellec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.6394-11.2012⟩</w:t>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 15, pp.897-904. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nn.3108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01300287v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01309034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Activation of adult-born neurons facilitates learning and memory</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Autistic-like behaviours and hyperactivity in mice lacking ProSAP1/Shank2.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael J Schmeisser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Ey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Alonso</w:t>
+                <w:t xml:space="preserve">Stephanie Wegener</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Lepousez</w:t>
+                <w:t xml:space="preserve">Juergen Bockmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wagner Sebastien</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Madeleine Gabellec</w:t>
+                <w:t xml:space="preserve">a Vanessa Stempel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, pp.256-60. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nature11015⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nn.3108⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">pasteur-01309034v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-01470252v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rational design of central selective acetylcholinesterase inhibitors by means of a &amp;quot;bio-oxidisable prodrug&amp;quot; strategy.</w:t>
               </w:r>
@@ -3141,51 +3141,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malou Dongelmans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Durand-de Cuttoli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Come</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3323,51 +3323,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D917993E"/>
+    <w:nsid w:val="F8D5424F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3554,51 +3554,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-torquet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9032-193X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05509565v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor P Mathis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Giua" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Torquet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mittelhaeuser" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Bour" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2025.1697469" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758768v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L Fayad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren M Reynolds" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Tolu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mondoloni" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002850" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440321v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Kahnau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mieske" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Wilzopolski" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Kalliokoski" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Mandillo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-023-01751-7" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299318v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nguyen" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Vicq" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ciscato" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Jehl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.80767" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839427v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malou Dongelmans" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Durand-de Cuttoli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Come" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne K Durant&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27268-7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02344329v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice de Chaumont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lagache" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dallongeville" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-019-0396-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02344332v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie L&#233;vi-Strauss" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allain-Thibeault Ferhat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2018.00365" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950330v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Campart" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tolu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Tu Nguyen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-05526-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01502363v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Marti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Morel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Perrier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep45116" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470173v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourgeron" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.9439.1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01398079v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre M Royet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M Meunier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M Torquet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie M Mouly" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao M Jiang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2016.00511" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470212v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Le Sourd" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivo-Marin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/53871" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01573669v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Naud&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Valverde" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.4223" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01319013v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Aim&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Messaoudi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Garcia" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00229" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470272v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S Leblond" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias M Boeckers" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2013.08.031" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470252v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Schmeisser" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Wegener" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Bockmann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a Vanessa Stempel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11015" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-HM1QSLWW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470265v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ey" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yang" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Katz" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Woldeyohannes" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Silverman" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1601-183X.2012.00849.x" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01300287v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lazarini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Gabellec" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lledo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.6394-11.2012" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01309034v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Alonso" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lepousez" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Sebastien" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bardy" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.3108" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00467214v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bohn" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Fur" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hagues" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Costentin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b903041g" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-S7PQ6CX3-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760096v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hagues" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Costentin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2007.11.006" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JPXZTR3R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299685v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sl Fayad" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lm. Reynolds" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Torquet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mondoloni" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379664v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Durant&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-torquet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9032-193X" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05509565v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor P Mathis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Giua" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Torquet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mittelhaeuser" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Bour" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2025.1697469" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758768v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie L Fayad" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren M Reynolds" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Tolu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mondoloni" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002850" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299318v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Nguyen" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Vicq" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Ciscato" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Jehl" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.80767" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04440321v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pia Kahnau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mieske" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Wilzopolski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otto Kalliokoski" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Mandillo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12915-023-01751-7" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03839427v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malou Dongelmans" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Durand-de Cuttoli" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Come" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne K Durant&#233;" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-021-27268-7" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02344329v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice de Chaumont" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Ey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Lagache" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Dallongeville" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-019-0396-1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02344332v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie L&#233;vi-Strauss" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allain-Thibeault Ferhat" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2018.00365" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01950330v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marti" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Campart" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Tolu" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Tu Nguyen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-05526-5" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01502363v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Marti" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Morel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Perrier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep45116" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01398079v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre M Royet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M Meunier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas M Torquet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie M Mouly" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao M Jiang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnhum.2016.00511" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470212v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Le Sourd" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivo-Marin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/53871" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470173v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Faure" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bourgeron" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/f1000research.9439.1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01573669v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Naud&#233;" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Valverde" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.4223" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01319013v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Aim&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Messaoudi" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Garcia" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00229" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470272v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire S Leblond" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobias M Boeckers" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2013.08.031" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01300287v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lazarini" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Madeleine Gabellec" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lledo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.6394-11.2012" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470265v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Ey" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Yang" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Katz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Woldeyohannes" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L. Silverman" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1601-183X.2012.00849.x" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01309034v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Alonso" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Lepousez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wagner Sebastien" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Bardy" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.3108" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01470252v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael J Schmeisser" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Wegener" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juergen Bockmann" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=a Vanessa Stempel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nature11015" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/GT4-HM1QSLWW-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00467214v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bohn" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Le Fur" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Hagues" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Costentin" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b903041g" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-S7PQ6CX3-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760096v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hagues" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Costentin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2007.11.006" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JPXZTR3R-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299685v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sl Fayad" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lm. Reynolds" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Torquet" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mondoloni" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03379664v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Durant&#233;" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>