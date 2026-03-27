--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -366,1751 +366,1751 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04978661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Un empire d’inégalités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pour la Science. Dossier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rome. Une civilisation qui se pensait éternelle, 88, pp.40-46</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980159v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les tabellarii Caesaris nostri de Narbonne et les collèges d’esclaves impériaux dans le monde romain (CIL, XII, 4449)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers du Centre Gustave Glotz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 26, pp.109-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/ccgg.2015.1842⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01396852v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les acteurs romains du commerce au long cours : une élite négociante ? Quelques réflexions liminaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers « Mondes Anciens »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Marchands romains au long cours = Roman Long-Distance Traders, 7, 12 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mondesanciens.1628⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01396840v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;i&amp;gt;Coloni&amp;lt;/i&amp;gt; et &amp;lt;i&amp;gt;incolae&amp;lt;/i&amp;gt; de Gaule méridionale : une mise en perspective du cas valentinois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Expropriations et confiscations en Italie et dans les provinces : la colonisation sous la République et l’Empire – Varia, 127 (2), pp.487-501. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/mefra.2918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04978637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Un empire d’inégalités</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les hommes d’affaires romains et l’expansion de l’Empire (70 av. J.-C. – 73 apr. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour la Science. Dossier</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Pallas. Revue d'études antiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Le monde romain de 70 av. J.-C à 73 apr. J.-C, 96, pp.111-126. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/pallas.1198⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les &amp;lt;i&amp;gt;tabellarii Caesaris nostri&amp;lt;/i&amp;gt; de Narbonne et les collèges d’esclaves impériaux dans le monde romain (&amp;lt;i&amp;gt;CIL&amp;lt;/i&amp;gt;, XII, 4449)</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01394656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une cruche du port d’Arles et l’usage d’échantillons dans le commerce de vin romain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Djaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 126 (2), pp.487-494. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mefra.2549⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978626v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marques au fer et graffites imprimés dans le bois du chaland &amp;lt;i&amp;gt;Arles-Rhône 3&amp;lt;/i&amp;gt; : étude épigraphique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archaeonautica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Arles-Rhône 3. Un chaland gallo-romain du Ier siècle après Jésus-Christ, 18, pp.174-179. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/nauti.2014.1334⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une marque d’atelier sur une bouteille en verre découverte à Arles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Souen Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 71 (2), pp.121-124. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11q19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01394334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les élites de la colonie et de l'Empire à Arles, au début du Principat : nouveaux témoignages épigraphiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Christol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Heijmans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chiron : Mitteilungen der Kommission für alte Geschichte und Epigraphik des Deutschen archäologischen Instituts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 44, pp.341-391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.34780/2628-n629⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01463078v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Veturius Testius Amandus, les cinq corps de lénunculaires d’Ostie et la batellerie tibérine au début du IIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mélanges de l'École française de Rome – Antiquité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Ostia antica – Varia, 126 (1), pp.131-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/mefra.2043⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978566v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esclaves et ministres des Lares dans la société de l’Arles antique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 71 (2), pp.103-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11q18⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01394323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cuisinier G. Iulius Niceros et la domesticité royale de Maurétanie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Zeitschrift für Papyrologie und Epigraphik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 187, pp.310-316</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01393966v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les statuts de travail des esclaves et des affranchis dans les grands ports du monde romain (Ier siècle av. J.-C. – IIe siècle apr. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Annales. Histoire, sciences sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Statuts sociaux, 68 (4), pp.999-1025. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0395264900015080⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un Picton à Ostie : M. Sedatius Severianus et les corps de lénunculaires sous le principat d’Antonin le Pieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue des études anciennes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Tome 114 (2), pp.323-344. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/rea.2012.7066⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01388275v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fier comme un artisan romain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 364, pp.74-79</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980152v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les collèges professionnels romains : « clubs » ou « corporations » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ancient society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 41, pp.197-219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2143/AS.41.0.2129570⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01390900v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les origines de la colonie romaine de Valence (Drôme)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tony Silvino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Maza</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Argant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gallia - Archéologie de la France antique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 68 (2), pp.109-154</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01390935v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les monuments funéraires inscrits de la colonie de Valence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue archéologique de Narbonnaise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 43, pp.57-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/ran.2010.1798⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouvelles hypothèses sur les origines de la colonie romaine de Valence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Archéo thema : revue d'archéologie et d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, Valence Archéologie, architecture et histoire, Hors-série 2, pp.16-21</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980129v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Tabernae publicae&amp;lt;/i&amp;gt; : ateliers et boutiques dans le patrimoine des cités de l’Occident romain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du Centre Gustave Glotz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 26, pp.109-125. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3406/ccgg.2015.1842⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 20, pp.327-350. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/ccgg.2009.1707⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...462 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04978478v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un hommage à l’empereur dans une inscription fragmentaire inédite de Soyons (Ardèche. Territoire de la colonie de Valence)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...1027 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3323,51 +3323,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inscriptions Latines de Narbonnaise (I.L.N.). VIII, Valence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3732,51 +3732,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rome, cité universelle : de César à Caracalla, 70 av. J.-C.-212 ap. J.-C.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Virlouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
@@ -4510,189 +4510,443 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">[29 notices épigraphiques]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Michèle Coltelloni-Trannoy; Philippe Leveau; Stéphanie Satre. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Corpus des inscriptions antiques de Caesarea Mavretaniae (Cherchell, Algérie). Caesarea à l'époque des rois de Maurétanie : témoignages épigraphiques sur la cour de ses rois et la population de leur capitale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS éditions, 2024, Études d'antiquités africaines. ICaesMavr, 1, 978-2-271-15303-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Images du travail et identités sociales en Gaule romaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Carole Cheval; Olivier Langlois; Michel Lauwers; Giulio Palumbi; Haris Procopiou. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acteurs techniques, acteurs sociaux. Des vestiges matériels à l’organisation sociale du travail, de la Préhistoire à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Éditions APDCA, pp.65-72, 2024, 2-904110-66-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Michèle Coltelloni-Trannoy; Philippe Leveau; Stéphanie Satre. </w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fragments d’inscriptions du quartier de Besagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Courrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jean-Pierre Brun; Michel Pasqualini; Giulia Boetto; Emmanuel Botte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Corpus des inscriptions antiques de Caesarea Mavretaniae (Cherchell, Algérie). Caesarea à l'époque des rois de Maurétanie : témoignages épigraphiques sur la cour de ses rois et la population de leur capitale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS éditions, 2024, Études d'antiquités africaines. ICaesMavr, 1, 978-2-271-15303-6</w:t>
+              <w:t xml:space="preserve">Toulon, Telo Martius, une agglomération portuaire romaine de la cité d'Arles. Les fouilles, le mobilier, les épaves (recherches 1978-1988)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Provence, pp.105-107, 2022, Archéologies méditerranéennes, 979-10-320-0375-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La visibilité du travail et des travailleurs dans la Ville</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyril Courrier; Jean-Pierre Guilhembet; Nicolas Laubry; Domenico Palombi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rome, archéologie et histoire urbaine : trente ans après l’Urbs (1987)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française de Rome, pp.377-388, 2022, Collection de l'Ecole française de Rome, 598, 978-2-7283-1539-0 (imprimé) ; 978-2-7283-1540-6 (ePub). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.efr.31115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979394v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Southern Gaul from below: the limits and possibilities of epigraphic documentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Courrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cyril Courrier; Julio Cesar Magalhães de Oliveira. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ancient History from Below: Subaltern Experiences and Actions in Context</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge; Maison Méditerranéenne des Sciences de l'Homme, pp.55-78, 2022, Routledge monographs in classical studies, 978-0-367-42441-1 (relié) ; 978-1-032-07880-9 (broché) ; 978-1-003-00514-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le mobilier : épigraphie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Courrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4702,1642 +4956,1388 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">J.-P. Brun; M. Pasqualini; G. Boetto; E. Botte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toulon, Telo Martius, une agglomération portuaire romaine de la cité d’Arles : Les fouilles, le mobilier, les épaves (recherches 1978-1988)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Presses Universitaires de Provence</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.105-107, 2022, Archéologies méditerranéennes. BIAMA, 9791032003756</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04181476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...40 lines deleted...]
-              <w:t xml:space="preserve">Jean-Pierre Brun; Michel Pasqualini; Giulia Boetto; Emmanuel Botte. </w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les statuts de travail des acteurs du commerce des matières premières dans l’Occident romain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Didier Boisseuil; Christian Rico; Sauro Gelichi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toulon, Telo Martius, une agglomération portuaire romaine de la cité d'Arles. Les fouilles, le mobilier, les épaves (recherches 1978-1988)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Le marché des matières premières dans l’Antiquité et au Moyen Âge</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française de Rome, pp.339-354, 2021, Collection de l'Ecole française de Rome, 563, 978-2-72831-406-5 (imprimé) ; 978-2-7283-1407-2 (numérique). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.efr.8127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Cyril Courrier; Jean-Pierre Guilhembet; Nicolas Laubry; Domenico Palombi. </w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979378v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inscription dédiée à C. Ignius Sisenna [Notice 70]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sandrine Agusta-Boularot; Cyril Courrier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rome, archéologie et histoire urbaine : trente ans après l’Urbs (1987)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Inscriptions latines de Narbonnaise (I.L.N.). IX. 1, Narbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS éditions, pp.448-450, 2021, Gallia. XLIVe Supplément – ILN, 978-2-271-13718-0</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">Cyril Courrier; Julio Cesar Magalhães de Oliveira. </w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inscription signalant la sépulture collective d’un collège de messagers impériaux [Notice 106]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sandrine Agusta-Boularot; Cyril Courrier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ancient History from Below: Subaltern Experiences and Actions in Context</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Routledge; Maison Méditerranéenne des Sciences de l'Homme, pp.55-78, 2022, Routledge monographs in classical studies, 978-0-367-42441-1 (relié) ; 978-1-032-07880-9 (broché) ; 978-1-003-00514-8</w:t>
+              <w:t xml:space="preserve">Inscriptions latines de Narbonnaise (I.L.N.). IX. 1, Narbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS éditions, pp.514-516, 2021, Gallia. XLIVe Supplément – ILN, 978-2-271-13718-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04983148v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L’ordre des corporati ». Un mode d’organisation et de représentation des associations de métier à Ostie et dans l’Italie des IIe et IIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maria Letizia Caldelli; Nicolas Laubry; Fausto Zevi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ostia, l’Italia e il Mediterraneo. Intorno all’opera di Mireille Cébeillac-Gervasoni</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École française de Rome, pp.51-60, 2021, Collection de l’École française de Rome, 583, 978-2-7283-1481-2 (imprimé) ; 978-2-7283-1482-9 (numérique). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.efr.14064⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les hommes de métiers, leurs associations et le luxe en Gaule romaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frédérique Duyrat; Sylvia Nieto-Pelletier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le luxe en Gaule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ausonius éditions, pp.63-71, 2021, Mémoires, 61, 978-2-35613-395-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979356v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inscription en l’honneur de Sex. Fadius Secundus Musa [Notice 69]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sandrine Agusta-Boularot; Cyril Courrier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Inscriptions latines de Narbonnaise (I.L.N.). IX. 1, Narbonne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNRS éditions, pp.440-448, 2021, Gallia. XLIVe Supplément – ILN, 978-2-271-13718-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cultes des associations privées en Gaule narbonnaise et dans les Alpes maritimes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Federica Fontana; Emanuela Murgia. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sacrum facere. Atti del VI Seminario di Archeologia del Sacro. Forme associative e pratiche rituali nel mondo antico. Trieste, 24-25 maggio 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edizioni Università di Trieste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.267-282, 2021, Polymnia. Studi di archeologia, 11, 978-88-5511-216-1 (print) ; 978-88-5511-217-8 (online)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979351v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ordo corporatorum. The Rules of Roman Associations and the Collegia at Ostia in the Second and Third Centuries AD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vincent Gabrielsen; Mario C. D. Paganini. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Private associations in the ancient Greek world : Regulations and the creation of group identity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, pp.196-213, 2021, 978-1-108-83899-3 (relié) ; 978-1-009-28130-0 (broché) ; 978-1-1089-7934-4 (numérique). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/9781108979344.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979365v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un grand port romain et ses esclaves. Arles, Ier-IIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paulin Ismard; Benedetta Rossi; Cécile Vidal. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les mondes de l’esclavage. Une histoire comparée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Seuil, pp.67-74, 2021, L'Univers historique, 978-2-02-138885-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979856v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les jeux séviraux à Nîmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Manuella Lambert. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’empereur romain, un mortel parmi les dieux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée de la Romanité, pp.104-111, 2021, 978-2-9571784-0-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...27 lines deleted...]
-              <w:t xml:space="preserve">Paulin Ismard; Benedetta Rossi; Cécile Vidal. </w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Home and Work</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Amanda Flather (Anthology ed.); Andrew Wallace-Hadrill (Vol. ed.); Joanne Berry (Vol. ed.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les mondes de l’esclavage. Une histoire comparée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Seuil, pp.67-74, 2021, L'Univers historique, 978-2-02-138885-5</w:t>
+              <w:t xml:space="preserve">A Cultural History of Home. Volume 1: In Antiquity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bloomsbury Academic, pp.103-118, 2020, The Cultural Histories Series, 978-1-4725-8422-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Didier Boisseuil; Christian Rico; Sauro Gelichi. </w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979845v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boatmen and their &amp;lt;i&amp;gt;corpora&amp;lt;/i&amp;gt; in the great ports of the Roman West (second to third centuries AD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pascal Arnaud; Simon Keay. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le marché des matières premières dans l’Antiquité et au Moyen Âge</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/books.efr.8127⟩</w:t>
+              <w:t xml:space="preserve">Roman Port Societies : The Evidence of Inscriptions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, pp.85-106, 2020, British school at Rome studies, 978-1-108-48622-4 (relié) ; 978-1-108-73194-2 (broché) ; 978-1-108-66527-8 (PDF). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/9781108665278.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Sandrine Agusta-Boularot; Cyril Courrier. </w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;Imagines et tituli&amp;lt;/i&amp;gt; : Epigraphic Evidence of Political Imagery in Meeting-Places of Roman Professional Corpora</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Amy Russell; Monica Hellström. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inscriptions latines de Narbonnaise (I.L.N.). IX. 1, Narbonne</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Social Dynamics of Roman Imperial Imagery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cambridge University Press, pp.215-246, 2020, 978-1-108-83512-1 (paper) ; 978-1-108-89171-4 (online). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/9781108891714.009⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Sandrine Agusta-Boularot; Cyril Courrier. </w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Meeting-Places of Associations in the City of Rome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Maria Letizia Caldelli; Cecilia Ricci. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inscriptions latines de Narbonnaise (I.L.N.). IX. 1, Narbonne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS éditions, pp.448-450, 2021, Gallia. XLIVe Supplément – ILN, 978-2-271-13718-0</w:t>
+              <w:t xml:space="preserve">City of Encounters : Public Spaces and Social Interaction in Ancient Rome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Edizioni Quasar, pp.197-227, 2020, RomeScapes, 1, 978-88-5491-057-7 (papier) : 978-88-5491-071-3 (PDF)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Sandrine Agusta-Boularot; Cyril Courrier. </w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979826v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les associations privées et le pouvoir impérial à Rome et ses environs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolas Belayche; Sylvia Estienne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inscriptions latines de Narbonnaise (I.L.N.). IX. 1, Narbonne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNRS éditions, pp.440-448, 2021, Gallia. XLIVe Supplément – ILN, 978-2-271-13718-0</w:t>
+              <w:t xml:space="preserve">Religion et pouvoir dans le monde romain. L'autel et la toge : de la deuxième guerre punique à la fin des Sévères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.191-208, 2020, Histoire, 978-2-7535-7868-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Maria Letizia Caldelli; Nicolas Laubry; Fausto Zevi. </w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979812v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’épigraphie de l’Empire romain (Ier s. – IIIe s. apr. J.-C.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ricardo González Villaescusa; Guisto Traina; Jean-Pierre Vallat. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ostia, l’Italia e il Mediterraneo. Intorno all’opera di Mireille Cébeillac-Gervasoni</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Les mondes romains : questions d'archéologie et d'histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ellipses, pp.79-82, 2020, Le monde. Mondes anciens, 978-2-340-03361-0 (papier) ; 978-2-340-03953-7 (numérique)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...262 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04980170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roman Professional &amp;lt;i&amp;gt;collegia&amp;lt;/i&amp;gt; and Economic Control. A Monopoly of Information?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cristina Rosillo-López; Marta García Morcillo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Managing Information in the Roman Economy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Palgrave Macmillan, pp.229-248, 2020, Palgrave studies in ancient economies, 978-3-030-54099-9 (print) ; 978-3-030-54100-2 (online). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-54100-2_11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979326v1</w:t>
-              </w:r>
-[...454 lines deleted...]
-                <w:t xml:space="preserve">hal-04980170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préface. Nouvelles générations, nouveaux regards</w:t>
               </w:r>
@@ -6558,50 +6558,132 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The social organization of trade and craftsmanship in ancient Arles: heterogeneity, hierarchy and patronage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Andrew Wilson; Miko Flohr. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Urban Craftsmen and Traders in the Roman World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, pp.254-277, 2016, Oxford Studies on the Roman Economy, 978-0-19-874848-9 (relié) ; 978-0-19-885290-2 (broché). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/acprof:oso/9780198748489.003.0012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introducción-Presentación. «A dónde vamos y de dónde venimos»: aproximaciones desde la arqueología y la historia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oliva Rodríguez Gutiérrez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -6627,139 +6709,57 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Oliva Rodríguez Gutiérrez; Nicolas Tran; Begoña Soler Huertas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Los espacios de reunión de las asociaciones romanas. Diálogos desde la arqueología y la historia, en homenaje a Bertrand Goffaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editorial Universidad de Sevilla, pp.1-5, 2016, Historia, 325, 978-84-472-1770-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979796v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-04979283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processus de mise en œuvre, formes et rythmes de la monumentalisation dans la cité des Pictons</w:t>
               </w:r>
@@ -6868,221 +6868,221 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01477734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Las sedes colegiales y los espacios para la reunión en el mundo romano. Estado de la cuestión a partir de los datos documentales, epigráficos y arqueológicos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oliva Rodríguez Gutiérrez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Begoña Soler Huertas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Goffaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Oliva Rodríguez Gutiérrez; Nicolas Tran; Begoña Soler Huertas. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Los espacios de reunión de las asociaciones romanas. Diálogos desde la arqueología y la historia, en homenaje a Bertrand Goffaux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editorial Universidad de Sevilla, pp.9-28, 2016, Historia, 325, 978-84-472-1770-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Conclusions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne-Florence Baroni; Gwladys Bernard; Béatrice Le Teuff; Coline Ruiz Darasse. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Échanger en Méditerranée : acteurs, pratiques et normes dans les mondes anciens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses universitaires de Rennes, pp.227-230, 2016, Histoire. Série Histoire ancienne, 978-2-7535-4901-2 (papier) ; 978-2-7535-5559-4 (numérique). </w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/books.pur.45284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979753v1</w:t>
-              </w:r>
-[...110 lines deleted...]
-                <w:t xml:space="preserve">hal-04979807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;i&amp;gt;Ars and Doctrina&amp;lt;/i&amp;gt; : The Socioeconomic Identity of Roman Skilled Workers (First Century BC–Third Century AD)</w:t>
               </w:r>
@@ -7163,51 +7163,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">&amp;lt;i&amp;gt;Tituli&amp;lt;/i&amp;gt; et &amp;lt;i&amp;gt;signa collegiorum&amp;lt;/i&amp;gt; en Gaule méridionale et ailleurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Christol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sandrine Agusta-Boularot; Emmanuelle Rosso. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Signa et tituli 2 : Corpora et Scholae : Lieux, pratiques et commémoration de la vie associative en Gaule méridionale et dans les régions voisines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Errance; Centre Camille Jullian, pp.15-31, 2015, Bulletin de l'École antique de Nîmes, 31</w:t>
@@ -7230,173 +7230,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01490373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’identité sociale des artisans et des petits commerçants dans les &amp;lt;i&amp;gt;Oneirokritika&amp;lt;/i&amp;gt; d’Artémidore de Daldis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christophe Chandezon; Julien du Bouchet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Artémidore de Daldis et l'interprétation des rêves. Quatorze études</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Les Belles Lettres, pp.255-279, 2014, L'âne d'or, 43, 978-2-251-42053-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01377032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Un esclave préposé au commerce de l’huile dans le port d’Arles. À propos de Dig., 14.3.13 pr. (Ulp. 28 ad ed.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Catherine Apicella; Marie-Laurence Haack; François Lerouxel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les affaires de Monsieur Andreau : économie et société du monde romain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius, pp.205-212, 2014, Scripta antiqua, 61, 978-2-35613-108-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04979720v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">halshs-01377032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les collèges dans les espaces civiques de l’Occident romain : diverses formes de dialogue entre sphère publique et sphère privée</w:t>
               </w:r>
@@ -7449,669 +7449,669 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04978798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Un montage entre finances publiques et associatives au XIe siècle : à propos de l’organisation des ludi seuirales à Nîmes (AE, 1982, 680)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Laurent Lamoine; Clara Berrendonner; Mireille Cébeillac-Gervasoni. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gérer les territoires, les patrimoines et les crises : Le Quotidien municipal II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires Blaise Pascal, pp.179-191, 2012, Collection Histoires croisées, 978-2-84516-614-1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01425674v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les activités cultuelles des associations romaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Antoine Hermary; Bertrand Jaeger. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thesaurus cultus et rituum antiquorum (ThesCRA). VIII, Private space and public space, polarities in religious life, religious interrelations between the classical world and neighbouring civilizations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, J. Paul Getty Museum, pp.81-85, 2012, 978-1-60606-102-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Associations privées et espace public. Les emplois de &amp;lt;i&amp;gt;publicus&amp;lt;/i&amp;gt; dans l’épigraphie des collèges de l’Occident romain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Monique Dondin-Payre; Nicolas Tran. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Collegia. Le phénomène associatif dans l’Occident romain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ausonius, pp.63-80, 2012, Scripta antiqua, 41, 978-2-35613-067-9 (imprimé) ; 978-2-35613-570-4 (numérique). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.ausonius.15934⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Monique Dondin-Payre; Nicolas Tran. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Collegia. Le phénomène associatif dans l’Occident romain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ausonius, pp.9-12, 2012, Scripta antiqua, 41, 978-2-35613-067-9 (imprimé) ; 978-2-35613-570-4 (numérique). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.ausonius.15914⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979654v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">L. Nonius Asprenas (&amp;lt;i&amp;gt;CIL&amp;lt;/i&amp;gt; XII 1748) et les origines de la colonie de Valence (Gaule narbonnaise)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Faure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ségolène Demougin; John Scheid. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colons et colonies dans le monde romain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École française de Rome, pp.41-64, 2012, Collection de l'École française de Rome, 456, 978-2-7283-0912-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1400/187611⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01425478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...308 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction</w:t>
+                <w:t xml:space="preserve">Les gens de métier romains : savoirs professionnels et supériorités plébéiennes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Monteix; Nicolas Tran. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les savoirs professionnels des gens de métier : études sur le monde du travail dans les sociétés urbaines de l'empire romain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Centre Jean Bérard, pp.3-6, 2011, Collection du Centre Jean Bérard, 37. Archéologie de l'artisanat antique, 5, 978-2-918887-09-6 (imprimé) ; 978-2-38050-000-4 (numérique). </w:t>
+              <w:t xml:space="preserve">, Centre Jean Bérard, pp.119-133, 2011, Collection du Centre Jean Bérard, 37. Archéologie de l'artisanat antique, 5, 978-2-918887-09-6 (imprimé) ; 978-2-38050-000-4 (numérique). </w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pcjb.5100⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/books.pcjb.5139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04978766v1</w:t>
+                <w:t xml:space="preserve">hal-04978775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les gens de métier romains : savoirs professionnels et supériorités plébéiennes</w:t>
+                <w:t xml:space="preserve">Les identités religieuses des artisans et commerçants romains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tran</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Antoine Hermary; Bertrand Jaeger. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Thesaurus cultus et rituum antiquorum, ThesCRA. VI, Stages and circumstances of Life : work, hunting, travel ; and addendum to vol. II Music</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, J. Paul Getty Museum, pp.356-360, 2011, Thesaurus Cultus et Rituum Antiquorum, 978-1-60606-073-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04979618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tran</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Nicolas Monteix; Nicolas Tran. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les savoirs professionnels des gens de métier : études sur le monde du travail dans les sociétés urbaines de l'empire romain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Centre Jean Bérard, pp.119-133, 2011, Collection du Centre Jean Bérard, 37. Archéologie de l'artisanat antique, 5, 978-2-918887-09-6 (imprimé) ; 978-2-38050-000-4 (numérique). </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, Centre Jean Bérard, pp.3-6, 2011, Collection du Centre Jean Bérard, 37. Archéologie de l'artisanat antique, 5, 978-2-918887-09-6 (imprimé) ; 978-2-38050-000-4 (numérique). </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pcjb.5100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pcjb.5139⟩</w:t>
-[...91 lines deleted...]
-                <w:t xml:space="preserve">hal-04979618v1</w:t>
+                <w:t xml:space="preserve">hal-04978766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’apprentissage et le statut de travail des artisans en Gaule romaine</w:t>
               </w:r>
@@ -8886,51 +8886,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989131v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saimir Shpuza" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tran" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19272/202013701004" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089946v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Courrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978661v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/antiq.2017.3910" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978637v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.2918" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-75SJD576-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980159v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396852v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2015.1842" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396840v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mondesanciens.1628" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394323v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11q18" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394656v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.1198" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978626v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Djaoui" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.2549" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-KHZXRSF0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978615v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/nauti.2014.1334" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463078v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Faure" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Heijmans" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34780/2628-n629" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394334v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souen Fontaine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11q19" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978566v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.2043" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-PS8HVPTN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393966v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978560v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0395264900015080" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388275v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rea.2012.7066" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390935v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Silvino" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maza" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980152v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390900v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/AS.41.0.2129570" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978527v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2010.1798" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980129v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978478v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2009.1707" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978488v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2009.1790" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978472v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Loriot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2009.10530" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978451v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2008.10472" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979929v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978458v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.FOOD.1.100189" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NDQ-ZP7PS8MP-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978431v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2007.10398" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978444v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2007.10406" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978424v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2004.860" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978414v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2001.1548" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181466v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501577v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590232v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588542v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978379v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsey Vandevoorde" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978365v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mondesanciens.1485" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01372307v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard R&#233;my" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04803017v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Coltelloni-Trannoy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leveau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Satre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touatia Amraoui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Baudoin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/caesarea-a-l-epoque-des-rois-de-mauretanie/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978144v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passes-composes.com/book/379" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978153v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/caligula" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539378v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Virlouvet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-editeur.com/rome-cite-universelle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978282v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dondin-Payre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/3185" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3185" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978264v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliva Rodr&#237;guez Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a Soler Huertas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.us.es/es/detalle-libro/719702/los-espacios-de-reunion-de-las-asociaciones-romanas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01372254v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.efrome.it/book/show/ean/9782728309566" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404168v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/fr/scripta-antiqua/4287-pod-collegia-le-phenomene-associatif-dans-l-occident-romain.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321024v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monteix" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.centre-jean-berard.cnrs.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pcjb.5079" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978205v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/2048" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.2048" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979900v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979448v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979465v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979915v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181476v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/toulon-telo-martius-agglomeration-portuaire-romaine-cite-darles" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979894v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979394v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.31115" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979879v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979863v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979856v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979378v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.8127" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983148v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983146v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979871v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979388v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.14064" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979356v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979351v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openstarts.units.it/bitstream/10077/33350/1/11_sacrum_facere_VI_2019_rgb_Openstarts.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979365v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108979344.010" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979326v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54100-2_11" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979845v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979318v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108665278.004" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979343v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108891714.009" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979812v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979826v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980170v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979312v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.erudit.org/fr/livres/actes-des-colloques-dartefact/actes-18e-colloque-international-etudiant-departement-sciences-historiques--978-2-9816015-6-8/004694co/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979307v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979296v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efa.3470" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979796v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979283v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780198748489.003.0012" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477734v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doulan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Durand" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Tendron" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979753v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.45284" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979807v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Goffaux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979743v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004331686_013" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490373v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979720v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377032v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978798v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425478v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1400/187611" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425674v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979695v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979686v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ausonius.15934" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979654v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ausonius.15914" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978766v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pcjb.5100" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978775v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pcjb.5139" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979618v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978759v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.10074" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979615v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978733v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979600v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ausonius.4220" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980125v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.6764" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978723v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978710v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.20369" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979924v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04989131v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saimir Shpuza" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tran" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19272/202013701004" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02089946v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Courrier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978661v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/antiq.2017.3910" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980159v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396852v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2015.1842" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01396840v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mondesanciens.1628" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978637v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.2918" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-75SJD576-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394656v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/pallas.1198" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978626v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Djaoui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.2549" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-KHZXRSF0-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978615v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/nauti.2014.1334" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394334v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souen Fontaine" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11q19" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01463078v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Faure" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Christol" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Heijmans" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34780/2628-n629" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978566v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mefra.2043" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-PS8HVPTN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01394323v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11q18" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01393966v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978560v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0395264900015080" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01388275v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/rea.2012.7066" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980152v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390900v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/AS.41.0.2129570" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01390935v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Silvino" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Maza" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Argant" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978527v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2010.1798" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980129v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978478v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2009.1707" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978488v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ran.2009.1790" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978472v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Loriot" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2009.10530" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978451v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2008.10472" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979929v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978458v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1484/J.FOOD.1.100189" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NDQ-ZP7PS8MP-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978431v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2007.10398" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978444v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/mefr.2007.10406" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978424v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2004.860" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978414v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ccgg.2001.1548" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181466v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501577v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01590232v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01588542v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978379v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsey Vandevoorde" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978365v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mondesanciens.1485" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01372307v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard R&#233;my" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04803017v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Coltelloni-Trannoy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leveau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Satre" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Touatia Amraoui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Baudoin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cnrseditions.fr/catalogue/revues/caesarea-a-l-epoque-des-rois-de-mauretanie/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978144v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://passes-composes.com/book/379" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978153v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/caligula" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03539378v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Virlouvet" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.belin-editeur.com/rome-cite-universelle" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978282v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Dondin-Payre" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/3185" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.3185" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978264v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliva Rodr&#237;guez Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bego&#241;a Soler Huertas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editorial.us.es/es/detalle-libro/719702/los-espacios-de-reunion-de-las-asociaciones-romanas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01372254v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.efrome.it/book/show/ean/9782728309566" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01404168v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ausoniuseditions.u-bordeaux-montaigne.fr/fr/scripta-antiqua/4287-pod-collegia-le-phenomene-associatif-dans-l-occident-romain.html" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01321024v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Monteix" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.centre-jean-berard.cnrs.fr/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pcjb.5079" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978205v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/efr/2048" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.2048" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979900v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979448v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979915v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979465v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979894v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979394v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.31115" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979879v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04181476v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/toulon-telo-martius-agglomeration-portuaire-romaine-cite-darles" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979378v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.8127" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983146v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04983148v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979388v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efr.14064" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979356v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979871v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979351v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openstarts.units.it/bitstream/10077/33350/1/11_sacrum_facere_VI_2019_rgb_Openstarts.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979365v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108979344.010" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979856v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979863v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979845v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979318v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108665278.004" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979343v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108891714.009" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979826v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979812v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980170v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979326v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-54100-2_11" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979312v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.erudit.org/fr/livres/actes-des-colloques-dartefact/actes-18e-colloque-international-etudiant-departement-sciences-historiques--978-2-9816015-6-8/004694co/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979307v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979296v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.efa.3470" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979283v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780198748489.003.0012" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979796v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01477734v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Monteil" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bertrand" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Doulan" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Durand" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Tendron" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979807v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Goffaux" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979753v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.45284" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979743v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004331686_013" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490373v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01377032v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979720v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978798v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425674v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979695v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979686v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ausonius.15934" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979654v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ausonius.15914" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01425478v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1400/187611" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978775v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pcjb.5139" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979618v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978766v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pcjb.5100" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978759v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.artehis.10074" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979615v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978733v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979600v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.ausonius.4220" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980125v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.6764" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978723v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978710v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.20369" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04979924v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>