--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -97,4226 +97,4360 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (33)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omics to Study and Manage Aquatic Environments: A Snapshot From the A qua E c O mics Meeting (Evian‐les‐Bains, 2025)</w:t>
+                <w:t xml:space="preserve">Co-occurrence is associated with horizontal gene transfer across marine bacteria independent of phylogeny</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Rimet</w:t>
+                <w:t xml:space="preserve">Gavin M Douglas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clarisse Lemonnier</w:t>
+                <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Alric</w:t>
+                <w:t xml:space="preserve">Marinna Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Beja</w:t>
+                <w:t xml:space="preserve">Patrick Lypaczewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucie Bittner</w:t>
+                <w:t xml:space="preserve">Louis-Marie Bobay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 34 (17), </w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 20 (1), pp.wraf275. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/mec.70041⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ismejo/wraf275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05273477v1</w:t>
+                <w:t xml:space="preserve">hal-05563160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shifts in bacterioplankton during cyanobacterial blooms reflect bloom toxicity and lake trophic state</w:t>
+                <w:t xml:space="preserve">Omics to Study and Manage Aquatic Environments: A Snapshot From the A qua E c O mics Meeting (Evian‐les‐Bains, 2025)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lara Jansen</w:t>
+                <w:t xml:space="preserve">Frédéric Rimet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Tromas</w:t>
+                <w:t xml:space="preserve">Clarisse Lemonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Strecker</w:t>
+                <w:t xml:space="preserve">Benjamin Alric</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jesse Shapiro</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pedro Beja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bittner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Harmful Algae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.hal.2025.102937⟩</w:t>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 34 (17), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.70041⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05508654v1</w:t>
+                <w:t xml:space="preserve">hal-05273477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering the dynamics of Cyanobacteria-Phage in a natural lake: Insights from a decade-long investigation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Shifts in bacterioplankton during cyanobacterial blooms reflect bloom toxicity and lake trophic state</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jin Vincent</w:t>
+                <w:t xml:space="preserve">Lara Jansen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zofia Taranu</w:t>
+                <w:t xml:space="preserve">Angela Strecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Fortin</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jesse Shapiro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioRxiv</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2025.02.19.639072⟩</w:t>
+              <w:t xml:space="preserve">Harmful Algae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 149, pp.102937. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.hal.2025.102937⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05182095v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05508654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An experimental test of cyanotoxins as a potential driver of microbial community structure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deciphering the dynamics of Cyanobacteria-Phage in a natural lake: Insights from a decade-long investigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kiri Stern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uzma Batool</w:t>
+                <w:t xml:space="preserve">Jin Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linda Lawton</w:t>
+                <w:t xml:space="preserve">Zofia Taranu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Jesse Shapiro</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nathalie Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2025.144518⟩</w:t>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2025.02.19.639072⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05182028v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05182095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic Diversity and Anatoxin Profiles of Freshwater Benthic Cyanobacteria From Nova Scotia (Canada)</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">An experimental test of cyanotoxins as a potential driver of microbial community structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uzma Batool</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linda Lawton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jesse Shapiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (3), pp.e70067. </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 384, pp.144518. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.70067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2025.144518⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05182087v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05182028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of grazing by multiple Daphnia species on wastewater bacterial communities</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Genetic Diversity and Anatoxin Profiles of Freshwater Benthic Cyanobacteria From Nova Scotia (Canada)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cecilio Valadez-Cano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tiffany Chin</w:t>
+                <w:t xml:space="preserve">Adrian Reyes-Prieto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quoc Tuc Dinh</w:t>
+                <w:t xml:space="preserve">Lindsay Johnston</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Dorner</w:t>
+                <w:t xml:space="preserve">Yannan Huang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 962, pp.178364. </w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (3), pp.e70067. </w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.178364⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.70067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05182105v1</w:t>
+                <w:t xml:space="preserve">hal-05182087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metagenomic insights into cyanotoxin dynamics in a Mexican subtropical lake</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Impact of grazing by multiple Daphnia species on wastewater bacterial communities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dana Simon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Fortin</w:t>
+                <w:t xml:space="preserve">Eyerusalem Goitom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miriam Hernández-Zamora</w:t>
+                <w:t xml:space="preserve">Tiffany Chin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Autumn Pereira</w:t>
+                <w:t xml:space="preserve">Quoc Tuc Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Dorner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2025.144285⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 962, pp.178364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2024.178364⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05182032v1</w:t>
+                <w:t xml:space="preserve">hal-05182105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pseudogymnoascus destructans invasion stage impacts the skin microbial functions of highly vulnerable Myotis lucifugus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Virginie Lemieux-Labonté</w:t>
+                <w:t xml:space="preserve">Metagenomic insights into cyanotoxin dynamics in a Mexican subtropical lake</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jananan Pathmanathan</w:t>
+                <w:t xml:space="preserve">Dana Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fortin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Terrat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Tromas</w:t>
+                <w:t xml:space="preserve">Miriam Hernández-Zamora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anouk Simard</w:t>
+                <w:t xml:space="preserve">Autumn Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 100 (11), </w:t>
+              <w:t xml:space="preserve">Chemosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 376, pp.144285. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/femsec/fiae138⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemosphere.2025.144285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05182126v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05182032v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Snapshot of cyanobacterial toxins in Pakistani freshwater bodies</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Improving water quality in a hypereutrophic lake and tributary through agricultural nutrient mitigation: A Multi-year monitoring analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barry Husk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Julian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">B. Jesse Shapiro</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dawson Phan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-024-32744-w⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 354, pp.120411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2024.120411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05181983v1</w:t>
+                <w:t xml:space="preserve">hal-05181995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beneath the ice: exploring winter's impact on nutrient and phytoplankton dynamics in a shallow eutrophic lake</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Julian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barry Husk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Helen Baulch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dana Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hydrobiologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 852 (6), pp.1463-1480. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s10750-024-05739-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05182037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving water quality in a hypereutrophic lake and tributary through agricultural nutrient mitigation: A Multi-year monitoring analysis</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Snapshot of cyanobacterial toxins in Pakistani freshwater bodies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Uzma Batool</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tromas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dana Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dawson Phan</w:t>
+                <w:t xml:space="preserve">Sébastien Sauvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jesse Shapiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 354, pp.120411. </w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (16), pp.24648-24661. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2024.120411⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11356-024-32744-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05181995v1</w:t>
+                <w:t xml:space="preserve">hal-05181983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell-associated viral community composition and its functional potential in a dimictic lake on the Canadian Shield</w:t>
+                <w:t xml:space="preserve">Pseudogymnoascus destructans invasion stage impacts the skin microbial functions of highly vulnerable Myotis lucifugus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cody Collis</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Virginie Lemieux-Labonté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jananan Pathmanathan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Terrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Simard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioRxiv</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/2024.12.22.629985⟩</w:t>
+              <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 100 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/femsec/fiae138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05182072v1</w:t>
+                <w:t xml:space="preserve">hal-05182126v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sedimentary DNA and pigments show increasing abundance and toxicity of cyanoHABs during the Anthropocene</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Cell-associated viral community composition and its functional potential in a dimictic lake on the Canadian Shield</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cody Collis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jozef Nissimov</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Freshwater Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fwb.14069⟩</w:t>
+              <w:t xml:space="preserve">BioRxiv</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1101/2024.12.22.629985⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05182000v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05182072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Selection of Anabaena sp. PCC 7938 as a Cyanobacterium Model for Biological ISRU on Mars</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sedimentary DNA and pigments show increasing abundance and toxicity of cyanoHABs during the Anthropocene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Chopin</w:t>
+                <w:t xml:space="preserve">Adam Heathcote</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zofia Taranu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olga Pérez-Carrascal</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Tromas</w:t>
+                <w:t xml:space="preserve">Meaghan Macintyre-Newell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyprien Verseux</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Peter Leavitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 88 (15), </w:t>
+              <w:t xml:space="preserve">Freshwater Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 68 (11), pp.1859-1874. </w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1128/aem.00594-22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/fwb.14069⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05182012v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05182000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Occurrence of BMAA Isomers in Bloom-Impacted Lakes and Reservoirs of Brazil, Canada, France, Mexico, and the United Kingdom</w:t>
+                <w:t xml:space="preserve">Selection of Anabaena sp. PCC 7938 as a Cyanobacterium Model for Biological ISRU on Mars</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Safa Abbes</w:t>
+                <w:t xml:space="preserve">Tiago Ramalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sung Vo Duy</w:t>
+                <w:t xml:space="preserve">Guillaume Chopin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Munoz</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olga Pérez-Carrascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tromas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyprien Verseux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxins</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/toxins14040251⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 88 (15), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/aem.00594-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03960940v1</w:t>
+                <w:t xml:space="preserve">hal-05182012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single-colony sequencing reveals microbe-by-microbiome phylosymbiosis between the cyanobacterium Microcystis and its associated bacteria</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Occurrence of BMAA Isomers in Bloom-Impacted Lakes and Reservoirs of Brazil, Canada, France, Mexico, and the United Kingdom</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alessandra Giani</w:t>
+                <w:t xml:space="preserve">Safa Abbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sung Vo Duy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Munoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quoc Tuc Dinh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dana Simon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbiome</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s40168-021-01140-8⟩</w:t>
+              <w:t xml:space="preserve">Toxins</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (4), pp.251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/toxins14040251⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05182163v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03960940v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bioavailable Nutrients (N and P) and Precipitation Patterns Drive Cyanobacterial Blooms in Missisquoi Bay, Lake Champlain</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Single-colony sequencing reveals microbe-by-microbiome phylosymbiosis between the cyanobacterium Microcystis and its associated bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Pérez-Carrascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Herinandrianina Andriananjamanantsoa</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Terrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Greer</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elisa Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Giani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms9102097⟩</w:t>
+              <w:t xml:space="preserve">Microbiome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (1), pp.194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s40168-021-01140-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05182046v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05182163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two cases of type-a Haemophilus influenzae meningitis within the same week in the same hospital are phylogenetically unrelated but recently exchanged capsule genes</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bioavailable Nutrients (N and P) and Precipitation Patterns Drive Cyanobacterial Blooms in Missisquoi Bay, Lake Champlain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">John Bradley</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Sukriye Celikkol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">B. Jesse Shapiro</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herinandrianina Andriananjamanantsoa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Greer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microbial Genomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1099/mgen.0.000348⟩</w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (10), pp.2097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms9102097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05183778v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05182046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolution of realized niches within freshwater Synechococcus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Two cases of type-a Haemophilus influenzae meningitis within the same week in the same hospital are phylogenetically unrelated but recently exchanged capsule genes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Terrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauge Farnaes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Bradley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jesse Shapiro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.14930⟩</w:t>
+              <w:t xml:space="preserve">Microbial Genomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 6 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/mgen.0.000348⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05183776v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05183778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coherence of Microcystis species revealed through population genomics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Charles Greer</w:t>
+                <w:t xml:space="preserve">The evolution of realized niches within freshwater Synechococcus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tromas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zofia Taranu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Castelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Pimentel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 22 (4), pp.1238-1250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.14930⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41396-019-0481-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05183782v1</w:t>
+                <w:t xml:space="preserve">hal-05183776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Niche Separation Increases With Genetic Distance Among Bloom-Forming Cyanobacteria</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Coherence of Microcystis species revealed through population genomics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Pérez-Carrascal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Terrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alessandra Giani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Greer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.00438⟩</w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (12), pp.2887-2900. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41396-019-0481-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05183818v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05183782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterising and predicting cyanobacterial blooms in an 8-year amplicon sequencing time course</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Niche Separation Increases With Genetic Distance Among Bloom-Forming Cyanobacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zofia Taranu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bryan Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Willis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Fortin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pedro Cardoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ismej.2017.58⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2018.00438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05183829v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05183818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecological selection of siderophore‐producing microbial taxa in response to heavy metal contamination</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Characterising and predicting cyanobacterial blooms in an 8-year amplicon sequencing time course</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Fortin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florian Bayer</w:t>
+                <w:t xml:space="preserve">Larbi Bedrani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Terrat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adela Luján</w:t>
+                <w:t xml:space="preserve">Pedro Cardoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecology Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 21 (1), pp.117-127. </w:t>
+              <w:t xml:space="preserve">The International Society of Microbiologial Ecology Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 11 (8), pp.1746-1763. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/ele.12878⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/ismej.2017.58⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05183822v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05183829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gut Microbiome of the Canadian Arctic Inuit</w:t>
+                <w:t xml:space="preserve">Ecological selection of siderophore‐producing microbial taxa in response to heavy metal contamination</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Girard</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Elze Hesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siobhán O'Brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Bayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adela Luján</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MSphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/msphere.00297-16⟩</w:t>
+              <w:t xml:space="preserve">Ecology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 21 (1), pp.117-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ele.12878⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05183836v1</w:t>
+                <w:t xml:space="preserve">hal-05183822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environment and host species shape the skin microbiome of captive neotropical bats</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Gut Microbiome of the Canadian Arctic Inuit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Girard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Amyot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Jesse Shapiro</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François-Joseph Lapointe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PeerJ</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MSphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/msphere.00297-16⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7717/peerj.2430⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05183840v1</w:t>
+                <w:t xml:space="preserve">hal-05183836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiple Barriers to the Evolution of Alternative Gene Orders in a Positive-Strand RNA Virus</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Environment and host species shape the skin microbiome of captive neotropical bats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lemieux-Labonté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Eszter Majer</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Jesse Shapiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José-Antonio Daròs</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François-Joseph Lapointe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 202 (4), pp.1503-1521. </w:t>
+              <w:t xml:space="preserve">PeerJ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4, pp.e2430. </w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1534/genetics.115.185017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7717/peerj.2430⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05183848v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05183840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Within-host spatiotemporal dynamics of plant virus infection at the cellular level.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Multiple Barriers to the Evolution of Alternative Gene Orders in a Positive-Strand RNA Virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouk Willemsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark Zwart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santiago F. Elena</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Eszter Majer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José-Antonio Daròs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Genetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004186⟩</w:t>
+              <w:t xml:space="preserve">Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 202 (4), pp.1503-1521. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1534/genetics.115.185017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02629906v1</w:t>
+                <w:t xml:space="preserve">hal-05183848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shrinkage of Genome Size in a Plant RNA Virus upon Transfer of an Essential Viral Gene into the Host Genome</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Within-host spatiotemporal dynamics of plant virus infection at the cellular level.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santiago Elena</w:t>
+                <w:t xml:space="preserve">Mark P Zwart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lafforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago F. Elena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/gbe/evu036⟩</w:t>
+              <w:t xml:space="preserve">PLoS Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (2), pp.e1004186. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pgen.1004186⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05183866v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02629906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of the in vivo recombination rate for a plant RNA virus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Shrinkage of Genome Size in a Plant RNA Virus upon Transfer of an Essential Viral Gene into the Host Genome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Zwart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javier Forment</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Elena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of General Virology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 6 (3), pp.538-550. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evu036⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1099/vir.0.060822-0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05183873v1</w:t>
+                <w:t xml:space="preserve">hal-05183866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model-Selection-Based Approach for Calculating Cellular Multiplicity of Infection during Virus Colonization of Multi-Cellular Hosts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId129" w:history="1">
+                <w:t xml:space="preserve">Estimation of the in vivo recombination rate for a plant RNA virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tromas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark Zwart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïté Poulain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Elena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0064657⟩</w:t>
+              <w:t xml:space="preserve">Journal of General Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 95 (3), pp.724-732. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1099/vir.0.060822-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05183878v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05183873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of the establishment of systemic Potyvirus infection: independent yet cumulative action of primary infection sites.</w:t>
+                <w:t xml:space="preserve">Model-Selection-Based Approach for Calculating Cellular Multiplicity of Infection during Virus Colonization of Multi-Cellular Hosts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Lafforgue</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Mark Zwart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mark P Zwart</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago Elena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/JVI.02207-12⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (5), pp.e64657. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0064657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02645738v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05183878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The evolutionary genetics of emerging plant RNA viruses.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId148" w:history="1">
+                <w:t xml:space="preserve">Dynamics of the establishment of systemic Potyvirus infection: independent yet cumulative action of primary infection sites.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lafforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tromas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago F Elena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark P Zwart</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 24 (3), pp.287-93. </w:t>
+              <w:t xml:space="preserve">Journal of Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 86 (23), pp.12912-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1094/MPMI-09-10-0214⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/JVI.02207-12⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02644252v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02645738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The evolutionary genetics of emerging plant RNA viruses.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Santiago F Elena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Bedhomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Purificación Carrasco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José M Cuevas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francisca de La Iglesia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Plant-Microbe Interactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 24 (3), pp.287-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1094/MPMI-09-10-0214⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02644252v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Rate and Spectrum of Spontaneous Mutations in a Plant RNA Virus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santiago Elena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Genetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 185 (3), pp.983-989. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1534/genetics.110.115915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05183909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4326,163 +4460,163 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">AquaEcOmics meeting: exploring aquatic ecology through omics. March 17-20, 2025. Program and abstracts booklet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luisa Orsini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïs Maignien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristian Meissner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bettina Thalinger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pedro Beja</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AquaEcomics 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2025, Evian-les-Bains, France. 135 p., 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.57745/VBSHUO⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05250537v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4492,161 +4626,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-occurrence drives horizontal gene transfer among marine prokaryotes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gavin M Douglas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Tromas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marinna Gaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Lypaczewksi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis-Marie Bobay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05027411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId169"/>
+      <w:footerReference w:type="default" r:id="rId172"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4793,51 +4927,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05273477v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rimet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Lemonnier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alric" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Beja" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bittner" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70041" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05508654v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Jansen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tromas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Strecker" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Shapiro" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2025.102937" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182095v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiri Stern" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Vincent" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Taranu" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fortin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Martel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.02.19.639072" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182028v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uzma Batool" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Lawton" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jesse Shapiro" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144518" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182087v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilio Valadez-Cano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Reyes-Prieto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Johnston" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannan Huang" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70067" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182105v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyerusalem Goitom" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Chin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuc Dinh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dorner" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.178364" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182032v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Simon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Hern&#225;ndez-Zamora" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Autumn Pereira" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144285" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182126v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lemieux-Labont&#233;" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jananan Pathmanathan" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Terrat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Simard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiae138" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181983v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sauv&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-32744-w" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182037v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Julian" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Husk" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Baulch" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-024-05739-4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181995v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawson Phan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120411" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182072v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cody Collis" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozef Nissimov" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.12.22.629985" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182000v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Heathcote" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meaghan Macintyre-Newell" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Leavitt" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.14069" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182012v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Ramalho" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chopin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga P&#233;rez-Carrascal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Verseux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.00594-22" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03960940v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Abbes" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung Vo Duy" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Munoz" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins14040251" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182163v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Moreno" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Giani" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-021-01140-8" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182046v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukriye Celikkol" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herinandrianina Andriananjamanantsoa" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Greer" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9102097" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183778v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauge Farnaes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bradley" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000348" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183776v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Castelli" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Pimentel" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pereira" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14930" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183782v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-019-0481-1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183818v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Martin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Willis" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00438" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183829v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Bedrani" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Cardoso" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2017.58" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183822v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elze Hesse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siobh&#225;n O'Brien" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bayer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Luj&#225;n" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.12878" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183836v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Girard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Amyot" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msphere.00297-16" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183840v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Joseph Lapointe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2430" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183848v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Willemsen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Zwart" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter Majer" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Antonio Dar&#242;s" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.115.185017" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629906v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark P Zwart" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lafforgue" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago F. Elena" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004186" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183866v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Forment" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Elena" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu036" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183873v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Poulain" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.060822-0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183878v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0064657" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645738v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago F Elena" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02207-12" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644252v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bedhomme" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Purificaci&#243;n Carrasco" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Cuevas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca de La Iglesia" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-09-10-0214" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183909v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.110.115915" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05250537v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Orsini" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s Maignien" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Meissner" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Thalinger" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/VBSHUO" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027411v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin M Douglas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinna Gaudin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lypaczewksi" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Marie Bobay" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05563160v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin M Douglas" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tromas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marinna Gaudin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lypaczewski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-Marie Bobay" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ismejo/wraf275" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05273477v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Rimet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Lemonnier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alric" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Beja" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bittner" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.70041" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05508654v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lara Jansen" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Strecker" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesse Shapiro" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hal.2025.102937" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182095v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiri Stern" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Vincent" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zofia Taranu" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Fortin" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Martel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2025.02.19.639072" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182028v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Uzma Batool" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Lawton" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Jesse Shapiro" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144518" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182087v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilio Valadez-Cano" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Reyes-Prieto" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Johnston" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannan Huang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.70067" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182105v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eyerusalem Goitom" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Chin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quoc Tuc Dinh" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Dorner" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.178364" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182032v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Simon" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Hern&#225;ndez-Zamora" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Autumn Pereira" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemosphere.2025.144285" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181995v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barry Husk" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Julian" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawson Phan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2024.120411" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182037v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Baulch" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10750-024-05739-4" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05181983v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sauv&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-024-32744-w" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182126v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lemieux-Labont&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jananan Pathmanathan" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Terrat" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Simard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiae138" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182072v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cody Collis" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jozef Nissimov" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.12.22.629985" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182000v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Heathcote" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meaghan Macintyre-Newell" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Leavitt" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fwb.14069" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182012v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Ramalho" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chopin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga P&#233;rez-Carrascal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Verseux" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.00594-22" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enpc.hal.science/hal-03960940v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa Abbes" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung Vo Duy" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Munoz" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins14040251" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182163v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Moreno" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alessandra Giani" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40168-021-01140-8" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05182046v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sukriye Celikkol" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herinandrianina Andriananjamanantsoa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Greer" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9102097" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183778v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauge Farnaes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Bradley" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/mgen.0.000348" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183776v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Castelli" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Pimentel" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Pereira" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14930" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183782v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41396-019-0481-1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183818v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Martin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Willis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.00438" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183829v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larbi Bedrani" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Cardoso" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ismej.2017.58" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183822v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elze Hesse" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siobh&#225;n O'Brien" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bayer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Luj&#225;n" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.12878" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183836v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Girard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Amyot" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msphere.00297-16" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183840v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Joseph Lapointe" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.2430" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183848v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Willemsen" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Zwart" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eszter Majer" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Antonio Dar&#242;s" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.115.185017" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02629906v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark P Zwart" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lafforgue" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago F. Elena" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pgen.1004186" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183866v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Forment" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago Elena" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evu036" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183873v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Poulain" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1099/vir.0.060822-0" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183878v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0064657" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645738v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago F Elena" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.02207-12" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644252v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bedhomme" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Purificaci&#243;n Carrasco" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; M Cuevas" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisca de La Iglesia" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI-09-10-0214" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05183909v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1534/genetics.110.115915" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05250537v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Orsini" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;s Maignien" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Meissner" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bettina Thalinger" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.57745/VBSHUO" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05027411v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Lypaczewksi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>