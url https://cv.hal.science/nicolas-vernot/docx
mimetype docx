--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -71,74 +71,95 @@
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> IdHAL : </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">nicolas-vernot</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve"> ORCID : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:color w:val="#410a8c"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t xml:space="preserve">0000-0001-9871-8472</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve"> ISNI : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">0000000035125955</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ResearcherID : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
+      <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">B-6313-2016</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -173,1446 +194,1446 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S’affirmer, survivre et s’intégrer : les reconfigurations de l’identité montbéliardaise au prisme de ses emblèmes, du Moyen Âge à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin et Mémoires de la Société d’émulation de Montbéliard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 146, p. 143-192</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04825089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uznanie praktyki heraldycznej jako niematerialne dziedzictwo kulturowe zgodnie z kryteriami UNESCO: odpowiednie podejście?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sławomir Górzyński</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rocznik Polskiego Towarzystwa Heraldycznego</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, nowej serii, t. XXIII (XXXIV), pp.9-43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04869043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heraldiek als immaterieel cultureel erfgoed volgens de UNESCO criteria: een presentatie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc van de Cruys</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heraldicum disputationes Kwartaalblad voor Heraldiek</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, suppl. au n° 29-1, 16 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04512885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Considerar la heráldica como patrimonio cultural inmaterial según los criterios de la UNESCO : ¿Une enfoque relevante?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernesto Fernández-Xesta y Vázquez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anales de la Real Academia Matritense de Heráldica y Genealogía</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, XXVI, pp.13-67</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04494917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La communication héraldique du bourg d’Arinthod, du XVIIe siècle à nos jours : enjeux sémantiques, sociétaux et historiographiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d'héraldique et de sigillographie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 93, 177-200 et pl. VIII</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04751479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorsque la modestie s’impose : les armoiries Rochat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Rochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives héraldiques suisses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 135, pp.113-158. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5169/seals-919558⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03810283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À quoi bon un armorial (du Jura)? : Menues réflexions sur l'héraldique, le grand public et les sciences humaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives héraldiques suisses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 134, pp.147-156. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5169/seals-880959⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5169/seals-880959⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04259154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le fichier héraldique d'André Rais, un monument de l'emblématique jurassienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la Société jurassienne d'émulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 123, pp.145-173. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5169/seals-1002396⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5169/seals-1002396⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04259148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La signification des armoiries françaises à l’Époque moderne : nouveaux axes de recherche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue française d’héraldique et de sigillographie–Études en ligne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 2020-5, 24 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04078248v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une identité professionnelle entre romanité et germanité : la plaque de fourneau du cordier Nicolas Pacle (1677)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Haute-Saône SALSA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 106, pp.35-46</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04083985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les armoiries de la commune nouvelle de La Baroche JU</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives héraldiques suisses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 129, pp.73-79. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5169/seals-746893⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5169/seals-746893⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04259160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mise en image du don dans les armoiries parlantes francophones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives héraldiques suisses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 127 (2), pp.142-154. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5169/seals-746846⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5169/seals-746846⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04259198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les linteaux de cheminée en Haute-Saône : fonctions emblématiques et symboliques (XVIe-XVIIIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Haute-Saône SALSA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 77, pp.2-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04085738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armoiries et emblèmes de métiers sur les façades de Fondremand (XVIe-XVIIIe siècles) : inventaire et analyse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Haute-Saône SALSA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, suppl. annuel au n° 59, pp.29-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04085740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le culte des Rois Mages à Etrabonne : entre histoire et légende (XIIe-XXIe s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mémoires de la Société d'Émulation du Doubs, Nouvelle série</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 47, pp.5-34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04552525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quatre siècles d'héraldique municipale : histoire des armoiries de la ville de Saint-Claude (XVIe-XXIe siècle)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Amis du Vieux Saint-Claude. Bulletin annuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 27, pp.15-30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04171037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Images du pouvoir, pouvoir des images : les armoiries de l’abbaye de Saint-Claude (XIVe-XVIIIe siècles)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Amis du Vieux Saint-Claude. Bulletin annuel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 26, pp.2-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04171036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sentiment d’appartenance et loyautés dynastiques dans la Franche-Comté de Louis XIV : le témoignage emblématique des plaques de cheminée et de l’Armorial général</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mémoires de la Société d'Émulation du Doubs, Nouvelle série</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 44, pp.13-71</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04552498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les allusions politiques dans les armoiries comtoises enregistrées dans l'Armorial général de 1696</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives héraldiques suisses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, 115 (2), pp.163-177. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5169/seals-745616⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04259184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1622,1297 +1643,1297 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mettre en mots une identité régionale pérenne dans un monde en mouvement : la devise de la Franche-Comté au prisme de ses usages, du XIXe siècle à nos jours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Être franc-comtois aujourd’hui : génération(s), migration (s), transmission</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Folklore Comtois; Fédération des sociétés savantes de Franche-Comté, May 2027, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les armoiries territoriales, marqueurs de l’identité européenne ? Cohésions, mutations, fractures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vernot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaires doctoraux de l'Ecole universitaire de recherche Humanités, Création, Patrimoine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EUR Humanités, Création, Patrimoine (CY Cergy Paris Université), Jan 2026, Cergy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05478127v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'héraldique comme patrimoine culturel immatériel : quelle(s) communauté(s) ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ateliers PCI de l'ethnopôle GARAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ethnopôle GARAE; Université de Toulouse - Jean Jaurès; Université de Montpellier Paul-Valéry, Jan 2026, Carcassonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approaching heraldry from the angle of particularism: some epistemological considerations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heraldry and particularism: national, cultural, and religious identities reflected by coats of arm</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institutul Român de Genealogie și Heraldică "Sever Zotta"; Université Alexandru Ioan Cuza, Iaşi (Roumanie); Complex Muzeal Național "Moldova", Iaşi (Roumanie), Aug 2025, Iaşi (Roumanie), Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La signification des armoiries : peut-on cracker le code blason ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vernot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">conférence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pôle généalogie de l'Université de Nîmes, Feb 2023, Nîmes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04084240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Émotions emblématiques ? » Les collectivités territoriales au défi de leurs identités visuelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vernot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">présentation dans le cadre du séminaire du laboratoire Héritages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 9022 Héritages : Culture/s, Patrimoine/s, Création/s (CY Cergy Paris Université - CNRS - Ministère de la Culture), Jan 2023, Charenton-le-Pont (Médiathèque du patrimoine et de la photographie), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04084235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire signe pour faire corps : initiation à l’emblématique des collectivités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Intervention dans le cadre du DSAA Design produit de l’ESDMAA (École supérieure de design et métiers d’art d’Auvergne)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ESDMAA (École supérieure de design et métiers d’art d’Auvergne), lycée Jean Monnet, Yzeure, Sep 2023, Yzeure (Allier), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04751426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...137 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magico-religious Marks and Practice in Vernacular Architecture: A French Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vernacular Architecture Group Winter conference: Trans-National Connections - Vernacular Architecture in Britain &amp; Beyond</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Vernacular Architecture Group, Jan 2023, Leicester (R.-U.), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04218556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faire un armorial au XXIe siècle : enjeux, démarche, apports - à l'occasion de la parution de l'Armorial du Jura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque romand des historien-ne-s des monuments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Lausanne, Feb 2023, Lausanne (UNIL), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04218569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cœur et ses images : histoire symbolique (et palpitante) d’un organe pas comme les autres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Université du 3e âge de l'Université de Neuchâtel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Neuchâtel, Feb 2023, Neuchâtel, Université de Neuchâtel, et Porrentruy, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04218579v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Theorizing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Hottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vernot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">direction scientifique de session, International Heritage Science Summer School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EUR Humanités, Création, Patrimoine (CY Cergy Paris Université); Campus Versailles, Jul 2022, Versailles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04084243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’écu en l’air : flânerie héraldique à Saint-Ursanne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cycle de conférences dans le cadre du 175e anniversaire de la Société jurassienne d'émulation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société jurassienne d'émulation, Jun 2022, Saint-Ursanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04293631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...81 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le pays de Montbéliard est-il devenu Comtois au XXe siècle ? Le témoignage des emblèmes (armoiries, drapeaux, logos)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cycle de conférences de la Société d'émulation de Montbéliard</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société d'émulation de Montbéliard, Nov 2022, Montbéliard, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04293629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cœur, de l’organe à l’icône : une histoire symbolique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire d'automne de l'Ecole universitaire de recherche "Humanités, créations, patrimoine"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EUR Humanités, création, patrimoine (EUR PSGS-HCH), Nov 2022, Paris &amp; Cergy-Pontoise, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04293619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre les armoiries jurassiennes : nouvelles clefs d’interprétation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Université du 3e âge de l'Université de Neuchâtel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Neuchâtel, May 2022, Bienne (CH), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04218593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comprendre les armoiries jurassiennes : nouvelles clefs d’interprétation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Université du 3e âge de l'Université de Neuchâtel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Neuchâtel, Mar 2022, Porrentruy (CH), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04218587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les armoiries – Figures et couleurs de notre identité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Visites guidées de l'exposition "Les armoiries - Figures et couleurs de notre identité"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Musée de l'Hôtel-Dieu de Porrentruy (Jura suisse), Dec 2022, Porrentruy (CH), Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04293626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La commande de symboles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Reyboz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">table ronde entre le designer et l’historien</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nicolas Vernot; Lionel Reyboz (président de l'Atelier d'art mural Osmoze), Jun 2021, Molsheim, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04084254v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2922,98 +2943,98 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Considering heraldry as intangible cultural heritage according to UNESCO criteria: a relevant approach?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heraldry and the Law / L'héraldique et le droit (XXIInd Colloquium of the International Academy of Heraldry)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Lund (Sweden), Sweden. Societas Heraldica Lundensis, pp.33-69, 2025, 978-91-531-4192-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3023,276 +3044,276 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armorial du Jura</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Pastoureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Popoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Bregnard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Société jurassienne d’émulation; Archives cantonales jurassiennes, pp.784, 2022, 978-2-940043-82-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Pastoureau</w:t>
+                <w:t xml:space="preserve">hal-04051710v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armorial des communes de l’Algérie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Fernon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">Société jurassienne d’émulation; Archives cantonales jurassiennes, pp.784, 2022, 978-2-940043-82-8</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vernot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">les Éditions d'Héligoland, 247 p., 2012, 978-2-9144874-94-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Paul Fernon</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">les Éditions d'Héligoland, 247 p., 2012, 978-2-9144874-94-6</w:t>
+                <w:t xml:space="preserve">hal-04078230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Armorial général de 1696 et son application en Franche-Comté</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vernot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">éditions Mémoires et Documents, tous droits réservés.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.312, 2003, ISBN 978-2-914611-21-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...46 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04078236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3302,825 +3323,825 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Héraldique et promotion sociale : à propos des armoiries des vignerons de Côte-d’Or sous l’Ancien Régime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Arnaud Baudin; Clément Blanc-Riehl; Laurent Macé; Caroline Simonet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">‟Je l’ay emprins”. Mélanges offerts à Jean-Luc Chassel</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.263-272, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05487376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les armoiries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Coll.]. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linteaux de Haute-Saône et autres éléments gravés ou sculptés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société d'agriculture, lettres, sciences et arts de la Haute-Saône / Société d'histoire et d'archéologie de l'arrondissement de Lure, pp.141-157, 2025, 978-28-564-2086-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cœur et ses mystères</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Coll.]. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Linteaux de Haute-Saône et autres éléments gravés ou sculptés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société d'agriculture, lettres, sciences et arts de la Haute-Saône / Société d'histoire et d'archéologie de l'arrondissement de Lure, pp.271-297, 2025, 978-28-564-2086-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les armoiries, fanaux de mondes engloutis ou agents des reconfigurations territoriales contemporaines ? Le cas du pays de Montbéliard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">François Pernot; Eric Vial. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontières fantômes, le poids du passé (actes de la journée d’études organisée par l’UMR 9022 Héritages (CY Cergy Paris Université/CNRS/Ministère de la Culture) et l’EPCC du château de La Roche-Guyon, 13 mars 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, EPCC du Château de La Roche-Guyon, pp.95-117, 2025, La bibliothèque fantôme, 978-2-36-298015-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05165300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À quel signe se vouer ? Quatre-de-chiffre, croix, tau de saint Antoine, nom-de-Jésus, Sacré-Cœur… à propos de l’usage prophylactique de quelques symboles religieux en temps de peste (XIVe-XVIIIe s.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">François Pernot; Éric Vial. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">À quel(s) saint(s) se vouer ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">les Éditions de l’Œil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.312-352, 2022, La bibliothèque fantôme, 978-2-35137-332-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">les Éditions de l’Œil</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04078223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">To Stand Out by Blazon: Heraldry, Hierarchy and Social Competition during the Early Modern Period</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Steven Thiry, Luc Duerloo. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heraldic Hierarchies: Identities, Status and State Intervention in Early Modern Heraldry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leuven University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.103-122, 2021, 9789462702431. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11116/9789461663467⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leuven University Press</w:t>
-[...30 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-03799360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réintroduction des armoiries par Napoléon : entre retour de la noblesse et mise en image d’une élite nouvelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">François Pernot; Éric Vial. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revenir… Journée d'études organisée au Château de La Roche-Guyon le 25 février 2017. Actes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">les Éditions de l’Œil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.130-221, 2019, La bibliothèque fantôme, 978-2-35137-257-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">les Éditions de l’Œil</w:t>
-[...21 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-04078256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La galerie Renaissance du château de Champlitte : un programme iconographique à la gloire des Vergy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurence Delobette et Paul Delsalle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Champlitte, place forte du comté de Bourgogne (XIIIe-XVIIe siècles)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Franche-Bourgogne, p. 187-205 et pl. XXV-XXVIII, 2016, 979-10-96159-00-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04549015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La porte, honneur de la maison, accès au foyer : approches symboliques d’un lieu de passage en Franche-Comté aux XVIe et XVIIe siècles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Laurence Delobette et Paul Delsalle. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Villages, maisons et châteaux du Moyen Âge et de la Renaissance en Franche-Comté. Comté et duché de Bourgogne, Comté de Montbéliard, Jura suisse (principauté épiscopale de Bâle)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Franche-Bourgogne, 119-127 et pl. XXVI-XXVIII, 2014, 978-2-9546172-3-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04977830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">5. La croix de Saint André, facteur d’unité entre les Pays-Bas et le comté de Bourgogne, de Maximilien aux Archiducs (1493-1633)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Franche-Comté et les anciens Pays-Bas, XIIIe-XVIIIe siècles. Tome 1 : Aspects politiques, diplomatiques, religieux et artistiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Franche-Comté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.95-128, 2010, Les Cahiers de la MSHE Ledoux, n° 15, 978-2-84867-276-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pufc.24692⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...30 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04513345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4130,267 +4151,267 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le peintre, le graveur, le sculpteur, l’expert : quatre portraits d’héraldistes français contemporains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Mayo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Boursier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Fernandes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alban Pérès</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article de blog scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Mayo</w:t>
-[...46 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+                <w:t xml:space="preserve">hal-05157106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saint Augustin et la pochette de feutres. Menues réflexions sur le processus de création emblématique et sa mise en récit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Vernot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...35 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04917407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire reconnaître la pratique héraldique comme patrimoine culturel immatériel : puissance heuristique d’une démarche par le projet portée par l’EUR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04917322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4400,424 +4421,424 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...13 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porrentruy, Bibliothèque cantonale jurassienne, A3714: Armorial de la famille Vest-Grandvillers (https://www.e-codices.unifr.ch/fr/list/one/bcj/A3714)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">e-codices – Bibliothèque virtuelle des manuscrits en Suisse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, https://www.e-codices.unifr.ch/fr/list/one/bcj/nc6. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, https://www.e-codices.unifr.ch/fr/list/one/bcj/A3714. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5076/e-codices-bcj-A3714⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5076/e-codices-bcj-nc6⟩</w:t>
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">hal-04921919v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porrentruy, Bibliothèque cantonale jurassienne, N.C.6: Armorial de l’ancien évêché de Bâle (https://www.e-codices.ch/fr/list/one/bcj/nc6)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">e-codices – Bibliothèque virtuelle des manuscrits en Suisse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, https://www.e-codices.unifr.ch/fr/list/one/bcj/A3714. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, https://www.e-codices.unifr.ch/fr/list/one/bcj/nc6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5076/e-codices-bcj-nc6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5076/e-codices-bcj-A3714⟩</w:t>
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">hal-04751578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porrentruy, Bibliothèque cantonale jurassienne, A3754: Armorial de l’ancien évêché de Bâle (https://www.e-codices.unifr.ch/fr/list/one/bcj/A3754)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">e-codices – Bibliothèque virtuelle des manuscrits en Suisse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, https://www.e-codices.unifr.ch/fr/list/one/bcj/nc11. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, https://www.e-codices.unifr.ch/fr/list/one/bcj/A3754. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5076/e-codices-bcj-A3754⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5076/e-codices-bcj-nc11⟩</w:t>
-[...48 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">hal-04921959v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Porrentruy, Bibliothèque cantonale jurassienne, N.C.11: Armorial de Porrentruy (https://www.e-codices.unifr.ch/fr/list/one/bcj/nc11)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">e-codices – Bibliothèque virtuelle des manuscrits en Suisse</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, https://www.e-codices.unifr.ch/fr/list/one/bcj/A3754. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2023, https://www.e-codices.unifr.ch/fr/list/one/bcj/nc11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5076/e-codices-bcj-nc11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5076/e-codices-bcj-A3754⟩</w:t>
-[...34 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">hal-04921855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Croix de Saint-André ou Croix de Bourgogne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Vernot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire historique de la Franche-Comté sous les Habsbourg (1493-1678), tome II : Les matières</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.100-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04751513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId101"/>
+      <w:footerReference w:type="default" r:id="rId102"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4885,51 +4906,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1A3C1E64"/>
+    <w:nsid w:val="FDAA89EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5116,51 +5137,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-vernot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000035125955" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-6313-2016" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825089v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vernot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869043v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#322;awomir G&#243;rzy&#324;ski" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512885v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc van de Cruys" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494917v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Fern&#225;ndez-Xesta y V&#225;zquez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751479v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810283v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rochat" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-919558" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259154v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-880959" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259148v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-1002396" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078248v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04083985v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259160v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-746893" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259198v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-746846" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085738v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085740v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552525v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171037v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171036v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552498v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259184v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-745616" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448976v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477772v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478127v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448953v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751426v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084240v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084235v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218556v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218569v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218579v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293631v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084243v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hottin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293629v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293619v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218593v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218587v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293626v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084254v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Reyboz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448889v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051710v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pastoureau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Popoff" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bregnard" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078230v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Fernon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078236v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.memodoc.fr/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487376v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448811v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448790v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165300v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078223v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdeloeil.com/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799360v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.crossref.org/coaccess/coaccess.html?doi=10.11116%2F9789461663467" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11116/9789461663467" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078256v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdeloeil.com/product-page/revenir" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549015v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977830v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513345v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pufc/24692" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.24692" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157106v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mayo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Boursier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fernandes" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917407v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917322v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751578v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5076/e-codices-bcj-nc6" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921919v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5076/e-codices-bcj-A3714" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921855v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5076/e-codices-bcj-nc11" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921959v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5076/e-codices-bcj-A3754" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751513v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-vernot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9871-8472" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000035125955" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/B-6313-2016" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825089v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vernot" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869043v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#322;awomir G&#243;rzy&#324;ski" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512885v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc van de Cruys" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04494917v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernesto Fern&#225;ndez-Xesta y V&#225;zquez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751479v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810283v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Rochat" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-919558" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259154v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-880959" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259148v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-1002396" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078248v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04083985v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259160v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-746893" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259198v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-746846" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085738v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04085740v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552525v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171037v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04171036v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04552498v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259184v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5169/seals-745616" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448976v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478127v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477772v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448953v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084240v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084235v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751426v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218556v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218569v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218579v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084243v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Hottin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293631v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293629v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293619v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218593v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04218587v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293626v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04084254v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Reyboz" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448889v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04051710v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Pastoureau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Popoff" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Bregnard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078230v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Fernon" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078236v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.memodoc.fr/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05487376v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448811v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448790v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05165300v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078223v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdeloeil.com/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799360v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.crossref.org/coaccess/coaccess.html?doi=10.11116%2F9789461663467" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11116/9789461663467" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078256v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdeloeil.com/product-page/revenir" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549015v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977830v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04513345v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pufc/24692" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pufc.24692" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157106v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Mayo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Boursier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fernandes" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban P&#233;r&#232;s" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917407v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917322v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921919v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5076/e-codices-bcj-A3714" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751578v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5076/e-codices-bcj-nc6" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921959v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5076/e-codices-bcj-A3754" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04921855v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5076/e-codices-bcj-nc11" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04751513v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>