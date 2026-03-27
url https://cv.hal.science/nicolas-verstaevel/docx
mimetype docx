--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -222,4323 +222,4319 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-Driven Global Sensitivity Analysis for Engineering Design Based on Individual Conditional Expectations</w:t>
+                <w:t xml:space="preserve">Global Sensitivity Analysis for Engineering Design Based on Individual Conditional Expectations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pramudita Satria Palar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rommel G. Regis</w:t>
+                <w:t xml:space="preserve">Rommel Regis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Koji Shimoyama</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shigeru Obayashi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aerospace Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2026</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2026, pp.112091. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ast.2026.112091⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05413969v2</w:t>
+                <w:t xml:space="preserve">hal-05413969v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HyPedSim: A Multi-Level Crowd-Simulation Framework—Methodology, Calibration, and Validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 24 (5: Special Issue Advances in Agents and Multiagent Systems for Sensor Applications), pp.1639. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s24051639⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04486999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A literature review of dense crowd simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Simulation Modelling Practice and Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 134, pp.102955. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.simpat.2024.102955⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04573057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving Pedestrian Dynamics Predictions Using Neighboring Factors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Collective Dynamics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 9, pp.1--8. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17815/CD.2024.178⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04637973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport Mode Detection on GPS and accelerometer data: a temporality based workflow</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Fourez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Migeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Schettini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transportation Research Procedia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 82, pp.3454-3471. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.trpro.2024.12.083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04210285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciding when to Quit the Gambler's Ruin Game with Unknown Probabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filipo Studzinski Perotto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Trabelsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Combettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Camps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy Kaddoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Approximate Reasoning</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 137, pp.16-33. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijar.2021.06.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03284848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the effects of mobility on air quality: The Liverpool Smart Pedestrian project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Barthélemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugh Forehead</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilal Arshad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Perez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transportation Research Procedia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 48, pp.2197-2206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.trpro.2020.08.276⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disaster informatics: An overview</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.I. Ogie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Disaster Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 7, pp.100111. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pdisas.2020.100111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02867456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traffic exhaust to wildfires: PM2.5 measurements with fixed and portable, low-cost LoRaWAN-connected sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugh Forehead</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Barthelemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilal Arshad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Owen Price</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 15 (4), pp.e0231778. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0231778⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02871086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Computer Vision and IoT-Based Sensors in Flood Monitoring and Mapping: A Systematic Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilal Arshad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Ogie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Barthelemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biswajeet Pradhan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19 (22), pp.5012. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s19225012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (article de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02871089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edge-Computing Video Analytics for Real-Time Traffic Monitoring in a Smart City</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johan Barthélemy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugh Forehead</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Perez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 19 (9), pp.2048. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s19092048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03108201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Principles and Experimentations of Self-Organizing Embedded Agents Allowing Learning From Demonstration in Ambient Robotics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Régis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Future Generation Computer Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, vol. 64, pp. 78-87. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.future.2016.03.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01530401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (44)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (45)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyzing Shapley Additive Explanations to Understand Anomaly Detection Algorithm Behaviors and Their Complementarity</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jordan Levy</w:t>
+                <w:t xml:space="preserve">Adaptive Agents in Spatial Double-Auction Markets: Modeling the Emergence of Industrial Symbiosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Mastio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaudou Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intelligent Data Analysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2026)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The International Foundation for Autonomous Agents and Multiagent Systems (IFAAMAS), May 2026, Paphos, Cyprus. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.65109/EXII2056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05485124v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05426172v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing the impact of crisis cell decisions during flash flood</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">From Model-Based Screening to Data-Driven Surrogates: A Multi-Stage Workflow for Exploring Stochastic Agent-Based Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Saves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Mastio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 26th International Workshop on Multi-Agent-Based Simulation (MABS 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Detroit, United States</w:t>
+              <w:t xml:space="preserve">MABS 2026 - The 27th International Workshop on Multi-Agent-Based Simulation @AAMAS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFAAMAS, May 2026, Paphos (Cyprus), Cyprus</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05025954v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Agents in Spatial Double-Auction Markets: Modeling the Emergence of Industrial Symbiosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Mastio</w:t>
+                <w:t xml:space="preserve">Analyzing Shapley Additive Explanations to Understand Anomaly Detection Algorithm Behaviors and Their Complementarity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Levy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gaudou Benoit</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moncef Garouani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Autonomous Agents and Multiagent Systems (AAMAS 2026)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The International Foundation for Autonomous Agents and Multiagent Systems (IFAAMAS), May 2026, Paphos, Cyprus</w:t>
+              <w:t xml:space="preserve">Intelligent Data Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Leiden, Apr 2026, Leiden (NL), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05426172v2</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05485124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles de Substitution pour les Modèles Basés Agents : Enjeux, Méthodes et Applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Towards Generic Scenarios for Urban Planning Interactive Multimodal Traffic Simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Dato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les 33èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Dijon, France</w:t>
+              <w:t xml:space="preserve">GAMA Days 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05035806v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04890247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Generic Scenarios for Urban Planning Interactive Multimodal Traffic Simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Bruno Dato</w:t>
+                <w:t xml:space="preserve">Modèles de Substitution pour les Modèles Basés Agents : Enjeux, Méthodes et Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Saves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Amblard</w:t>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GAMA Days 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Online, France</w:t>
+              <w:t xml:space="preserve">Les 33èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04890247v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05035806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TimeCIEL: Contextual Interactive Ensemble Learning for Time Series Classification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jordan Levy</w:t>
+                <w:t xml:space="preserve">Assessing the impact of crisis cell decisions during flash flood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Cueille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Bodini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Blanco-Volle</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+                <w:t xml:space="preserve">Delphine Grancher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Talon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pierre Nicolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Conference on Practical applications of Agents and Multi-Agent Systems (PAAMS 2025)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Lille, France</w:t>
+              <w:t xml:space="preserve">The 26th International Workshop on Multi-Agent-Based Simulation (MABS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Detroit, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05053054v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05025954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explicabilité et interprétabilité d'un système multi-agent ensembliste pour l'apprentissage supervisé</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">TimeCIEL: Contextual Interactive Ensemble Learning for Time Series Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Levy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Blanco-Volle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Talon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les 32èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Cargèse (Corse du Sud), France</w:t>
+              <w:t xml:space="preserve">23rd International Conference on Practical applications of Agents and Multi-Agent Systems (PAAMS 2025)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04739108v1</w:t>
+                <w:t xml:space="preserve">hal-05053054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Explainability and Interpretability of an Ensemble Multi-agent System for Supervised Learning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+                <w:t xml:space="preserve">Explicabilité et interprétabilité d'un système multi-agent ensembliste pour l'apprentissage supervisé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Blanco-Volle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Combettes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Povlovitsch Seixas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michel Povlovitsch Seixas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PRIMA 2024: Principles and Practice of Multi-Agent Systems</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les 32èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Cargèse (Corse du Sud), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-77367-9_26⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04816342v1</w:t>
+                <w:t xml:space="preserve">hal-04739108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Empirical Comparison of Different Pedestrian Trajectory Prediction Methods at High Densities</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Explainability and Interpretability of an Ensemble Multi-agent System for Supervised Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Blanco-Volle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Combettes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Povlovitsch Seixas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traffic and Granular Flow ’22</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-981-99-7976-9_29⟩</w:t>
+              <w:t xml:space="preserve">PRIMA 2024: Principles and Practice of Multi-Agent Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Kyoto (Japan), Japan. pp.335-350, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-77367-9_26⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04596602v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04816342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HyPedSim : Un framework pour la simulation multi-niveau de foules denses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Empirical Comparison of Different Pedestrian Trajectory Prediction Methods at High Densities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Korbmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tordeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les 32èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Traffic and Granular Flow ’22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Delhi (India), India. pp.231-238, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-99-7976-9_29⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732127v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04596602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">HyPedSim : Un framework pour la simulation multi-niveau de foules denses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JFSMA 2024 : 32èmes Journées Francophones sur les Systèmes Multi-Agents</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Cargèse, France</w:t>
+              <w:t xml:space="preserve">Les 32èmes Journées Francophones sur les Systèmes Multi-Agents (JFSMA 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Cargèse (Corse du Sud), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04674706v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A multi-level density-based crowd simulation architecture</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">HyPedSim : Un framework pour la simulation multi-niveau de foules denses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Conference on Practical Applications of Agents and multi-agents systems (PAAMS 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">JFSMA 2024 : 32èmes Journées Francophones sur les Systèmes Multi-Agents</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Cargèse, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04104250v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04674706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TTC-SLSTM: Human trajectory prediction using time-to-collision interaction energy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">A multi-level density-based crowd simulation architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">15th IEEE International Conference on Knowledge and Systems Engineering (KSE 2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">21st International Conference on Practical Applications of Agents and multi-agents systems (PAAMS 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Guimarães, Portugal. pp.64-75, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-37616-0_6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/KSE59128.2023.10299443⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04251961v1</w:t>
+                <w:t xml:space="preserve">hal-04104250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Agent modelling of Dense cRowd dynAmicS (MADRAS): Application to the Festival of Lights (Lyon)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohcine Chraibi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jakob Cordes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Oscar Dufour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Pedestrian and Evacuation Dynamics (PED2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eindhoven University of Technology, Jun 2023, Eindhoven, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04140290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une Simulation Multi-Agent Basée sur l'Affordance pour Contraindre l'Emergence</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benoît Doussin</w:t>
+                <w:t xml:space="preserve">TTC-SLSTM: Human trajectory prediction using time-to-collision interaction energy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu-Tu Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Korbmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tordeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres des Jeunes Chercheurs en Intelligence Artificielle (RJCIA 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">15th IEEE International Conference on Knowledge and Systems Engineering (KSE 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academy of Cryptography Techniques (ACT); VNU University of Engineering and Technology (VNU-UET); IEEE, Oct 2023, Hanoi, Vietnam. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/KSE59128.2023.10299443⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03725040v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251961v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Affordance-Based Multi-Agent Simulation to Constrain Emergence</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Une Simulation Multi-Agent Basée sur l'Affordance pour Contraindre l'Emergence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Doussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy Kaddoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd conference GAMA Days 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Online, France</w:t>
+              <w:t xml:space="preserve">Rencontres des Jeunes Chercheurs en Intelligence Artificielle (RJCIA 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIA : Association française pour l'intelligence artificielle, Jun 2022, Saint-Etienne, France. pp.77--83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03724857v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03725040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An ensemble Multi-Agent System for non-linear classification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibault Fourez</w:t>
+                <w:t xml:space="preserve">An Affordance-Based Multi-Agent Simulation to Constrain Emergence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Doussin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsy Kaddoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th ITS European Congress (ITS EU 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Toulouse, France. pp.1-12</w:t>
+              <w:t xml:space="preserve">2nd conference GAMA Days 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03776269v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03724857v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gampy: a fast plugin for integration of Python-based deep-learning models to the GAMA platform</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">An ensemble Multi-Agent System for non-linear classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Fourez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Migeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Schettini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd conference GAMA Days 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Online, France</w:t>
+              <w:t xml:space="preserve">14th ITS European Congress (ITS EU 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Toulouse, France. pp.1-12</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03724095v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03776269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Recherche coopérative d'optimum global</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elsy Kaddoum</w:t>
+                <w:t xml:space="preserve">Differences in pedestrian trajectory predictions for high- and low-density situations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphael Korbmacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu-Tu Dang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tordeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20èmes Rencontres des Jeunes Chercheurs en Intelligence Artificielle (RJCIA 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Saint-Etienne, France. pp.92-98</w:t>
+              <w:t xml:space="preserve">14th International Conference on Traffic and Granular Flow (TGF 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Dehli, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03765420v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03793751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differences in pedestrian trajectory predictions for high- and low-density situations</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Cooperation-based search of global optima</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vergnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsy Kaddoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">14th International Conference on Traffic and Granular Flow (TGF 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5th International Conference in Optimization and Learning (OLA 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Syracuse, Italy. pp.105-116, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-22039-5_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03793751v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03778834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperation-based search of global optima</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Elsy Kaddoum</w:t>
+                <w:t xml:space="preserve">Gampy: a fast plugin for integration of Python-based deep-learning models to the GAMA platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference in Optimization and Learning (OLA 2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2nd conference GAMA Days 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Online, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03778834v1</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03724095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A modular framework for multi-behavior and multi-scale simulation of pedestrians</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Recherche coopérative d'optimum global</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vergnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsy Kaddoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd conference GAMA Days 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Online, France</w:t>
+              <w:t xml:space="preserve">20èmes Rencontres des Jeunes Chercheurs en Intelligence Artificielle (RJCIA 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Saint-Etienne, France. pp.92-98</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03724389v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03765420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to solve a classification problem using a cooperative tiling Multi-Agent System?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thibault Fourez</w:t>
+                <w:t xml:space="preserve">A modular framework for multi-behavior and multi-scale simulation of pedestrians</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Conference on Practical Applications of Agents and Multi-Agent Systems (PAAMS 2022)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2nd conference GAMA Days 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Online, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03776374v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03724389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploration of Model Coupling Strategies in a Hybrid Agent-Based Traffic Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Erdelyi</w:t>
+                <w:t xml:space="preserve">How to solve a classification problem using a cooperative tiling Multi-Agent System?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Fourez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Migeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Frédéric Schettini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Frédéric Amblard</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd International Workshop on Multi-Agent-Based Simulation (MABS 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Londres (virtuel), United Kingdom. pp.153-167, </w:t>
+              <w:t xml:space="preserve">20th International Conference on Practical Applications of Agents and Multi-Agent Systems (PAAMS 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, L'Aquila, Italy. pp.166-178, </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-94548-0_12⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-18192-4_14⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03533146v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03776374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using synthetic data to improve performance of data-driven algorithms in high density pedestrian situations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphael Korbmacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Tordeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd conference GAMA Days 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4557,221 +4553,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03724607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward phygital agent-based interactive simulations to support urban planning</w:t>
+                <w:t xml:space="preserve">Exploration of Model Coupling Strategies in a Hybrid Agent-Based Traffic Simulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gary Perelman</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId30" w:history="1">
+                <w:t xml:space="preserve">Jean-François Erdelyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy Kaddoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop on Agent-Based Modelling of Urban Systems (ABMUS @ AAMAS 2021)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">22nd International Workshop on Multi-Agent-Based Simulation (MABS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Londres (virtuel), United Kingdom. pp.153-167, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-94548-0_12⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03226686v1</w:t>
+                <w:t xml:space="preserve">hal-03533146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auto-calibration adaptative de modèles de simulation de trafic par système multi-agent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Vergnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy Kaddoum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3èmes Rencontres Francophones Transport Mobilité (RFTM 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Marne-la-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4822,51 +4823,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Taillandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carole Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Amblard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4915,2732 +4916,2857 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03462663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating Correlations in IoT Sensors for Smart Buildings</w:t>
+                <w:t xml:space="preserve">Toward phygital agent-based interactive simulations to support urban planning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davide Guastella</w:t>
+                <w:t xml:space="preserve">Gary Perelman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Dubois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsy Kaddoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Agents and Artificial Intelligence (ICAART 2021)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">6th International Workshop on Agent-Based Modelling of Urban Systems (ABMUS @ AAMAS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, London (Virtual), United Kingdom. pp.36-40</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03228685v1</w:t>
+                <w:t xml:space="preserve">hal-03226686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Agent-Based Model for a participatory network of air quality sensors on bicycles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Coisne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Coisne</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jean-François Léon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsy Kaddoum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GAMA Days 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Frédéric Amblard; Kevin Chapuis; Alexis Drogoul; Benoit Gaudou; Dominique Longin; Nicolas Verstaevel, Jun 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03462654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traffic model adaptive self-calibration using multi-agent systems</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Evaluating Correlations in IoT Sensors for Smart Buildings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Guastella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cesare Valenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bilal Arshad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Barthélemy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st conference GAMA Days 2021</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th International Conference on Agents and Artificial Intelligence (ICAART 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Online Streaming, Netherlands. pp.224-231, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0010210502240231⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03496866v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03228685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simulating the transition of mobility toward smart and sustainable cities</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Traffic model adaptive self-calibration using multi-agent systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Vergnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Amblard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elsy Kaddoum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Workshop on Agent-Based Modelling of Urban Systems (ABMUS @ AAMAS 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, London (virtual), United Kingdom. pp.41-45</w:t>
+              <w:t xml:space="preserve">1st conference GAMA Days 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Frédéric Amblard; Kevin Chapuis; Alexis Drogoul; Benoit Gaudou; Dominique Longin; Nicolas Verstaevel, Jun 2021, Toulouse (Online), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03226687v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03496866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Bandits and Lexical Analysis for Document Retrieval in a Juridical Corpora</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Filipo Studzinski Perotto</w:t>
+                <w:t xml:space="preserve">Simulating the transition of mobility toward smart and sustainable cities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Erdelyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Benoit Gaudou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Laurent Vercouter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40th SGAI International Conference on Artificial Intelligence, AI 2020</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6th International Workshop on Agent-Based Modelling of Urban Systems (ABMUS @ AAMAS 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, London (virtual), United Kingdom. pp.41-45</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-63799-6_24⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03108194v1</w:t>
+                <w:t xml:space="preserve">hal-03226687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Self-Organized Learning Model for Anomalies Detection: Application to Elderly People</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Combining Bandits and Lexical Analysis for Document Retrieval in a Juridical Corpora</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Filipo Studzinski Perotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Georgé</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
+                <w:t xml:space="preserve">Laurent Vercouter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th IEEE International Conference on Self-Adaptive and Self-Organizing Systems (SASO 2018)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SASO.2018.00018⟩</w:t>
+              <w:t xml:space="preserve">40th SGAI International Conference on Artificial Intelligence, AI 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2020, Cambridge, United Kingdom. pp.317-330, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-63799-6_24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02191803v1</w:t>
+                <w:t xml:space="preserve">hal-03108194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Ontology Based Context-Aware Architecture for Smart Campus Applications</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">A Self-Organized Learning Model for Anomalies Detection: Application to Elderly People</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Georgé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Garzone</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Carole Bernon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Parallel &amp; Distributed Processing with Applications, Ubiquitous Computing &amp; Communications, Big Data &amp; Cloud Computing, Social Computing &amp; Networking, Sustainable Computing &amp; Communications (ISPA/IUCC/BDCloud/SocialCom/SustainCom 2018)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/BDCloud.2018.00158⟩</w:t>
+              <w:t xml:space="preserve">12th IEEE International Conference on Self-Adaptive and Self-Organizing Systems (SASO 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Trento, Italy. pp.70-79, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SASO.2018.00018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03108205v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02191803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smart is a matter of context</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Ontology Based Context-Aware Architecture for Smart Campus Applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Garzone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Monteil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Nigon</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nawal Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Barthelemy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International and Interdisciplinary Conference on Modeling and Using Context (CONTEXT 2017)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-57837-8_15⟩</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Parallel &amp; Distributed Processing with Applications, Ubiquitous Computing &amp; Communications, Big Data &amp; Cloud Computing, Social Computing &amp; Networking, Sustainable Computing &amp; Communications (ISPA/IUCC/BDCloud/SocialCom/SustainCom 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Dec 2018, Melbourne, Australia. pp.1056-1063, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/BDCloud.2018.00158⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01740025v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03108205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From Smart Campus to Smart Cities: Issues of the Smart Revolution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Smart is a matter of context</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Nigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Boes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Migeon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd Workshop on Smart and Sustainable Cities (WSSC 2017) in association with the IEEE Smart World Congress 2017</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/UIC-ATC.2017.8397400⟩</w:t>
+              <w:t xml:space="preserve">10th International and Interdisciplinary Conference on Modeling and Using Context (CONTEXT 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Paris, France. pp.189-202, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-57837-8_15⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01873804v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01740025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of eco-feedback on the behavior of campus users</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">From Smart Campus to Smart Cities: Issues of the Smart Revolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bérangère Lartigue</w:t>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Boes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd Workshop on Smart and Sustainable Cities (WSSC 2017) in association with the IEEE Smart World Congress 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2017, San Francisco, United States. pp.1-6, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/UIC-ATC.2017.8397401⟩</w:t>
+              <w:t xml:space="preserve">, Jul 2017, San Francisco Bay, United States. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/UIC-ATC.2017.8397400⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03108211v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01873804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lifelong Machine Learning with Adaptive Multi-Agent Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Boes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Nigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian d'Amico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th International Conference on Agents and Artificial Intelligence (ICAART 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Porto, Portugal. pp.275-286, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5220/0006247302750286⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01712545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Distributed User-Centered Approach For Control in Ambient Robotic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Impact of eco-feedback on the behavior of campus users</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Piché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elhadi Belghache</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Robert</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérangère Lartigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th European Congress on Embedded Real Time Software and Systems (ERTS 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2nd Workshop on Smart and Sustainable Cities (WSSC 2017) in association with the IEEE Smart World Congress 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2017, San Francisco, United States. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/UIC-ATC.2017.8397401⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01258418v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03108211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Extreme Sensitive Robotic A Context-Aware Ubiquitous Learning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">A Distributed User-Centered Approach For Control in Ambient Robotic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Régis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Agents and Artificial Intelligence (ICAART 2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th European Congress on Embedded Real Time Software and Systems (ERTS 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5220/0005282002420248⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03190209v1</w:t>
+                <w:t xml:space="preserve">hal-01258418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Principles and experimentations of self-organizing embedded agents allowing learning from demonstration in ambient robotic</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Extreme Sensitive Robotic A Context-Aware Ubiquitous Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Régis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérian Guivarch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th International Conference on Ambient Systems, Networks and Technologies (ANT 2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.procs.2015.05.056⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Agents and Artificial Intelligence (ICAART 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2015, Lisbonne, Portugal. pp.242--248, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5220/0005282002420248⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01387728v1</w:t>
+                <w:t xml:space="preserve">hal-03190209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Self-Adaptive Context Learning Pattern: Overview and Proposal</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+                <w:t xml:space="preserve">Principles and experimentations of self-organizing embedded agents allowing learning from demonstration in ambient robotic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Christine Régis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Migeon</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International and Interdisciplinary Conference on Modeling and Using Context (CONTEXT 2015)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">6th International Conference on Ambient Systems, Networks and Technologies (ANT 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, London, United Kingdom. pp.194-201, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.procs.2015.05.056⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-25591-0_7⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01342997v1</w:t>
+                <w:t xml:space="preserve">hal-01387728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">The Self-Adaptive Context Learning Pattern: Overview and Proposal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Boes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Nigon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Migeon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9th International and Interdisciplinary Conference on Modeling and Using Context (CONTEXT 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Larnaca, Cyprus. pp. 91-104, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-25591-0_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01342997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Auto-organisation d'agents embarqués pour l'apprentissage par démonstration : principes et expérimentations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Régis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Pierre Gleizes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Francophones sur les Systèmes Multi-Agents (JFSMA 2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Rennes, France. pp.159-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04079535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Proceedings of GAMA days 2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Biré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quynh Nga Phung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diep Anh Phung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GAMA days 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Online, France. 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ird-04179579v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Multi-Agent-Based Simulation XXII: 22nd International Workshop, MABS 2021, Virtual Event, May 3-7, 2021, Revised Selected Papers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Koen van Dam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Koen H. Van Dam; Nicolas Verstaevel. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Springer International Publishing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 13128, 195 p., 2022, Lecture Notes in Computer Science book series (LNCS), 978-3-030-94547-3. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-94548-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03533140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HDR (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contributions Informatiques à l’Observation, la Modélisation et la Simulation des Systèmes Urbains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Modélisation et simulation. Université Toulouse Capitole, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HDR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05379140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Empirical analysis on external factors affecting pedestrian dynamics in high-density situations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu-Tu Dang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Gaudou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Pedestrian and Evacuation Dynamics (PED 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Eindhoven, Netherlands. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04140287v1</w:t>
-              </w:r>
-[...284 lines deleted...]
-                <w:t xml:space="preserve">hal-03533140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpretable and Explainable Surrogate Modeling for Simulations: A State-of-the-Art Survey and Perspectives on Explainable AI for Decision-Making</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Surrogate Modeling and Explainable Artificial Intelligence for Complex Systems: A Workflow for Automated Simulation Exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Saves</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pramudita Satria Palar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Robani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moncef Garouani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05371637v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05321914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surrogate Modeling and Explainable Artificial Intelligence for Complex Systems: A Workflow for Automated Simulation Exploration</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interpretable and Explainable Surrogate Modeling for Simulations: A State-of-the-Art Survey and Perspectives on Explainable AI for Decision-Making</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pramudita Satria Palar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Saves</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Daffa Robani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Verstaevel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moncef Garouani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...99 lines deleted...]
-                <w:t xml:space="preserve">tel-05379140v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05371637v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId182"/>
+      <w:footerReference w:type="default" r:id="rId185"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7708,51 +7834,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6E35683D"/>
+    <w:nsid w:val="8E73D832"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7939,51 +8065,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-verstaevel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7879-6681" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/201663597" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413969v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pramudita Satria Palar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Saves" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rommel G. Regis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koji Shimoyama" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Obayashi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486999v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu-Tu Dang" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gaudou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verstaevel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24051639" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573057v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2024.102955" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637973v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17815/CD.2024.178" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210285v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Fourez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Migeon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schettini" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amblard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2024.12.083" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284848v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipo Studzinski Perotto" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Trabelsi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Combettes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camps" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsy Kaddoum" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijar.2021.06.013" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941780v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Forehead" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Arshad" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2020.08.276" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867456v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Ogie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pdisas.2020.100111" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871086v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Barthelemy" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Price" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231778" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871089v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ogie" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biswajeet Pradhan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19225012" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108201v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19092048" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530401v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine R&#233;gis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gleizes" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Robert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2016.03.023" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485124v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Levy" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Garouani" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025954v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Cueille" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Bodini" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grancher" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426172v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mastio" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaudou Benoit" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035806v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890247v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dato" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053054v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Blanco-Volle" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Talon" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739108v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Povlovitsch Seixas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816342v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77367-9_26" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596602v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Korbmacher" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tordeux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-7976-9_29" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732127v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674706v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104250v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-37616-0_6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251961v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/KSE59128.2023.10299443" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140290v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohcine Chraibi" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Cordes" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Dufour" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03725040v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Doussin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03724857v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03776269v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03724095v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765420v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vergnet" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793751v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778834v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22039-5_9" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03724389v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03776374v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18192-4_14" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533146v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Erdelyi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-94548-0_12" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03724607v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226686v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Perelman" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619052v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03462663v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Taillandier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Adam" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antoni" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Baudrit" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228685v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Guastella" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Valenti" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010210502240231" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03462654v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Coisne" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois L&#233;on" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03496866v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226687v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108194v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vercouter" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-63799-6_24" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191803v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Georg&#233;" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bernon" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SASO.2018.00018" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108205v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Garzone" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Monteil" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawal Guermouche" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BDCloud.2018.00158" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740025v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nigon" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Boes" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57837-8_15" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873804v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UIC-ATC.2017.8397400" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108211v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pich&#233;" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhadi Belghache" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Lartigue" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UIC-ATC.2017.8397401" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712545v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian d'Amico" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006247302750286" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258418v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190209v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Guivarch" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005282002420248" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387728v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2015.05.056" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342997v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25591-0_7" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079535v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140287v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04179579v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Bir&#233;" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Nga Phung" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diep Anh Phung" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533140v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen van Dam" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-94548-0" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-94548-0" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371637v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Daffa Robani" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321914v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Robani" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05379140v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/nicolas-verstaevel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7879-6681" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/201663597" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05413969v3" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pramudita Satria Palar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Saves" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rommel Regis" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koji Shimoyama" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shigeru Obayashi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ast.2026.112091" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04486999v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu-Tu Dang" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gaudou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Verstaevel" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24051639" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04573057v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpat.2024.102955" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637973v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17815/CD.2024.178" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04210285v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Fourez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Migeon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schettini" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Amblard" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2024.12.083" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284848v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipo Studzinski Perotto" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Trabelsi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Combettes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Camps" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsy Kaddoum" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijar.2021.06.013" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941780v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugh Forehead" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bilal Arshad" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Perez" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.trpro.2020.08.276" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02867456v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.I. Ogie" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pdisas.2020.100111" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871086v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Barthelemy" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Owen Price" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0231778" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02871089v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Ogie" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Biswajeet Pradhan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19225012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108201v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s19092048" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01530401v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine R&#233;gis" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Gleizes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Robert" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2016.03.023" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426172v2" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Mastio" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaudou Benoit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.65109/EXII2056" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564415v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05485124v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Levy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Garouani" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890247v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dato" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05035806v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05025954v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Cueille" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Bodini" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Grancher" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nicolle" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053054v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Blanco-Volle" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Talon" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739108v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Povlovitsch Seixas" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816342v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-77367-9_26" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04596602v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Korbmacher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tordeux" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-99-7976-9_29" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732127v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04674706v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104250v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-37616-0_6" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140290v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohcine Chraibi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jakob Cordes" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Dufour" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251961v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/KSE59128.2023.10299443" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03725040v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Doussin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03724857v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03776269v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793751v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03778834v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Vergnet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-22039-5_9" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03724095v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03765420v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03724389v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03776374v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-18192-4_14" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03724607v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533146v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Erdelyi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-94548-0_12" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03619052v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03462663v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Taillandier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Adam" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Antoni" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Baudrit" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226686v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Perelman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dubois" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03462654v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Coisne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois L&#233;on" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228685v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Guastella" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesare Valenti" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0010210502240231" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03496866v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03226687v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108194v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Vercouter" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-63799-6_24" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191803v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Georg&#233;" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Bernon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SASO.2018.00018" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108205v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Garzone" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Monteil" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawal Guermouche" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/BDCloud.2018.00158" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01740025v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nigon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Boes" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-57837-8_15" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873804v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UIC-ATC.2017.8397400" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01712545v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian d'Amico" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006247302750286" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03108211v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Pich&#233;" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhadi Belghache" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;rang&#232;re Lartigue" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/UIC-ATC.2017.8397401" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01258418v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03190209v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rian Guivarch" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0005282002420248" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01387728v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2015.05.056" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01342997v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-25591-0_7" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04079535v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04179579v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Bir&#233;" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh Nga Phung" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diep Anh Phung" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03533140v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Koen van Dam" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/10.1007/978-3-030-94548-0" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-94548-0" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05379140v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140287v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05321914v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Robani" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05371637v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Daffa Robani" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>